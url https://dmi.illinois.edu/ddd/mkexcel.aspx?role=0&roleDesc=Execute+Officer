--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b3ef9f3c6a4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d06c898430ee41cc94a2d8c4250e8d01.psmdcp" Id="R8214aa50e76f4f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4fcbb0e3b5480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/418154f3cad94e67bd755527ff9eccb0.psmdcp" Id="R11477e2bbc8443bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Execute Officer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3812" uniqueCount="3812">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3818" uniqueCount="3818">
   <x:si>
     <x:t>DEPTNAME</x:t>
   </x:si>
   <x:si>
     <x:t>NAME</x:t>
   </x:si>
   <x:si>
     <x:t>ADDRESS</x:t>
   </x:si>
   <x:si>
     <x:t>MC</x:t>
   </x:si>
   <x:si>
     <x:t>AREACODE</x:t>
   </x:si>
   <x:si>
     <x:t>PHONE</x:t>
   </x:si>
   <x:si>
     <x:t>NETID</x:t>
   </x:si>
   <x:si>
     <x:t>CIP</x:t>
   </x:si>
   <x:si>
@@ -731,51 +731,51 @@
   <x:si>
     <x:t xml:space="preserve">dshike  </x:t>
   </x:si>
   <x:si>
     <x:t>01.0901</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://ansc.illinois.edu/                                                                                                                                                                               </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KL-KL0-538</x:t>
   </x:si>
   <x:si>
     <x:t>538</x:t>
   </x:si>
   <x:si>
     <x:t>1-538</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cooperative Extension         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Matthew C. Vann        </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">111 Mumford Hall              </x:t>
+    <x:t xml:space="preserve">101 Mumford Hall              </x:t>
   </x:si>
   <x:si>
     <x:t>333-5900</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">mcvann  </x:t>
   </x:si>
   <x:si>
     <x:t>02.0102</x:t>
   </x:si>
   <x:si>
     <x:t>S</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.extension.illinois.edu/                                                                                                                                                                      </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KL-KL0-384</x:t>
   </x:si>
   <x:si>
     <x:t>384</x:t>
   </x:si>
   <x:si>
     <x:t>1-384</x:t>
   </x:si>
@@ -1244,50 +1244,71 @@
   <x:si>
     <x:t>1-260</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Gies Academic Programs        </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Amanda Brantner        </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">260 Wohlers Hall              </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">amandab </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KM-KM0-281</x:t>
   </x:si>
   <x:si>
     <x:t>281</x:t>
   </x:si>
   <x:si>
     <x:t>1-281</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Gies Access and Engagement    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Nerissa Brown          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">515 Gregory Dr                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>nerissab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KM-KM0-485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-485</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Gies Advancement              </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Rebecca Pagels         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">220 Wohlers                   </x:t>
   </x:si>
   <x:si>
     <x:t>244-9918</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">rpagels </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KM-KM0-330</x:t>
   </x:si>
   <x:si>
     <x:t>330</x:t>
   </x:si>
   <x:si>
     <x:t>1-330</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Gies Business General         </x:t>
@@ -2066,50 +2087,71 @@
   <x:si>
     <x:t>228</x:t>
   </x:si>
   <x:si>
     <x:t>333-2510</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">minhdo  </x:t>
   </x:si>
   <x:si>
     <x:t>90.3099</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://csl.illinois.edu/                                                                                                                                                                                </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KP-KP0-239</x:t>
   </x:si>
   <x:si>
     <x:t>239</x:t>
   </x:si>
   <x:si>
     <x:t>1-239</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Discovery Partners Inst UIUC  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Deba Dutta             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">200 S. Wacker Drive           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ddutta  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KP-KP0-285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-285</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Electrical &amp; Computer Eng     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Jennifer Bernhard      </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">2120 Elec &amp; Comput            </x:t>
   </x:si>
   <x:si>
     <x:t>702</x:t>
   </x:si>
   <x:si>
     <x:t>333-2300</x:t>
   </x:si>
   <x:si>
     <x:t>jbernhar</x:t>
   </x:si>
   <x:si>
     <x:t>14.1001</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://ece.illinois.edu/                                                                                                                                                                                </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KP-KP0-933</x:t>
@@ -3674,63 +3716,63 @@
   <x:si>
     <x:t>265-9870</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">loksi   </x:t>
   </x:si>
   <x:si>
     <x:t>05.0202</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.ais.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV0-577</x:t>
   </x:si>
   <x:si>
     <x:t>577</x:t>
   </x:si>
   <x:si>
     <x:t>1-577</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Anthropology                  </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Jessica R. Greenberg   </x:t>
+    <x:t xml:space="preserve">Dana Rabin             </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">109 Davenport Hall            </x:t>
   </x:si>
   <x:si>
     <x:t>148</x:t>
   </x:si>
   <x:si>
     <x:t>244-9226</x:t>
   </x:si>
   <x:si>
-    <x:t>jrgreenb</x:t>
+    <x:t xml:space="preserve">drabin  </x:t>
   </x:si>
   <x:si>
     <x:t>45.0201</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.anthro.illinois.edu/                                                                                                                                                                         </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV0-241</x:t>
   </x:si>
   <x:si>
     <x:t>241</x:t>
   </x:si>
   <x:si>
     <x:t>1-241</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Appl Technol Learning A &amp; S   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Robert Morrissey       </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">112 English Bldg              </x:t>
   </x:si>
@@ -3896,63 +3938,60 @@
   <x:si>
     <x:t>333-6118</x:t>
   </x:si>
   <x:si>
     <x:t>supriyap</x:t>
   </x:si>
   <x:si>
     <x:t>26.0401</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://mcb.illinois.edu/departments/cdb/                                                                                                                                                                </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV3-584</x:t>
   </x:si>
   <x:si>
     <x:t>584</x:t>
   </x:si>
   <x:si>
     <x:t>1-584</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Center for African Studies    </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Teresa Barnes          </x:t>
+    <x:t xml:space="preserve">Erik McDuffie          </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">125 Coble Hall                </x:t>
   </x:si>
   <x:si>
-    <x:t>485</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>265-5016</x:t>
   </x:si>
   <x:si>
-    <x:t>tbarnes2</x:t>
+    <x:t>emcduffi</x:t>
   </x:si>
   <x:si>
     <x:t>90.0501</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.afrst.illinois.edu/                                                                                                                                                                          </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV6-461</x:t>
   </x:si>
   <x:si>
     <x:t>461</x:t>
   </x:si>
   <x:si>
     <x:t>1-461</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Center for Global Studies     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Steven Witt            </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">325 Coble Hall                </x:t>
   </x:si>
@@ -4421,62 +4460,65 @@
   <x:si>
     <x:t>333-2910</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ballan  </x:t>
   </x:si>
   <x:si>
     <x:t>26.0702</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.life.illinois.edu/entomology/                                                                                                                                                                </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV2-361</x:t>
   </x:si>
   <x:si>
     <x:t>361</x:t>
   </x:si>
   <x:si>
     <x:t>1-361</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">European Union Center         </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Jessica Greenberg      </x:t>
+    <x:t xml:space="preserve">Emanuel Rota           </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">205 Coble Hall                </x:t>
   </x:si>
   <x:si>
     <x:t>429</x:t>
   </x:si>
   <x:si>
     <x:t>265-7515</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">rota    </x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">http://europe.illinois.edu/                                                                                                                                                                             </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV6-345</x:t>
   </x:si>
   <x:si>
     <x:t>345</x:t>
   </x:si>
   <x:si>
     <x:t>1-345</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Evolution Ecology Behavior    </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Becky Fuller           </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">515 Morrill Hall              </x:t>
   </x:si>
   <x:si>
     <x:t>122</x:t>
   </x:si>
   <x:si>
     <x:t>333-7801</x:t>
@@ -4679,137 +4721,137 @@
   <x:si>
     <x:t>333-1155</x:t>
   </x:si>
   <x:si>
     <x:t>burgosjr</x:t>
   </x:si>
   <x:si>
     <x:t>54.0101</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.history.illinois.edu/                                                                                                                                                                        </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV0-451</x:t>
   </x:si>
   <x:si>
     <x:t>451</x:t>
   </x:si>
   <x:si>
     <x:t>1-451</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Illinois Global Institute     </x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Jerry Davila           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">104 Coble Hall                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-1146</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jdavila </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://igi.illinois.edu                                                                                                                                                                                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV6-522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-522</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Int&amp;#39;l Forum for US Studies    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jane Desmond           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">340 Armory Building           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-4203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>desmondj</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.ifuss.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-302</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">LAS General Expen             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Latin American &amp; Carib Studies</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Gisela Sin             </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">104 Coble Hall                </x:t>
-[...5 lines deleted...]
-    <x:t>244-1146</x:t>
+    <x:t xml:space="preserve">223 Coble Hall                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-7333</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">gsin    </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">http://igi.illinois.edu                                                                                                                                                                                 </x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">http://www.clacs.illinois.edu/                                                                                                                                                                          </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV6-729</x:t>
   </x:si>
   <x:si>
     <x:t>729</x:t>
   </x:si>
   <x:si>
     <x:t>1-729</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Latina/Latino Studies         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Gilberto Rosas         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1207 W Oregon St              </x:t>
   </x:si>
   <x:si>
     <x:t>136</x:t>
   </x:si>
   <x:si>
     <x:t>265-0370</x:t>
@@ -5039,63 +5081,63 @@
   <x:si>
     <x:t>333-4971</x:t>
   </x:si>
   <x:si>
     <x:t>mgillett</x:t>
   </x:si>
   <x:si>
     <x:t>26.1501</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://neuroscience.illinois.edu/                                                                                                                                                                       </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV0-968</x:t>
   </x:si>
   <x:si>
     <x:t>968</x:t>
   </x:si>
   <x:si>
     <x:t>1-968</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Philosophy                    </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Rob Kar                </x:t>
+    <x:t xml:space="preserve">Luvell Anderson        </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">200 Gregory Hall              </x:t>
   </x:si>
   <x:si>
     <x:t>468</x:t>
   </x:si>
   <x:si>
     <x:t>333-2889</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">rkr     </x:t>
+    <x:t xml:space="preserve">vell11  </x:t>
   </x:si>
   <x:si>
     <x:t>38.0101</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.philosophy.illinois.edu/                                                                                                                                                                     </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV0-715</x:t>
   </x:si>
   <x:si>
     <x:t>715</x:t>
   </x:si>
   <x:si>
     <x:t>1-715</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Plant Biology                 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Katy D. Heath          </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">265 Morrill Hall              </x:t>
   </x:si>
@@ -5690,57 +5732,57 @@
   <x:si>
     <x:t xml:space="preserve">Ryan Shosted           </x:t>
   </x:si>
   <x:si>
     <x:t>244-7455</x:t>
   </x:si>
   <x:si>
     <x:t>rshosted</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.translation.illinois.edu                                                                                                                                                                     </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV4-787</x:t>
   </x:si>
   <x:si>
     <x:t>787</x:t>
   </x:si>
   <x:si>
     <x:t>1-787</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Unit For Criticism            </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Shelley Weinberg       </x:t>
+    <x:t xml:space="preserve">Dede Ruggles           </x:t>
   </x:si>
   <x:si>
     <x:t>333-2581</x:t>
   </x:si>
   <x:si>
-    <x:t>weinberg</x:t>
+    <x:t xml:space="preserve">drf1    </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://criticism.english.illinois.edu/                                                                                                                                                                  </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KV-KV0-925</x:t>
   </x:si>
   <x:si>
     <x:t>925</x:t>
   </x:si>
   <x:si>
     <x:t>1-925</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Div Exploratory Studies Admin </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kristi Kuntz           </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">IUB 520                       </x:t>
   </x:si>
   <x:si>
     <x:t>317</x:t>
   </x:si>
@@ -5981,62 +6023,50 @@
   <x:si>
     <x:t>052</x:t>
   </x:si>
   <x:si>
     <x:t>333-2461</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">kgraber </x:t>
   </x:si>
   <x:si>
     <x:t>31.0505</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.kch.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KY-KY0-581</x:t>
   </x:si>
   <x:si>
     <x:t>581</x:t>
   </x:si>
   <x:si>
     <x:t>1-581</x:t>
   </x:si>
   <x:si>
-    <x:t>Health and Wellness Initiative</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Interdisciplinary Health Sci  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">258 Freer Hall                </x:t>
   </x:si>
   <x:si>
     <x:t>244-0823</x:t>
   </x:si>
   <x:si>
     <x:t>51.0000</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://ihealth.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KY-KY0-294</x:t>
   </x:si>
   <x:si>
     <x:t>294</x:t>
   </x:si>
   <x:si>
     <x:t>1-294</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Recreation, Sport and Tourism </x:t>
@@ -6221,51 +6251,54 @@
   <x:si>
     <x:t>333-2506</x:t>
   </x:si>
   <x:si>
     <x:t>urudolph</x:t>
   </x:si>
   <x:si>
     <x:t>26.0102</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://vetmed.illinois.edu/college-organization/comparative-biosciences/                                                                                                                                </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LC-LC0-873</x:t>
   </x:si>
   <x:si>
     <x:t>873</x:t>
   </x:si>
   <x:si>
     <x:t>1-873</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Medical District Vet Clinic   </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">6                   </x:t>
+    <x:t xml:space="preserve">Drew Sullivan          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>dsullivn</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://vetmed.illinois.edu/chicago/                                                                                                                                                                     </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LC-LC0-692</x:t>
   </x:si>
   <x:si>
     <x:t>692</x:t>
   </x:si>
   <x:si>
     <x:t>1-692</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Pathobiology                  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Raymond Robert Rowland </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">2522 VMBSB                    </x:t>
   </x:si>
   <x:si>
     <x:t>333-2449</x:t>
   </x:si>
@@ -6317,104 +6350,98 @@
   <x:si>
     <x:t>1-598</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Vet Med College-Wide Programs </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LC-LC0-249</x:t>
   </x:si>
   <x:si>
     <x:t>1-249</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Vet Medicine General Expen    </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LC-LC0-463</x:t>
   </x:si>
   <x:si>
     <x:t>1-463</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Veterinary Diagnostic Lab     </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Wes Baumgartner        </x:t>
+    <x:t xml:space="preserve">James Lowe             </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1224 VMBSB                    </x:t>
   </x:si>
   <x:si>
     <x:t>333-1620</x:t>
   </x:si>
   <x:si>
-    <x:t>baumgart</x:t>
+    <x:t xml:space="preserve">jlowe   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://vetmed.illinois.edu/vdl/                                                                                                                                                                         </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LC-LC0-726</x:t>
   </x:si>
   <x:si>
     <x:t>726</x:t>
   </x:si>
   <x:si>
     <x:t>1-726</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Veterinary Prog in Agr        </x:t>
   </x:si>
   <x:si>
     <x:t>01.0801</x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LC-LC0-888</x:t>
   </x:si>
   <x:si>
     <x:t>888</x:t>
   </x:si>
   <x:si>
     <x:t>1-888</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Veterinary Teaching Hospital  </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Drew Sullivan          </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">240c SAC                      </x:t>
   </x:si>
   <x:si>
     <x:t>265-6554</x:t>
   </x:si>
   <x:si>
-    <x:t>dsullivn</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">http://vetmed.illinois.edu/vth/                                                                                                                                                                         </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LC-LC0-255</x:t>
   </x:si>
   <x:si>
     <x:t>1-255</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Armed Forces Coordinator      </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">James Brennan          </x:t>
   </x:si>
   <x:si>
     <x:t>244-2594</x:t>
   </x:si>
   <x:si>
     <x:t>jbrennan</x:t>
   </x:si>
   <x:si>
     <x:t>28.9999</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Military Ed Council </x:t>
@@ -6770,86 +6797,83 @@
   <x:si>
     <x:t xml:space="preserve">I-STEM Education Initiative   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">704 S. Sixth                  </x:t>
   </x:si>
   <x:si>
     <x:t>308</x:t>
   </x:si>
   <x:si>
     <x:t>333-9625</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://istem.illinois.edu/                                                                                                                                                                              </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LN-LN0-711</x:t>
   </x:si>
   <x:si>
     <x:t>711</x:t>
   </x:si>
   <x:si>
     <x:t>1-711</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Illinois Online Marketing     </x:t>
+    <x:t xml:space="preserve">Publications and Promotion    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Arathi Kylasam         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kylasam </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LN-LN0-627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-627</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Undergrad Education Reserves  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">505 E. Armory                 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Bellini </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1B1-LN-LN0-882</x:t>
   </x:si>
   <x:si>
     <x:t>882</x:t>
   </x:si>
   <x:si>
     <x:t>1-882</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Publications and Promotion    </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Information Sciences          </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Emily Knox             </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">501 E. Daniel Street          </x:t>
   </x:si>
   <x:si>
     <x:t>493</x:t>
   </x:si>
   <x:si>
     <x:t>333-3280</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">knox    </x:t>
   </x:si>
   <x:si>
     <x:t>25.0101</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://ischool.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LP-LP0-992</x:t>
@@ -6893,60 +6917,60 @@
   <x:si>
     <x:t xml:space="preserve">614 E. Daniel St. 4th Floor   </x:t>
   </x:si>
   <x:si>
     <x:t>387</x:t>
   </x:si>
   <x:si>
     <x:t>333-4930</x:t>
   </x:si>
   <x:si>
     <x:t>90.1104</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://informatics.illinois.edu/                                                                                                                                                                       </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LP-LP0-468</x:t>
   </x:si>
   <x:si>
     <x:t>1-468</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Illinois International        </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Reitumetse O. Mabokela </x:t>
+    <x:t xml:space="preserve">Colleen Murphy         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">International Studies Bldg    </x:t>
   </x:si>
   <x:si>
     <x:t>333-6104</x:t>
   </x:si>
   <x:si>
-    <x:t>mabokela</x:t>
+    <x:t>colleenm</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://international.illinois.edu/                                                                                                                                                                      </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LQ-LQ0-631</x:t>
   </x:si>
   <x:si>
     <x:t>LQ</x:t>
   </x:si>
   <x:si>
     <x:t>631</x:t>
   </x:si>
   <x:si>
     <x:t>1-631</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Illinois International Prgms  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Global Education &amp; Training   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Matt Rosenstein        </x:t>
   </x:si>
@@ -7202,51 +7226,51 @@
   <x:si>
     <x:t xml:space="preserve">r-healy </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LT-LT0-859</x:t>
   </x:si>
   <x:si>
     <x:t>859</x:t>
   </x:si>
   <x:si>
     <x:t>1-859</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Department of Oncology        </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Sinisa Stanic          </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">506 S. Mathews                </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">sinisa  </x:t>
   </x:si>
   <x:si>
-    <x:t>1B1-LT-LT0-760</x:t>
+    <x:t>1B1-LT-LT0-960</x:t>
   </x:si>
   <x:si>
     <x:t>960</x:t>
   </x:si>
   <x:si>
     <x:t>1-960</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Dept of Cardio Med and Surg   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Issam Moussa           </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">imoussa </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LT-LT0-946</x:t>
   </x:si>
   <x:si>
     <x:t>946</x:t>
   </x:si>
   <x:si>
     <x:t>1-946</x:t>
   </x:si>
@@ -9074,60 +9098,60 @@
   <x:si>
     <x:t xml:space="preserve">130 Student Services          </x:t>
   </x:si>
   <x:si>
     <x:t>333-0054</x:t>
   </x:si>
   <x:si>
     <x:t>kalexand</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.omsa.illinois.edu/                                                                                                                                                                           </x:t>
   </x:si>
   <x:si>
     <x:t>1E1-NJ-NJ0-743</x:t>
   </x:si>
   <x:si>
     <x:t>743</x:t>
   </x:si>
   <x:si>
     <x:t>1-743</x:t>
   </x:si>
   <x:si>
     <x:t>SmartHealthyCommunity(Rokwire)</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Paul Redman            </x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve">333 Grainger Engr Library     </x:t>
+    <x:t xml:space="preserve">William C. Sullivan    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">221 IGPA                      </x:t>
   </x:si>
   <x:si>
     <x:t>274</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">predman </x:t>
+    <x:t>wcsulliv</x:t>
   </x:si>
   <x:si>
     <x:t>1E1-NJ-NJ0-329</x:t>
   </x:si>
   <x:si>
     <x:t>329</x:t>
   </x:si>
   <x:si>
     <x:t>1-329</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Stdt Affairs Human Resources  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">LaSonya Holley         </x:t>
   </x:si>
   <x:si>
     <x:t>120 Swanlund Administration Bu</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">sonyah2 </x:t>
   </x:si>
   <x:si>
     <x:t>1E1-NJ-NJ0-442</x:t>
   </x:si>
@@ -10425,59 +10449,53 @@
   <x:si>
     <x:t>265-5440</x:t>
   </x:si>
   <x:si>
     <x:t>jaywalsh</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://vpedi.uillinois.edu/                                                                                                                                                                             </x:t>
   </x:si>
   <x:si>
     <x:t>9C1-AJ-AJ0-757</x:t>
   </x:si>
   <x:si>
     <x:t>AJ</x:t>
   </x:si>
   <x:si>
     <x:t>757</x:t>
   </x:si>
   <x:si>
     <x:t>9-757</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Discovery Partners Institute  </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Deba Dutta             </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">305 Henry Administration      </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">ddutta  </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">https://innovation.uillinois.edu/                                                                                                                                                                       </x:t>
   </x:si>
   <x:si>
     <x:t>9C1-AJ-AJ1-213</x:t>
   </x:si>
   <x:si>
     <x:t>213</x:t>
   </x:si>
   <x:si>
     <x:t>9-213</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">DPI Applied Rsrch and Dev     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Venkatakrishnan        </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">venkat  </x:t>
   </x:si>
   <x:si>
     <x:t>9C1-AJ-AJ1-634</x:t>
   </x:si>
   <x:si>
     <x:t>634</x:t>
@@ -11073,51 +11091,51 @@
   <x:si>
     <x:t xml:space="preserve">James H. Moore         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">203 Harker Hall               </x:t>
   </x:si>
   <x:si>
     <x:t>386</x:t>
   </x:si>
   <x:si>
     <x:t>244-3673</x:t>
   </x:si>
   <x:si>
     <x:t>jimmoore</x:t>
   </x:si>
   <x:si>
     <x:t>9E1-AM-AM0-813</x:t>
   </x:si>
   <x:si>
     <x:t>AM</x:t>
   </x:si>
   <x:si>
     <x:t>9-813</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">UIF and UIAA                  </x:t>
+    <x:t xml:space="preserve">University of Il Foundation   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">VP Chief Financial Officer    </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Paul Ellinger          </x:t>
   </x:si>
   <x:si>
     <x:t>333-1560</x:t>
   </x:si>
   <x:si>
     <x:t>pellinge</x:t>
   </x:si>
   <x:si>
     <x:t>9E1-AP-AP0-666</x:t>
   </x:si>
   <x:si>
     <x:t>AP</x:t>
   </x:si>
   <x:si>
     <x:t>666</x:t>
   </x:si>
   <x:si>
     <x:t>9-666</x:t>
   </x:si>
@@ -11519,52 +11537,52 @@
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:S455" totalsRowShown="0">
-  <x:autoFilter ref="A1:S455"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:S456" totalsRowShown="0">
+  <x:autoFilter ref="A1:S456"/>
   <x:tableColumns count="19">
     <x:tableColumn id="1" name="DEPTNAME"/>
     <x:tableColumn id="2" name="NAME"/>
     <x:tableColumn id="3" name="ADDRESS"/>
     <x:tableColumn id="4" name="MC"/>
     <x:tableColumn id="5" name="AREACODE"/>
     <x:tableColumn id="6" name="PHONE"/>
     <x:tableColumn id="7" name="NETID"/>
     <x:tableColumn id="8" name="CIP"/>
     <x:tableColumn id="9" name="COMMENTS"/>
     <x:tableColumn id="10" name="DEPTTYPE"/>
     <x:tableColumn id="11" name="URL"/>
     <x:tableColumn id="12" name="ORG"/>
     <x:tableColumn id="13" name="CAMPUS"/>
     <x:tableColumn id="14" name="adminrollup"/>
     <x:tableColumn id="15" name="COLLEGE"/>
     <x:tableColumn id="16" name="DEPT"/>
     <x:tableColumn id="17" name="c_dept"/>
     <x:tableColumn id="18" name="collname"/>
     <x:tableColumn id="19" name="Dean"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -11837,51 +11855,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S455"/>
+  <x:dimension ref="A1:S456"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="33.270625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.840625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.550625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.700625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.700625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="9.550625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="15.130625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="11.550625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="125.84062499999999" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="17.840625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="10.550625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="13.840625000000001" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="10.550625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="7.4106250000000005" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="8.980625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="28.700625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="7.550625" style="0" customWidth="1"/>
   </x:cols>
@@ -12979,66 +12997,66 @@
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O20" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P20" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R20" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S20" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:19">
       <x:c r="A21" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s"/>
       <x:c r="J21" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>210</x:v>
@@ -14170,22672 +14188,22705 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q41" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:19">
       <x:c r="A42" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>307</x:v>
-[...4 lines deleted...]
-      <x:c r="F42" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E42" s="0" t="s"/>
+      <x:c r="F42" s="0" t="s"/>
+      <x:c r="G42" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="G42" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="H42" s="0" t="s"/>
       <x:c r="I42" s="0" t="s"/>
       <x:c r="J42" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s"/>
       <x:c r="L42" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P42" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="Q42" s="0" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
       <x:c r="R42" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S42" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:19">
       <x:c r="A43" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="B43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s"/>
       <x:c r="J43" s="0" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K43" s="0" t="s"/>
       <x:c r="L43" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q43" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:19">
       <x:c r="A44" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>329</x:v>
-[...2 lines deleted...]
-      <x:c r="F44" s="0" t="s"/>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E44" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F44" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s"/>
       <x:c r="J44" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K44" s="0" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K44" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
       <x:c r="L44" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P44" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q44" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R44" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S44" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:19">
       <x:c r="A45" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="C45" s="0" t="s"/>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s">
+        <x:v>387</x:v>
+      </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s"/>
       <x:c r="F45" s="0" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>331</x:v>
-[...1 lines deleted...]
-      <x:c r="H45" s="0" t="s"/>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
       <x:c r="I45" s="0" t="s"/>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s"/>
       <x:c r="L45" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q45" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:19">
       <x:c r="A46" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C46" s="0" t="s"/>
       <x:c r="D46" s="0" t="s">
-        <x:v>307</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E46" s="0" t="s"/>
+      <x:c r="F46" s="0" t="s"/>
       <x:c r="G46" s="0" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H46" s="0" t="s"/>
       <x:c r="I46" s="0" t="s"/>
       <x:c r="J46" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K46" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K46" s="0" t="s"/>
       <x:c r="L46" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P46" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q46" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R46" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S46" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:19">
       <x:c r="A47" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="B47" s="0" t="s">
+      <x:c r="D47" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E47" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F47" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C47" s="0" t="s">
+      <x:c r="G47" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D47" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="H47" s="0" t="s"/>
+      <x:c r="H47" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
       <x:c r="I47" s="0" t="s"/>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q47" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:19">
       <x:c r="A48" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="B48" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C48" s="0" t="s">
+      <x:c r="D48" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D48" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F48" s="0" t="s"/>
       <x:c r="G48" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s"/>
       <x:c r="I48" s="0" t="s"/>
       <x:c r="J48" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K48" s="0" t="s"/>
+      <x:c r="K48" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
       <x:c r="L48" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="M48" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O48" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P48" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q48" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R48" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S48" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:19">
       <x:c r="A49" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>329</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s"/>
+      <x:c r="F49" s="0" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s"/>
       <x:c r="I49" s="0" t="s"/>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K49" s="0" t="s"/>
       <x:c r="L49" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q49" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:19">
       <x:c r="A50" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E50" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F50" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="D50" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F50" s="0" t="s"/>
       <x:c r="G50" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s"/>
       <x:c r="I50" s="0" t="s"/>
       <x:c r="J50" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K50" s="0" t="s"/>
+      <x:c r="K50" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
       <x:c r="L50" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="M50" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O50" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P50" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q50" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R50" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S50" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:19">
       <x:c r="A51" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="E51" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F51" s="0" t="s">
+      <x:c r="E51" s="0" t="s"/>
+      <x:c r="F51" s="0" t="s"/>
+      <x:c r="G51" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="G51" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="H51" s="0" t="s"/>
       <x:c r="I51" s="0" t="s"/>
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K51" s="0" t="s"/>
       <x:c r="L51" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q51" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:19">
       <x:c r="A52" s="0" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C52" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="B52" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s"/>
       <x:c r="J52" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="L52" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="M52" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O52" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P52" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q52" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R52" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S52" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:19">
       <x:c r="A53" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>307</x:v>
-[...2 lines deleted...]
-      <x:c r="F53" s="0" t="s"/>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E53" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F53" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>484</x:v>
-[...1 lines deleted...]
-      <x:c r="H53" s="0" t="s"/>
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
       <x:c r="I53" s="0" t="s"/>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K53" s="0" t="s"/>
+      <x:c r="K53" s="0" t="s">
+        <x:v>484</x:v>
+      </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q53" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:19">
       <x:c r="A54" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="E54" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F54" s="0" t="s">
+      <x:c r="E54" s="0" t="s"/>
+      <x:c r="F54" s="0" t="s"/>
+      <x:c r="G54" s="0" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>492</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s"/>
       <x:c r="I54" s="0" t="s"/>
       <x:c r="J54" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K54" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K54" s="0" t="s"/>
       <x:c r="L54" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="M54" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O54" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P54" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q54" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R54" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S54" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:19">
       <x:c r="A55" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C55" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="B55" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C55" s="0" t="s">
+      <x:c r="D55" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E55" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F55" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="D55" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F55" s="0" t="s">
+      <x:c r="G55" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="G55" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="H55" s="0" t="s"/>
       <x:c r="I55" s="0" t="s"/>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q55" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:19">
       <x:c r="A56" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C56" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="C56" s="0" t="s">
+      <x:c r="D56" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E56" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F56" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D56" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>508</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="0" t="s"/>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H56" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
       <x:c r="I56" s="0" t="s"/>
       <x:c r="J56" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K56" s="0" t="s"/>
+      <x:c r="K56" s="0" t="s">
+        <x:v>507</x:v>
+      </x:c>
       <x:c r="L56" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="M56" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O56" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P56" s="0" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="Q56" s="0" t="s">
         <x:v>510</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>511</x:v>
       </x:c>
       <x:c r="R56" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S56" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:19">
       <x:c r="A57" s="0" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="B57" s="0" t="s">
+      <x:c r="C57" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="C57" s="0" t="s">
+      <x:c r="D57" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E57" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F57" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="D57" s="0" t="s">
+      <x:c r="G57" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="E57" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="H57" s="0" t="s"/>
       <x:c r="I57" s="0" t="s"/>
       <x:c r="J57" s="0" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K57" s="0" t="s"/>
       <x:c r="L57" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q57" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S57" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:19">
       <x:c r="A58" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="C58" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="D58" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E58" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F58" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="G58" s="0" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="H58" s="0" t="s">
         <x:v>525</x:v>
-      </x:c>
-[...17 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s"/>
       <x:c r="J58" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="M58" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O58" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P58" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q58" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="R58" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S58" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:19">
       <x:c r="A59" s="0" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="C59" s="0" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="D59" s="0" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F59" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="B59" s="0" t="s">
+      <x:c r="G59" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="C59" s="0" t="s">
+      <x:c r="H59" s="0" t="s">
         <x:v>537</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>541</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s"/>
       <x:c r="J59" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q59" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:19">
       <x:c r="A60" s="0" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="C60" s="0" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="D60" s="0" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="E60" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F60" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="B60" s="0" t="s">
+      <x:c r="G60" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="C60" s="0" t="s">
+      <x:c r="H60" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="D60" s="0" t="s">
-[...9 lines deleted...]
-      <x:c r="H60" s="0" t="s"/>
       <x:c r="I60" s="0" t="s"/>
       <x:c r="J60" s="0" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="K60" s="0" t="s"/>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K60" s="0" t="s">
+        <x:v>549</x:v>
+      </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P60" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q60" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R60" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S60" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:19">
       <x:c r="A61" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>515</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E61" s="0" t="s"/>
       <x:c r="F61" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="G61" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="G61" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="H61" s="0" t="s"/>
       <x:c r="I61" s="0" t="s"/>
       <x:c r="J61" s="0" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="K61" s="0" t="s"/>
       <x:c r="L61" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q61" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:19">
       <x:c r="A62" s="0" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C62" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D62" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E62" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F62" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="B62" s="0" t="s">
+      <x:c r="G62" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="C62" s="0" t="s">
+      <x:c r="H62" s="0" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>568</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s"/>
       <x:c r="J62" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="M62" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O62" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P62" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="Q62" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="R62" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S62" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:19">
       <x:c r="A63" s="0" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C63" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E63" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F63" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="B63" s="0" t="s">
+      <x:c r="G63" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="C63" s="0" t="s">
+      <x:c r="H63" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="D63" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F63" s="0" t="s">
+      <x:c r="I63" s="0" t="s"/>
+      <x:c r="J63" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K63" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="G63" s="0" t="s">
+      <x:c r="L63" s="0" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>580</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q63" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:19">
       <x:c r="A64" s="0" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="C64" s="0" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E64" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F64" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="B64" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
-        <x:v>518</x:v>
-[...1 lines deleted...]
-      <x:c r="I64" s="0" t="s"/>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="I64" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J64" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P64" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q64" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R64" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S64" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:19">
       <x:c r="A65" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s"/>
       <x:c r="J65" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q65" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:19">
       <x:c r="A66" s="0" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C66" s="0" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="D66" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E66" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F66" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="B66" s="0" t="s">
+      <x:c r="G66" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="C66" s="0" t="s">
+      <x:c r="H66" s="0" t="s">
         <x:v>599</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s"/>
       <x:c r="J66" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="M66" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O66" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P66" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q66" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="R66" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S66" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:19">
       <x:c r="A67" s="0" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C67" s="0" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="D67" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E67" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="B67" s="0" t="s">
+      <x:c r="G67" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="C67" s="0" t="s">
+      <x:c r="H67" s="0" t="s">
         <x:v>609</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>613</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s"/>
       <x:c r="J67" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="Q67" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S67" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:19">
       <x:c r="A68" s="0" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C68" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E68" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F68" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G68" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="H68" s="0" t="s">
         <x:v>620</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>626</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s"/>
       <x:c r="J68" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="M68" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O68" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P68" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q68" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="R68" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S68" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:19">
       <x:c r="A69" s="0" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C69" s="0" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="E69" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F69" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="B69" s="0" t="s">
+      <x:c r="G69" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="C69" s="0" t="s">
+      <x:c r="H69" s="0" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>613</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s"/>
       <x:c r="J69" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="Q69" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:19">
       <x:c r="A70" s="0" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="B70" s="0" t="s">
+      <x:c r="E70" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F70" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="C70" s="0" t="s">
+      <x:c r="G70" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="D70" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H70" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s"/>
       <x:c r="J70" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="L70" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="M70" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O70" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P70" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="Q70" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="R70" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S70" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:19">
       <x:c r="A71" s="0" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="E71" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F71" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="B71" s="0" t="s">
+      <x:c r="G71" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="C71" s="0" t="s">
+      <x:c r="H71" s="0" t="s">
         <x:v>654</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>658</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s"/>
       <x:c r="J71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="Q71" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:19">
       <x:c r="A72" s="0" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="C72" s="0" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="E72" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F72" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="B72" s="0" t="s">
+      <x:c r="G72" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="C72" s="0" t="s">
+      <x:c r="H72" s="0" t="s">
         <x:v>665</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>669</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s"/>
       <x:c r="J72" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="L72" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="M72" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O72" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P72" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="Q72" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="R72" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S72" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:19">
       <x:c r="A73" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="C73" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E73" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F73" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="B73" s="0" t="s">
+      <x:c r="G73" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="C73" s="0" t="s">
+      <x:c r="H73" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="D73" s="0" t="s">
+      <x:c r="I73" s="0" t="s"/>
+      <x:c r="J73" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="E73" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F73" s="0" t="s">
+      <x:c r="L73" s="0" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>682</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q73" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:19">
       <x:c r="A74" s="0" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="C74" s="0" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="E74" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F74" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="B74" s="0" t="s">
+      <x:c r="G74" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="C74" s="0" t="s">
+      <x:c r="H74" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="D74" s="0" t="s">
+      <x:c r="I74" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K74" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="E74" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F74" s="0" t="s">
+      <x:c r="L74" s="0" t="s">
         <x:v>689</x:v>
-      </x:c>
-[...14 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
       <x:c r="M74" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O74" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P74" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q74" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R74" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S74" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:19">
       <x:c r="A75" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>697</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s"/>
+      <x:c r="E75" s="0" t="s"/>
+      <x:c r="F75" s="0" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>612</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s"/>
       <x:c r="I75" s="0" t="s"/>
       <x:c r="J75" s="0" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K75" s="0" t="s"/>
       <x:c r="L75" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="Q75" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:19">
       <x:c r="A76" s="0" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="C76" s="0" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="E76" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F76" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="B76" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s"/>
       <x:c r="J76" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="L76" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="M76" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O76" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P76" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="Q76" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R76" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S76" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:19">
       <x:c r="A77" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s"/>
       <x:c r="J77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="Q77" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:19">
       <x:c r="A78" s="0" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C78" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E78" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F78" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="B78" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
-        <x:v>613</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="I78" s="0" t="s"/>
       <x:c r="J78" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="L78" s="0" t="s">
         <x:v>718</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>719</x:v>
       </x:c>
       <x:c r="M78" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O78" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P78" s="0" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="Q78" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="Q78" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R78" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S78" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:19">
       <x:c r="A79" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s"/>
       <x:c r="J79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="Q79" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:19">
       <x:c r="A80" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="C80" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="B80" s="0" t="s">
+      <x:c r="D80" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="C80" s="0" t="s">
+      <x:c r="E80" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F80" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="D80" s="0" t="s">
+      <x:c r="G80" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="E80" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F80" s="0" t="s">
+      <x:c r="H80" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="I80" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J80" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K80" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="G80" s="0" t="s">
+      <x:c r="L80" s="0" t="s">
         <x:v>733</x:v>
-      </x:c>
-[...11 lines deleted...]
-        <x:v>735</x:v>
       </x:c>
       <x:c r="M80" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O80" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P80" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q80" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="R80" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S80" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:19">
       <x:c r="A81" s="0" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="C81" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E81" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="G81" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="B81" s="0" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s"/>
       <x:c r="J81" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="Q81" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:19">
       <x:c r="A82" s="0" t="s">
-        <x:v>748</x:v>
-[...1 lines deleted...]
-      <x:c r="B82" s="0" t="s"/>
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>743</x:v>
+      </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>750</x:v>
-[...2 lines deleted...]
-      <x:c r="H82" s="0" t="s"/>
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="G82" s="0" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="H82" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
       <x:c r="I82" s="0" t="s"/>
       <x:c r="J82" s="0" t="s">
-        <x:v>751</x:v>
-[...1 lines deleted...]
-      <x:c r="K82" s="0" t="s"/>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K82" s="0" t="s">
+        <x:v>748</x:v>
+      </x:c>
       <x:c r="L82" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P82" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q82" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="R82" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S82" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:19">
       <x:c r="A83" s="0" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="C83" s="0" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="E83" s="0" t="s"/>
+      <x:c r="F83" s="0" t="s"/>
+      <x:c r="G83" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="B83" s="0" t="s">
+      <x:c r="H83" s="0" t="s">
         <x:v>756</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>761</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s"/>
       <x:c r="J83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q83" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:19">
       <x:c r="A84" s="0" t="s">
-        <x:v>766</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s"/>
       <x:c r="C84" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>769</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="G84" s="0" t="s"/>
+      <x:c r="H84" s="0" t="s"/>
       <x:c r="I84" s="0" t="s"/>
       <x:c r="J84" s="0" t="s">
-        <x:v>341</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="K84" s="0" t="s"/>
       <x:c r="L84" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P84" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="Q84" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="R84" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S84" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:19">
       <x:c r="A85" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s"/>
       <x:c r="J85" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="Q85" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:19">
       <x:c r="A86" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s"/>
       <x:c r="J86" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="M86" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O86" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P86" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="Q86" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="R86" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S86" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:19">
       <x:c r="A87" s="0" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="E87" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F87" s="0" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="G87" s="0" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="I87" s="0" t="s"/>
+      <x:c r="J87" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K87" s="0" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="L87" s="0" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>805</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="Q87" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:19">
       <x:c r="A88" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s"/>
       <x:c r="J88" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P88" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q88" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="R88" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S88" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:19">
       <x:c r="A89" s="0" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="E89" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="G89" s="0" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="I89" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J89" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K89" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="B89" s="0" t="s">
+      <x:c r="L89" s="0" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...26 lines deleted...]
-        <x:v>826</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q89" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:19">
       <x:c r="A90" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>829</x:v>
-[...1 lines deleted...]
-      <x:c r="C90" s="0" t="s"/>
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
+        <x:v>824</x:v>
+      </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>832</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="0" t="s"/>
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="H90" s="0" t="s">
+        <x:v>827</x:v>
+      </x:c>
       <x:c r="I90" s="0" t="s"/>
       <x:c r="J90" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P90" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q90" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R90" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S90" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:19">
       <x:c r="A91" s="0" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F91" s="0" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="G91" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="B91" s="0" t="s">
+      <x:c r="H91" s="0" t="s">
         <x:v>838</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>842</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s"/>
       <x:c r="J91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="Q91" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:19">
       <x:c r="A92" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>848</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s"/>
       <x:c r="D92" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>851</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="H92" s="0" t="s"/>
       <x:c r="I92" s="0" t="s"/>
       <x:c r="J92" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="M92" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O92" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P92" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q92" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="R92" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S92" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:19">
       <x:c r="A93" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s"/>
       <x:c r="J93" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="Q93" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S93" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:19">
       <x:c r="A94" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s"/>
       <x:c r="J94" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="P94" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="Q94" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="R94" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S94" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:19">
       <x:c r="A95" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s"/>
       <x:c r="J95" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="Q95" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S95" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:19">
       <x:c r="A96" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s"/>
       <x:c r="J96" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P96" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="Q96" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="R96" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S96" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:19">
       <x:c r="A97" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s"/>
       <x:c r="J97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="Q97" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:19">
       <x:c r="A98" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s"/>
       <x:c r="J98" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P98" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="Q98" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R98" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S98" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:19">
       <x:c r="A99" s="0" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
-      <x:c r="B99" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C99" s="0" t="s">
+      <x:c r="D99" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="D99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>863</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="I99" s="0" t="s"/>
       <x:c r="J99" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="Q99" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:19">
       <x:c r="A100" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>926</x:v>
-[...2 lines deleted...]
-      <x:c r="F100" s="0" t="s"/>
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
+        <x:v>927</x:v>
+      </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>927</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="0" t="s"/>
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H100" s="0" t="s">
+        <x:v>877</x:v>
+      </x:c>
       <x:c r="I100" s="0" t="s"/>
       <x:c r="J100" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="L100" s="0" t="s">
         <x:v>928</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>929</x:v>
       </x:c>
       <x:c r="M100" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O100" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P100" s="0" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="Q100" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="Q100" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R100" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S100" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:19">
       <x:c r="A101" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="I101" s="0" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="K101" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="E101" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F101" s="0" t="s">
+      <x:c r="L101" s="0" t="s">
         <x:v>935</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>938</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q101" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:19">
       <x:c r="A102" s="0" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="E102" s="0" t="s"/>
+      <x:c r="F102" s="0" t="s"/>
+      <x:c r="G102" s="0" t="s">
         <x:v>941</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>946</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s"/>
       <x:c r="I102" s="0" t="s"/>
       <x:c r="J102" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="L102" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="M102" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O102" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P102" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="Q102" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="R102" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S102" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:19">
       <x:c r="A103" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>954</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s"/>
       <x:c r="I103" s="0" t="s"/>
       <x:c r="J103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="Q103" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:19">
       <x:c r="A104" s="0" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="E104" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="G104" s="0" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="B104" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
+      <x:c r="H104" s="0" t="s"/>
       <x:c r="I104" s="0" t="s"/>
       <x:c r="J104" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="M104" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O104" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P104" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="Q104" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="R104" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S104" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:19">
       <x:c r="A105" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s"/>
       <x:c r="J105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>979</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="Q105" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:19">
       <x:c r="A106" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s"/>
       <x:c r="J106" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P106" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="Q106" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="R106" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S106" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:19">
       <x:c r="A107" s="0" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="C107" s="0" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="G107" s="0" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
         <x:v>990</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>874</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s"/>
       <x:c r="J107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="Q107" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S107" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:19">
       <x:c r="A108" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s"/>
       <x:c r="J108" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P108" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="Q108" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="R108" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S108" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:19">
       <x:c r="A109" s="0" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="C109" s="0" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="I109" s="0" t="s"/>
+      <x:c r="J109" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K109" s="0" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="L109" s="0" t="s">
         <x:v>1011</x:v>
-      </x:c>
-[...29 lines deleted...]
-        <x:v>1018</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="Q109" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="S109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:19">
       <x:c r="A110" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>1025</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s"/>
       <x:c r="I110" s="0" t="s"/>
       <x:c r="J110" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
-        <x:v>1027</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="M110" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O110" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="P110" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="Q110" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="R110" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="S110" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:19">
       <x:c r="A111" s="0" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="C111" s="0" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
         <x:v>1030</x:v>
       </x:c>
-      <x:c r="B111" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F111" s="0" t="s">
+      <x:c r="H111" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="I111" s="0" t="s">
         <x:v>1031</x:v>
       </x:c>
-      <x:c r="G111" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="I111" s="0" t="s"/>
       <x:c r="J111" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K111" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="K111" s="0" t="s"/>
+      <x:c r="L111" s="0" t="s">
         <x:v>1032</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1033</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="Q111" s="0" t="s">
         <x:v>1034</x:v>
       </x:c>
-      <x:c r="Q111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="S111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:19">
       <x:c r="A112" s="0" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
-      <x:c r="B112" s="0" t="s">
+      <x:c r="C112" s="0" t="s">
         <x:v>1037</x:v>
       </x:c>
-      <x:c r="C112" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="I112" s="0" t="s"/>
+      <x:c r="J112" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="K112" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
-      <x:c r="I112" s="0" t="s">
+      <x:c r="L112" s="0" t="s">
         <x:v>1041</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1042</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O112" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="P112" s="0" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="Q112" s="0" t="s">
         <x:v>1043</x:v>
       </x:c>
-      <x:c r="Q112" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R112" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="S112" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:19">
       <x:c r="A113" s="0" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
-      <x:c r="B113" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>1004</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s"/>
       <x:c r="I113" s="0" t="s"/>
       <x:c r="J113" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="L113" s="0" t="s">
         <x:v>1047</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1048</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="Q113" s="0" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="Q113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="S113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:19">
       <x:c r="A114" s="0" t="s">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
         <x:v>1051</x:v>
       </x:c>
-      <x:c r="B114" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>1004</x:v>
-[...2 lines deleted...]
-      <x:c r="I114" s="0" t="s"/>
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="H114" s="0" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="I114" s="0" t="s">
+        <x:v>1055</x:v>
+      </x:c>
       <x:c r="J114" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="P114" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="Q114" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="R114" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="S114" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:19">
       <x:c r="A115" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>845</x:v>
-[...2 lines deleted...]
-      <x:c r="F115" s="0" t="s"/>
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="E115" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
+        <x:v>1060</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>1057</x:v>
-[...1 lines deleted...]
-      <x:c r="H115" s="0" t="s"/>
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>1054</x:v>
+      </x:c>
       <x:c r="I115" s="0" t="s"/>
       <x:c r="J115" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K115" s="0" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="K115" s="0" t="s">
+        <x:v>1061</x:v>
+      </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="Q115" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="S115" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:19">
       <x:c r="A116" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>1066</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="H116" s="0" t="s"/>
       <x:c r="I116" s="0" t="s"/>
       <x:c r="J116" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="P116" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="Q116" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="R116" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="S116" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:19">
       <x:c r="A117" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>1064</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s"/>
+      <x:c r="F117" s="0" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>1077</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s"/>
       <x:c r="I117" s="0" t="s"/>
       <x:c r="J117" s="0" t="s">
-        <x:v>29</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K117" s="0" t="s"/>
       <x:c r="L117" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="Q117" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="S117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:19">
       <x:c r="A118" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s"/>
       <x:c r="J118" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P118" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="Q118" s="0" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="R118" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S118" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:19">
       <x:c r="A119" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s"/>
       <x:c r="J119" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="Q119" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:19">
       <x:c r="A120" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s"/>
       <x:c r="J120" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="L120" s="0" t="s">
         <x:v>1098</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1099</x:v>
       </x:c>
       <x:c r="M120" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O120" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P120" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="Q120" s="0" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="R120" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S120" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:19">
       <x:c r="A121" s="0" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s"/>
       <x:c r="J121" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="Q121" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:19">
       <x:c r="A122" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s"/>
       <x:c r="J122" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="M122" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O122" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P122" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q122" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="R122" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S122" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:19">
       <x:c r="A123" s="0" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="C123" s="0" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
         <x:v>1118</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1104</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s"/>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>1120</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="Q123" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:19">
       <x:c r="A124" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s"/>
       <x:c r="J124" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="M124" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O124" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P124" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="Q124" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="R124" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S124" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:19">
       <x:c r="A125" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s"/>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="Q125" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S125" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:19">
       <x:c r="A126" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s"/>
       <x:c r="J126" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="M126" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O126" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P126" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="Q126" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="R126" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S126" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:19">
       <x:c r="A127" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>1104</x:v>
-[...2 lines deleted...]
-      <x:c r="F127" s="0" t="s"/>
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="E127" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
+        <x:v>1133</x:v>
+      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>1106</x:v>
-[...1 lines deleted...]
-      <x:c r="H127" s="0" t="s"/>
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>1121</x:v>
+      </x:c>
       <x:c r="I127" s="0" t="s"/>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K127" s="0" t="s"/>
+      <x:c r="K127" s="0" t="s">
+        <x:v>1129</x:v>
+      </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>1138</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="Q127" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:19">
       <x:c r="A128" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s"/>
       <x:c r="J128" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P128" s="0" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="Q128" s="0" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="R128" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S128" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:19">
       <x:c r="A129" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="C129" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
-      <x:c r="C129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>1064</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="E129" s="0" t="s"/>
+      <x:c r="F129" s="0" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>1152</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s"/>
       <x:c r="I129" s="0" t="s"/>
       <x:c r="J129" s="0" t="s">
-        <x:v>29</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K129" s="0" t="s"/>
       <x:c r="L129" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="Q129" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:19">
       <x:c r="A130" s="0" t="s">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c r="E130" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F130" s="0" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="G130" s="0" t="s">
         <x:v>1158</x:v>
       </x:c>
-      <x:c r="B130" s="0" t="s">
+      <x:c r="H130" s="0" t="s">
         <x:v>1159</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1164</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s"/>
       <x:c r="J130" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P130" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="Q130" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="R130" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S130" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:19">
       <x:c r="A131" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>1173</x:v>
-[...1 lines deleted...]
-      <x:c r="H131" s="0" t="s"/>
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>1167</x:v>
+      </x:c>
       <x:c r="I131" s="0" t="s"/>
       <x:c r="J131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="Q131" s="0" t="s">
-        <x:v>1177</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="S131" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:19">
       <x:c r="A132" s="0" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="C132" s="0" t="s">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="E132" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F132" s="0" t="s">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="G132" s="0" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="H132" s="0" t="s">
         <x:v>1178</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1040</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s"/>
       <x:c r="J132" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="P132" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="Q132" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="R132" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="S132" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:19">
       <x:c r="A133" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>1193</x:v>
-[...2 lines deleted...]
-      <x:c r="F133" s="0" t="s"/>
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="E133" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
+        <x:v>1186</x:v>
+      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s"/>
       <x:c r="I133" s="0" t="s"/>
       <x:c r="J133" s="0" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="K133" s="0" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K133" s="0" t="s">
+        <x:v>1188</x:v>
+      </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="Q133" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="S133" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:19">
       <x:c r="A134" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s"/>
       <x:c r="J134" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P134" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="Q134" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="R134" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S134" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:19">
       <x:c r="A135" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>1212</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="E135" s="0" t="s"/>
+      <x:c r="F135" s="0" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>1214</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s"/>
+      <x:c r="I135" s="0" t="s"/>
       <x:c r="J135" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="K135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K135" s="0" t="s"/>
       <x:c r="L135" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="Q135" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S135" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:19">
       <x:c r="A136" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s"/>
       <x:c r="J136" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P136" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="Q136" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="R136" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S136" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:19">
       <x:c r="A137" s="0" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="C137" s="0" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="E137" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
+        <x:v>1227</x:v>
+      </x:c>
+      <x:c r="G137" s="0" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="I137" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J137" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="K137" s="0" t="s">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="L137" s="0" t="s">
         <x:v>1231</x:v>
-      </x:c>
-[...29 lines deleted...]
-        <x:v>1239</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="Q137" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S137" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:19">
       <x:c r="A138" s="0" t="s">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="C138" s="0" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="D138" s="0" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="E138" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F138" s="0" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="G138" s="0" t="s">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="H138" s="0" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="I138" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J138" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K138" s="0" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="L138" s="0" t="s">
         <x:v>1242</x:v>
-      </x:c>
-[...29 lines deleted...]
-        <x:v>1250</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O138" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P138" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="Q138" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="R138" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S138" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:19">
       <x:c r="A139" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s"/>
       <x:c r="J139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="Q139" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:19">
       <x:c r="A140" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s"/>
       <x:c r="J140" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="M140" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O140" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P140" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="Q140" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="R140" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S140" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:19">
       <x:c r="A141" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s"/>
       <x:c r="J141" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="Q141" s="0" t="s">
-        <x:v>1282</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:19">
       <x:c r="A142" s="0" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="C142" s="0" t="s">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="D142" s="0" t="s">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="E142" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F142" s="0" t="s">
+        <x:v>1282</x:v>
+      </x:c>
+      <x:c r="G142" s="0" t="s">
         <x:v>1283</x:v>
       </x:c>
-      <x:c r="B142" s="0" t="s">
+      <x:c r="H142" s="0" t="s">
         <x:v>1284</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1289</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s"/>
       <x:c r="J142" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="L142" s="0" t="s">
-        <x:v>1291</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="M142" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O142" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P142" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="Q142" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="R142" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S142" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:19">
       <x:c r="A143" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s"/>
       <x:c r="J143" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="Q143" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:19">
       <x:c r="A144" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>1307</x:v>
-[...1 lines deleted...]
-      <x:c r="D144" s="0" t="s"/>
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="D144" s="0" t="s">
+        <x:v>1300</x:v>
+      </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>1309</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="0" t="s"/>
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="H144" s="0" t="s">
+        <x:v>1303</x:v>
+      </x:c>
       <x:c r="I144" s="0" t="s"/>
       <x:c r="J144" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="M144" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O144" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P144" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="Q144" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R144" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S144" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:19">
       <x:c r="A145" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>1315</x:v>
-[...1 lines deleted...]
-      <x:c r="C145" s="0" t="s"/>
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="C145" s="0" t="s">
+        <x:v>1310</x:v>
+      </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s"/>
       <x:c r="J145" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="Q145" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S145" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:19">
       <x:c r="A146" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>1326</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="s"/>
       <x:c r="E146" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>1328</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="H146" s="0" t="s"/>
       <x:c r="I146" s="0" t="s"/>
       <x:c r="J146" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="M146" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O146" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P146" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="Q146" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="R146" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S146" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:19">
       <x:c r="A147" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>1335</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1328</x:v>
+      </x:c>
+      <x:c r="C147" s="0" t="s"/>
       <x:c r="D147" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>1337</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>1338</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>1339</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s"/>
       <x:c r="J147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="Q147" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:19">
       <x:c r="A148" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>1346</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>1349</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s"/>
       <x:c r="J148" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>1351</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="M148" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O148" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P148" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="Q148" s="0" t="s">
-        <x:v>1354</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="R148" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S148" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:19">
       <x:c r="A149" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s"/>
       <x:c r="J149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="Q149" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S149" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:19">
       <x:c r="A150" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>1369</x:v>
-[...1 lines deleted...]
-      <x:c r="E150" s="0" t="s"/>
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="E150" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s"/>
       <x:c r="J150" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="M150" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O150" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P150" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="Q150" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="R150" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S150" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:19">
       <x:c r="A151" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>1379</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s"/>
       <x:c r="J151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>1385</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="Q151" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:19">
       <x:c r="A152" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>1390</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>1391</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="E152" s="0" t="s"/>
       <x:c r="F152" s="0" t="s">
-        <x:v>1392</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
-        <x:v>1394</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s"/>
       <x:c r="J152" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
-        <x:v>1395</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
-        <x:v>1396</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="M152" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O152" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P152" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="Q152" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="R152" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S152" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:19">
       <x:c r="A153" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>1400</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s"/>
       <x:c r="J153" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
-        <x:v>1403</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>1404</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="Q153" s="0" t="s">
-        <x:v>1405</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:19">
       <x:c r="A154" s="0" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="C154" s="0" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="D154" s="0" t="s">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="E154" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F154" s="0" t="s">
+        <x:v>1405</x:v>
+      </x:c>
+      <x:c r="G154" s="0" t="s">
         <x:v>1406</x:v>
       </x:c>
-      <x:c r="B154" s="0" t="s">
+      <x:c r="H154" s="0" t="s">
         <x:v>1407</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1300</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s"/>
       <x:c r="J154" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
-        <x:v>1412</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="M154" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O154" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P154" s="0" t="s">
-        <x:v>1413</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="Q154" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="R154" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S154" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:19">
       <x:c r="A155" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>1416</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>1419</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>1420</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s"/>
       <x:c r="J155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>1423</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="Q155" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S155" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:19">
       <x:c r="A156" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>1427</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>1430</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>1431</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s"/>
       <x:c r="J156" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="L156" s="0" t="s">
-        <x:v>1434</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="M156" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O156" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P156" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="Q156" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="R156" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S156" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:19">
       <x:c r="A157" s="0" t="s">
-        <x:v>1437</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>1438</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>1442</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>1443</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s"/>
       <x:c r="J157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>1444</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="Q157" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S157" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:19">
       <x:c r="A158" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>1450</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>1451</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s"/>
       <x:c r="J158" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="M158" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O158" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P158" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="Q158" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="R158" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S158" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:19">
       <x:c r="A159" s="0" t="s">
-        <x:v>1458</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>1460</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>1462</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s"/>
       <x:c r="J159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="Q159" s="0" t="s">
-        <x:v>1468</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:19">
       <x:c r="A160" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
-        <x:v>1300</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="I160" s="0" t="s"/>
       <x:c r="J160" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P160" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="Q160" s="0" t="s">
-        <x:v>1477</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="R160" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S160" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:19">
       <x:c r="A161" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>1483</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>1484</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s"/>
       <x:c r="J161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="Q161" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S161" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:19">
       <x:c r="A162" s="0" t="s">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="C162" s="0" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="D162" s="0" t="s">
+        <x:v>1485</x:v>
+      </x:c>
+      <x:c r="E162" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F162" s="0" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="G162" s="0" t="s">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="H162" s="0" t="s">
+        <x:v>1313</x:v>
+      </x:c>
+      <x:c r="I162" s="0" t="s"/>
+      <x:c r="J162" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K162" s="0" t="s">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="L162" s="0" t="s">
         <x:v>1489</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>1497</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O162" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P162" s="0" t="s">
-        <x:v>1498</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="Q162" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="R162" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S162" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:19">
       <x:c r="A163" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>1502</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>1503</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>1505</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>1506</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s"/>
       <x:c r="J163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>1507</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="Q163" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S163" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:19">
       <x:c r="A164" s="0" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="C164" s="0" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="D164" s="0" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E164" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F164" s="0" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="G164" s="0" t="s">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="H164" s="0" t="s">
+        <x:v>1509</x:v>
+      </x:c>
+      <x:c r="I164" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J164" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K164" s="0" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="L164" s="0" t="s">
         <x:v>1511</x:v>
-      </x:c>
-[...29 lines deleted...]
-        <x:v>1519</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P164" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="Q164" s="0" t="s">
-        <x:v>1521</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="R164" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S164" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:19">
       <x:c r="A165" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>1491</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s"/>
       <x:c r="J165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>1528</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>1530</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="Q165" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:19">
       <x:c r="A166" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>1534</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
-        <x:v>1538</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s"/>
       <x:c r="J166" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P166" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="Q166" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="R166" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S166" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:19">
       <x:c r="A167" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>1549</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>1550</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s"/>
       <x:c r="J167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="Q167" s="0" t="s">
-        <x:v>1554</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:19">
       <x:c r="A168" s="0" t="s">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>1547</x:v>
+      </x:c>
+      <x:c r="C168" s="0" t="s">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="D168" s="0" t="s">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="E168" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F168" s="0" t="s">
+        <x:v>1550</x:v>
+      </x:c>
+      <x:c r="G168" s="0" t="s">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="H168" s="0" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="I168" s="0" t="s"/>
+      <x:c r="J168" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K168" s="0" t="s">
+        <x:v>1554</x:v>
+      </x:c>
+      <x:c r="L168" s="0" t="s">
         <x:v>1555</x:v>
-      </x:c>
-[...29 lines deleted...]
-        <x:v>1562</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O168" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P168" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="Q168" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="R168" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S168" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:19">
       <x:c r="A169" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>1570</x:v>
-[...1 lines deleted...]
-      <x:c r="H169" s="0" t="s"/>
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>1564</x:v>
+      </x:c>
       <x:c r="I169" s="0" t="s"/>
       <x:c r="J169" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>1571</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>1572</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>1573</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="Q169" s="0" t="s">
-        <x:v>1574</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:19">
       <x:c r="A170" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>1183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="H170" s="0" t="s"/>
       <x:c r="I170" s="0" t="s"/>
       <x:c r="J170" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
-        <x:v>1577</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="M170" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O170" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P170" s="0" t="s">
+        <x:v>1577</x:v>
+      </x:c>
+      <x:c r="Q170" s="0" t="s">
         <x:v>1578</x:v>
       </x:c>
-      <x:c r="Q170" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R170" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S170" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:19">
       <x:c r="A171" s="0" t="s">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
         <x:v>1580</x:v>
       </x:c>
-      <x:c r="B171" s="0" t="s">
+      <x:c r="C171" s="0" t="s">
         <x:v>1581</x:v>
       </x:c>
-      <x:c r="C171" s="0" t="s">
+      <x:c r="D171" s="0" t="s">
         <x:v>1582</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>877</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>1584</x:v>
       </x:c>
-      <x:c r="H171" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="H171" s="0" t="s"/>
+      <x:c r="I171" s="0" t="s"/>
       <x:c r="J171" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="Q171" s="0" t="s">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:19">
       <x:c r="A172" s="0" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="C172" s="0" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="E172" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F172" s="0" t="s">
         <x:v>1590</x:v>
       </x:c>
-      <x:c r="C172" s="0" t="s">
+      <x:c r="G172" s="0" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="H172" s="0" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="I172" s="0" t="s"/>
+      <x:c r="J172" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K172" s="0" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="L172" s="0" t="s">
         <x:v>1591</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>1598</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P172" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="Q172" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="R172" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S172" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:19">
       <x:c r="A173" s="0" t="s">
-        <x:v>1601</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>1602</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>1386</x:v>
-[...2 lines deleted...]
-      <x:c r="F173" s="0" t="s"/>
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E173" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F173" s="0" t="s">
+        <x:v>1597</x:v>
+      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>1604</x:v>
-[...1 lines deleted...]
-      <x:c r="H173" s="0" t="s"/>
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
+        <x:v>1313</x:v>
+      </x:c>
       <x:c r="I173" s="0" t="s"/>
       <x:c r="J173" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="K173" s="0" t="s"/>
+      <x:c r="K173" s="0" t="s">
+        <x:v>1599</x:v>
+      </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="Q173" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:19">
       <x:c r="A174" s="0" t="s">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="C174" s="0" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="s">
+        <x:v>1606</x:v>
+      </x:c>
+      <x:c r="E174" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F174" s="0" t="s">
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="G174" s="0" t="s">
         <x:v>1608</x:v>
       </x:c>
-      <x:c r="B174" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H174" s="0" t="s">
-        <x:v>669</x:v>
-[...1 lines deleted...]
-      <x:c r="I174" s="0" t="s"/>
+        <x:v>1609</x:v>
+      </x:c>
+      <x:c r="I174" s="0" t="s">
+        <x:v>1610</x:v>
+      </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
-        <x:v>1610</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O174" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P174" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="Q174" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="R174" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S174" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:19">
       <x:c r="A175" s="0" t="s">
-        <x:v>1612</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>1613</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>1614</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>1615</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="E175" s="0" t="s"/>
+      <x:c r="F175" s="0" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>1617</x:v>
-[...1 lines deleted...]
-      <x:c r="H175" s="0" t="s">
         <x:v>1618</x:v>
       </x:c>
+      <x:c r="H175" s="0" t="s"/>
       <x:c r="I175" s="0" t="s"/>
       <x:c r="J175" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K175" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K175" s="0" t="s"/>
+      <x:c r="L175" s="0" t="s">
         <x:v>1619</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1620</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
+        <x:v>1620</x:v>
+      </x:c>
+      <x:c r="Q175" s="0" t="s">
         <x:v>1621</x:v>
       </x:c>
-      <x:c r="Q175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:19">
       <x:c r="A176" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>1625</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>1626</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>1628</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
-        <x:v>1629</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s"/>
       <x:c r="J176" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
-        <x:v>1631</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P176" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q176" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="R176" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S176" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:19">
       <x:c r="A177" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>1635</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>1637</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>1638</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>1639</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s"/>
       <x:c r="J177" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>1641</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>1642</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="Q177" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:19">
       <x:c r="A178" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>1648</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>1649</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s"/>
       <x:c r="J178" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>1651</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P178" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="Q178" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="R178" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S178" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:19">
       <x:c r="A179" s="0" t="s">
-        <x:v>1655</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>1657</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>1615</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>1658</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>1659</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s"/>
       <x:c r="J179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>1662</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>1663</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="Q179" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:19">
       <x:c r="A180" s="0" t="s">
-        <x:v>1665</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>1666</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>1669</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
-        <x:v>1670</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s"/>
       <x:c r="J180" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>1671</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
-        <x:v>1672</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P180" s="0" t="s">
-        <x:v>1673</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="Q180" s="0" t="s">
-        <x:v>1674</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="R180" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S180" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:19">
       <x:c r="A181" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>1676</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>1677</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>1678</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>1679</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s"/>
       <x:c r="J181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>1682</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="Q181" s="0" t="s">
-        <x:v>1685</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:19">
       <x:c r="A182" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>1690</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>1691</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s"/>
       <x:c r="J182" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
-        <x:v>1693</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
-        <x:v>1694</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P182" s="0" t="s">
-        <x:v>1695</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="Q182" s="0" t="s">
-        <x:v>1696</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="R182" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S182" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:19">
       <x:c r="A183" s="0" t="s">
-        <x:v>1697</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>1698</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>1700</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>1701</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>1702</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>1703</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s"/>
       <x:c r="J183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>1705</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="Q183" s="0" t="s">
-        <x:v>1706</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:19">
       <x:c r="A184" s="0" t="s">
-        <x:v>1707</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>1709</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>1710</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>1711</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s"/>
       <x:c r="J184" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
-        <x:v>1714</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P184" s="0" t="s">
-        <x:v>1715</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="Q184" s="0" t="s">
-        <x:v>1716</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="R184" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S184" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:19">
       <x:c r="A185" s="0" t="s">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="C185" s="0" t="s">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="E185" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F185" s="0" t="s">
+        <x:v>1715</x:v>
+      </x:c>
+      <x:c r="G185" s="0" t="s">
+        <x:v>1716</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
         <x:v>1717</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1040</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s"/>
       <x:c r="J185" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>1721</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>1722</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>1723</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q185" s="0" t="s">
-        <x:v>1724</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:19">
       <x:c r="A186" s="0" t="s">
+        <x:v>1721</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>1722</x:v>
+      </x:c>
+      <x:c r="C186" s="0" t="s">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="D186" s="0" t="s">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="E186" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F186" s="0" t="s">
+        <x:v>1724</x:v>
+      </x:c>
+      <x:c r="G186" s="0" t="s">
         <x:v>1725</x:v>
       </x:c>
-      <x:c r="B186" s="0" t="s">
+      <x:c r="H186" s="0" t="s">
         <x:v>1726</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1731</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s"/>
       <x:c r="J186" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>1732</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
-        <x:v>1733</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P186" s="0" t="s">
-        <x:v>1734</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="Q186" s="0" t="s">
-        <x:v>1735</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="R186" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S186" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:19">
       <x:c r="A187" s="0" t="s">
-        <x:v>1736</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>1738</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>1739</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>1740</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>1741</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s"/>
       <x:c r="J187" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>1742</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>1743</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>1744</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="Q187" s="0" t="s">
-        <x:v>1745</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:19">
       <x:c r="A188" s="0" t="s">
-        <x:v>1746</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>1749</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>1750</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s"/>
       <x:c r="J188" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>1751</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
-        <x:v>1752</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P188" s="0" t="s">
-        <x:v>1753</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="Q188" s="0" t="s">
-        <x:v>1754</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="R188" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S188" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:19">
       <x:c r="A189" s="0" t="s">
+        <x:v>1750</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>1751</x:v>
+      </x:c>
+      <x:c r="C189" s="0" t="s">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="D189" s="0" t="s">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="E189" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F189" s="0" t="s">
+        <x:v>1753</x:v>
+      </x:c>
+      <x:c r="G189" s="0" t="s">
+        <x:v>1754</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
         <x:v>1755</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1761</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s"/>
       <x:c r="J189" s="0" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="K189" s="0" t="s"/>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K189" s="0" t="s">
+        <x:v>1756</x:v>
+      </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>1762</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>1763</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="Q189" s="0" t="s">
-        <x:v>1764</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:19">
       <x:c r="A190" s="0" t="s">
-        <x:v>1765</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>1766</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>1758</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>1760</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
-        <x:v>1767</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s"/>
       <x:c r="J190" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>1768</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
-        <x:v>1769</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P190" s="0" t="s">
-        <x:v>1770</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="Q190" s="0" t="s">
-        <x:v>1771</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="R190" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S190" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:19">
       <x:c r="A191" s="0" t="s">
+        <x:v>1769</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>1770</x:v>
+      </x:c>
+      <x:c r="C191" s="0" t="s">
+        <x:v>1771</x:v>
+      </x:c>
+      <x:c r="D191" s="0" t="s">
         <x:v>1772</x:v>
       </x:c>
-      <x:c r="B191" s="0" t="s">
+      <x:c r="E191" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F191" s="0" t="s">
         <x:v>1773</x:v>
       </x:c>
-      <x:c r="C191" s="0" t="s">
+      <x:c r="G191" s="0" t="s">
         <x:v>1774</x:v>
       </x:c>
-      <x:c r="D191" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F191" s="0" t="s">
+      <x:c r="H191" s="0" t="s">
         <x:v>1775</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1777</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s"/>
       <x:c r="J191" s="0" t="s">
-        <x:v>885</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="K191" s="0" t="s"/>
       <x:c r="L191" s="0" t="s">
-        <x:v>1779</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="Q191" s="0" t="s">
-        <x:v>1781</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:19">
       <x:c r="A192" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>1783</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>1784</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>1339</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s"/>
       <x:c r="J192" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
-        <x:v>1788</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P192" s="0" t="s">
-        <x:v>1789</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="Q192" s="0" t="s">
-        <x:v>1790</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="R192" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S192" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:19">
       <x:c r="A193" s="0" t="s">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>1787</x:v>
+      </x:c>
+      <x:c r="C193" s="0" t="s">
+        <x:v>1788</x:v>
+      </x:c>
+      <x:c r="D193" s="0" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="E193" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F193" s="0" t="s">
+        <x:v>1789</x:v>
+      </x:c>
+      <x:c r="G193" s="0" t="s">
+        <x:v>1790</x:v>
+      </x:c>
+      <x:c r="H193" s="0" t="s">
         <x:v>1791</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1618</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s"/>
       <x:c r="J193" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>1795</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>1796</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>1797</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="Q193" s="0" t="s">
-        <x:v>1798</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:19">
       <x:c r="A194" s="0" t="s">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="C194" s="0" t="s">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="s">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="E194" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F194" s="0" t="s">
         <x:v>1799</x:v>
       </x:c>
-      <x:c r="B194" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C194" s="0" t="s">
+      <x:c r="G194" s="0" t="s">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="D194" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H194" s="0" t="s">
-        <x:v>1618</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s"/>
       <x:c r="J194" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
+        <x:v>1801</x:v>
+      </x:c>
+      <x:c r="L194" s="0" t="s">
         <x:v>1802</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1803</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P194" s="0" t="s">
+        <x:v>1803</x:v>
+      </x:c>
+      <x:c r="Q194" s="0" t="s">
         <x:v>1804</x:v>
       </x:c>
-      <x:c r="Q194" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R194" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S194" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:19">
       <x:c r="A195" s="0" t="s">
+        <x:v>1805</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
         <x:v>1806</x:v>
       </x:c>
-      <x:c r="B195" s="0" t="s">
+      <x:c r="C195" s="0" t="s">
+        <x:v>1702</x:v>
+      </x:c>
+      <x:c r="D195" s="0" t="s">
         <x:v>1807</x:v>
       </x:c>
-      <x:c r="C195" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D195" s="0" t="s">
+      <x:c r="E195" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F195" s="0" t="s">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="G195" s="0" t="s">
         <x:v>1808</x:v>
       </x:c>
-      <x:c r="E195" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s"/>
       <x:c r="J195" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>1813</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>1814</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="Q195" s="0" t="s">
-        <x:v>1815</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:19">
       <x:c r="A196" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>1817</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>1818</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>1819</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s"/>
       <x:c r="J196" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>1778</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
-        <x:v>1821</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P196" s="0" t="s">
-        <x:v>1822</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="Q196" s="0" t="s">
-        <x:v>1823</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="R196" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S196" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:19">
       <x:c r="A197" s="0" t="s">
+        <x:v>1820</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>1821</x:v>
+      </x:c>
+      <x:c r="C197" s="0" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="D197" s="0" t="s">
+        <x:v>1822</x:v>
+      </x:c>
+      <x:c r="E197" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
+        <x:v>1823</x:v>
+      </x:c>
+      <x:c r="G197" s="0" t="s">
         <x:v>1824</x:v>
       </x:c>
-      <x:c r="B197" s="0" t="s">
+      <x:c r="H197" s="0" t="s">
         <x:v>1825</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1829</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s"/>
       <x:c r="J197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>1831</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="Q197" s="0" t="s">
-        <x:v>1833</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:19">
       <x:c r="A198" s="0" t="s">
+        <x:v>1830</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="C198" s="0" t="s">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="D198" s="0" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="E198" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F198" s="0" t="s">
+        <x:v>1833</x:v>
+      </x:c>
+      <x:c r="G198" s="0" t="s">
         <x:v>1834</x:v>
       </x:c>
-      <x:c r="B198" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H198" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s"/>
       <x:c r="J198" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
-        <x:v>1840</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P198" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="Q198" s="0" t="s">
-        <x:v>1843</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="R198" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S198" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:19">
       <x:c r="A199" s="0" t="s">
-        <x:v>1844</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>1845</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>1846</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>1847</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>1849</x:v>
-[...1 lines deleted...]
-      <x:c r="H199" s="0" t="s"/>
+        <x:v>1842</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>1843</x:v>
+      </x:c>
       <x:c r="I199" s="0" t="s"/>
       <x:c r="J199" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>1851</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>1852</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="Q199" s="0" t="s">
-        <x:v>1853</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:19">
       <x:c r="A200" s="0" t="s">
-        <x:v>1854</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>1855</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>1856</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>1857</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>1858</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>1859</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s"/>
       <x:c r="J200" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
-        <x:v>1860</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
-        <x:v>1861</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P200" s="0" t="s">
-        <x:v>1862</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="Q200" s="0" t="s">
-        <x:v>1863</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="R200" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S200" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:19">
       <x:c r="A201" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>1866</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>1869</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s"/>
       <x:c r="I201" s="0" t="s"/>
       <x:c r="J201" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>1870</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>1871</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="Q201" s="0" t="s">
-        <x:v>1873</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:19">
       <x:c r="A202" s="0" t="s">
-        <x:v>1874</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>1876</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>1878</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>1879</x:v>
-[...1 lines deleted...]
-      <x:c r="H202" s="0" t="s"/>
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>1873</x:v>
+      </x:c>
       <x:c r="I202" s="0" t="s"/>
       <x:c r="J202" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>1880</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P202" s="0" t="s">
-        <x:v>1882</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="Q202" s="0" t="s">
-        <x:v>1883</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="R202" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S202" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:19">
       <x:c r="A203" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>1346</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>1626</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>1887</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s"/>
       <x:c r="I203" s="0" t="s"/>
       <x:c r="J203" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>1888</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>1889</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>1890</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="Q203" s="0" t="s">
-        <x:v>1891</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:19">
       <x:c r="A204" s="0" t="s">
+        <x:v>1888</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>1889</x:v>
+      </x:c>
+      <x:c r="C204" s="0" t="s">
+        <x:v>1890</x:v>
+      </x:c>
+      <x:c r="D204" s="0" t="s">
+        <x:v>1891</x:v>
+      </x:c>
+      <x:c r="E204" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F204" s="0" t="s">
         <x:v>1892</x:v>
       </x:c>
-      <x:c r="B204" s="0" t="s">
+      <x:c r="G204" s="0" t="s">
         <x:v>1893</x:v>
       </x:c>
-      <x:c r="C204" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
+      <x:c r="H204" s="0" t="s"/>
       <x:c r="I204" s="0" t="s"/>
       <x:c r="J204" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
-        <x:v>1896</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P204" s="0" t="s">
-        <x:v>1898</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="Q204" s="0" t="s">
-        <x:v>1899</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="R204" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S204" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:19">
       <x:c r="A205" s="0" t="s">
+        <x:v>1898</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>1899</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="s">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="E205" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
         <x:v>1900</x:v>
       </x:c>
-      <x:c r="B205" s="0" t="s">
+      <x:c r="G205" s="0" t="s">
         <x:v>1901</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1905</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s"/>
       <x:c r="I205" s="0" t="s"/>
       <x:c r="J205" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>1906</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>1907</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>1909</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="Q205" s="0" t="s">
-        <x:v>1910</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S205" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:19">
       <x:c r="A206" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>1913</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>1903</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>1904</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s"/>
       <x:c r="J206" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
-        <x:v>1914</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
-        <x:v>1915</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="P206" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="Q206" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="R206" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="S206" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:19">
       <x:c r="A207" s="0" t="s">
+        <x:v>1914</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>1915</x:v>
+      </x:c>
+      <x:c r="C207" s="0" t="s">
+        <x:v>1916</x:v>
+      </x:c>
+      <x:c r="D207" s="0" t="s">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="E207" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F207" s="0" t="s">
         <x:v>1918</x:v>
       </x:c>
-      <x:c r="B207" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C207" s="0" t="s">
+      <x:c r="G207" s="0" t="s">
         <x:v>1919</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1905</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s"/>
       <x:c r="I207" s="0" t="s"/>
       <x:c r="J207" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K207" s="0" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="K207" s="0" t="s">
+        <x:v>1920</x:v>
+      </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>1920</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>1921</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="Q207" s="0" t="s">
-        <x:v>1922</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="S207" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:19">
       <x:c r="A208" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>1925</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s"/>
       <x:c r="J208" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
-        <x:v>1930</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
-        <x:v>1931</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O208" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="P208" s="0" t="s">
-        <x:v>1933</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="Q208" s="0" t="s">
-        <x:v>1934</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="R208" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="S208" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:19">
       <x:c r="A209" s="0" t="s">
-        <x:v>1936</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>1937</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>1928</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s"/>
       <x:c r="I209" s="0" t="s"/>
       <x:c r="J209" s="0" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K209" s="0" t="s"/>
       <x:c r="L209" s="0" t="s">
-        <x:v>1938</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>1939</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="Q209" s="0" t="s">
-        <x:v>1940</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="S209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:19">
       <x:c r="A210" s="0" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>1938</x:v>
+      </x:c>
+      <x:c r="C210" s="0" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="D210" s="0" t="s">
+        <x:v>1940</x:v>
+      </x:c>
+      <x:c r="E210" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F210" s="0" t="s">
         <x:v>1941</x:v>
       </x:c>
-      <x:c r="B210" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G210" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s"/>
       <x:c r="J210" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
-        <x:v>1930</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
-        <x:v>1942</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O210" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P210" s="0" t="s">
-        <x:v>1943</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="Q210" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="R210" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S210" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:19">
       <x:c r="A211" s="0" t="s">
-        <x:v>1945</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>1946</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>1950</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="I211" s="0" t="s"/>
       <x:c r="J211" s="0" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="K211" s="0" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="K211" s="0" t="s">
+        <x:v>1944</x:v>
+      </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>1952</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="Q211" s="0" t="s">
-        <x:v>1953</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:19">
       <x:c r="A212" s="0" t="s">
-        <x:v>1954</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>1955</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>1956</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>1957</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s"/>
       <x:c r="J212" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
-        <x:v>1959</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
-        <x:v>1960</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O212" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P212" s="0" t="s">
-        <x:v>1961</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="Q212" s="0" t="s">
-        <x:v>1962</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="R212" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S212" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:19">
       <x:c r="A213" s="0" t="s">
+        <x:v>1959</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="C213" s="0" t="s">
+        <x:v>1961</x:v>
+      </x:c>
+      <x:c r="D213" s="0" t="s">
+        <x:v>1962</x:v>
+      </x:c>
+      <x:c r="E213" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F213" s="0" t="s">
         <x:v>1963</x:v>
       </x:c>
-      <x:c r="B213" s="0" t="s">
+      <x:c r="G213" s="0" t="s">
         <x:v>1964</x:v>
       </x:c>
-      <x:c r="C213" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H213" s="0" t="s"/>
-      <x:c r="I213" s="0" t="s"/>
+      <x:c r="I213" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="K213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K213" s="0" t="s"/>
       <x:c r="L213" s="0" t="s">
-        <x:v>1970</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>1971</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="Q213" s="0" t="s">
-        <x:v>1972</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:19">
       <x:c r="A214" s="0" t="s">
-        <x:v>1973</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>1937</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
-        <x:v>1974</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s"/>
       <x:c r="J214" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
-        <x:v>1975</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
-        <x:v>1976</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O214" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P214" s="0" t="s">
-        <x:v>1977</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="Q214" s="0" t="s">
-        <x:v>1978</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="R214" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S214" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:19">
       <x:c r="A215" s="0" t="s">
+        <x:v>1977</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="C215" s="0" t="s">
         <x:v>1979</x:v>
       </x:c>
-      <x:c r="B215" s="0" t="s">
+      <x:c r="D215" s="0" t="s">
         <x:v>1980</x:v>
       </x:c>
-      <x:c r="C215" s="0" t="s">
+      <x:c r="E215" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F215" s="0" t="s">
         <x:v>1981</x:v>
       </x:c>
-      <x:c r="D215" s="0" t="s">
+      <x:c r="G215" s="0" t="s">
         <x:v>1982</x:v>
       </x:c>
-      <x:c r="E215" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="H215" s="0" t="s"/>
       <x:c r="I215" s="0" t="s"/>
       <x:c r="J215" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>1986</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>1987</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>1988</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="Q215" s="0" t="s">
-        <x:v>1989</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S215" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:19">
       <x:c r="A216" s="0" t="s">
-        <x:v>1990</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>1925</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s"/>
       <x:c r="J216" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K216" s="0" t="s"/>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K216" s="0" t="s">
+        <x:v>1989</x:v>
+      </x:c>
       <x:c r="L216" s="0" t="s">
-        <x:v>1991</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O216" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P216" s="0" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="Q216" s="0" t="s">
         <x:v>1992</x:v>
       </x:c>
-      <x:c r="Q216" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R216" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S216" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:19">
       <x:c r="A217" s="0" t="s">
+        <x:v>1993</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
         <x:v>1994</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1980</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>1995</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>1982</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>1996</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>1984</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s"/>
       <x:c r="J217" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>1998</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>1999</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>2000</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="Q217" s="0" t="s">
-        <x:v>2001</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:19">
       <x:c r="A218" s="0" t="s">
-        <x:v>2002</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>2003</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>2004</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>2005</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
-        <x:v>2006</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s"/>
       <x:c r="J218" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O218" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P218" s="0" t="s">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="Q218" s="0" t="s">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="R218" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S218" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:19">
       <x:c r="A219" s="0" t="s">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="E219" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F219" s="0" t="s">
         <x:v>2015</x:v>
       </x:c>
-      <x:c r="E219" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F219" s="0" t="s">
+      <x:c r="G219" s="0" t="s">
         <x:v>2016</x:v>
       </x:c>
-      <x:c r="G219" s="0" t="s">
+      <x:c r="H219" s="0" t="s">
         <x:v>2017</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2018</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s"/>
       <x:c r="J219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="L219" s="0" t="s">
         <x:v>2019</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2020</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="Q219" s="0" t="s">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:19">
       <x:c r="A220" s="0" t="s">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
-        <x:v>1928</x:v>
-[...1 lines deleted...]
-      <x:c r="H220" s="0" t="s"/>
+        <x:v>2027</x:v>
+      </x:c>
+      <x:c r="H220" s="0" t="s">
+        <x:v>2028</x:v>
+      </x:c>
       <x:c r="I220" s="0" t="s"/>
       <x:c r="J220" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K220" s="0" t="s"/>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K220" s="0" t="s">
+        <x:v>2029</x:v>
+      </x:c>
       <x:c r="L220" s="0" t="s">
-        <x:v>2024</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O220" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="P220" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q220" s="0" t="s">
-        <x:v>2026</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="R220" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S220" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:19">
       <x:c r="A221" s="0" t="s">
-        <x:v>2027</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>2028</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>2030</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F221" s="0" t="s"/>
+      <x:c r="F221" s="0" t="s">
+        <x:v>1941</x:v>
+      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>2031</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s"/>
+      <x:c r="I221" s="0" t="s"/>
       <x:c r="J221" s="0" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K221" s="0" t="s"/>
       <x:c r="L221" s="0" t="s">
         <x:v>2034</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
+        <x:v>1946</x:v>
+      </x:c>
+      <x:c r="P221" s="0" t="s">
         <x:v>2035</x:v>
       </x:c>
-      <x:c r="P221" s="0" t="s">
+      <x:c r="Q221" s="0" t="s">
         <x:v>2036</x:v>
       </x:c>
-      <x:c r="Q221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="S221" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:19">
       <x:c r="A222" s="0" t="s">
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>2038</x:v>
+      </x:c>
+      <x:c r="C222" s="0" t="s">
         <x:v>2039</x:v>
       </x:c>
-      <x:c r="B222" s="0" t="s">
+      <x:c r="D222" s="0" t="s">
         <x:v>2040</x:v>
       </x:c>
-      <x:c r="C222" s="0" t="s">
+      <x:c r="E222" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F222" s="0" t="s"/>
+      <x:c r="G222" s="0" t="s">
         <x:v>2041</x:v>
       </x:c>
-      <x:c r="D222" s="0" t="s">
+      <x:c r="H222" s="0" t="s">
         <x:v>2042</x:v>
       </x:c>
-      <x:c r="E222" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="I222" s="0" t="s"/>
+      <x:c r="I222" s="0" t="s">
+        <x:v>1055</x:v>
+      </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
-        <x:v>2047</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O222" s="0" t="s">
+        <x:v>2045</x:v>
+      </x:c>
+      <x:c r="P222" s="0" t="s">
+        <x:v>2046</x:v>
+      </x:c>
+      <x:c r="Q222" s="0" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="R222" s="0" t="s">
         <x:v>2048</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2051</x:v>
       </x:c>
       <x:c r="S222" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:19">
       <x:c r="A223" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="C223" s="0" t="s">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="D223" s="0" t="s">
         <x:v>2052</x:v>
       </x:c>
-      <x:c r="B223" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C223" s="0" t="s">
+      <x:c r="E223" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F223" s="0" t="s">
         <x:v>2053</x:v>
       </x:c>
-      <x:c r="D223" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>2054</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s"/>
       <x:c r="J223" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>2055</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="Q223" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S223" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:19">
       <x:c r="A224" s="0" t="s">
-        <x:v>2059</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>2060</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>2061</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>2062</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>2063</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>2064</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s"/>
       <x:c r="J224" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>2065</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>2066</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O224" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P224" s="0" t="s">
         <x:v>2067</x:v>
       </x:c>
       <x:c r="Q224" s="0" t="s">
         <x:v>2068</x:v>
       </x:c>
       <x:c r="R224" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S224" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:19">
       <x:c r="A225" s="0" t="s">
         <x:v>2069</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>2053</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>2045</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2074</x:v>
+      </x:c>
+      <x:c r="I225" s="0" t="s"/>
       <x:c r="J225" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>2071</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>2072</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>2073</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="Q225" s="0" t="s">
-        <x:v>2074</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:19">
       <x:c r="A226" s="0" t="s">
-        <x:v>2075</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>2076</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>2077</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s"/>
       <x:c r="J226" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
-        <x:v>2081</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O226" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P226" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="Q226" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="R226" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S226" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:19">
       <x:c r="A227" s="0" t="s">
-        <x:v>2085</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>2086</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>2087</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>2088</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>2089</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>2090</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>2045</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s"/>
       <x:c r="J227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>2091</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>2092</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>2093</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="Q227" s="0" t="s">
-        <x:v>2094</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:19">
       <x:c r="A228" s="0" t="s">
-        <x:v>2095</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>2053</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
-        <x:v>2045</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s"/>
       <x:c r="J228" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
-        <x:v>2096</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O228" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P228" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="Q228" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="R228" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S228" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:19">
       <x:c r="A229" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
+        <x:v>2063</x:v>
+      </x:c>
+      <x:c r="D229" s="0" t="s">
+        <x:v>2052</x:v>
+      </x:c>
+      <x:c r="E229" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F229" s="0" t="s">
         <x:v>2053</x:v>
       </x:c>
-      <x:c r="D229" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>2045</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s"/>
       <x:c r="J229" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="Q229" s="0" t="s">
-        <x:v>2100</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:19">
       <x:c r="A230" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>2102</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>2103</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>2104</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
-        <x:v>2105</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
-        <x:v>2045</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s"/>
       <x:c r="J230" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
-        <x:v>2106</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
-        <x:v>2107</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O230" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P230" s="0" t="s">
-        <x:v>2108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="Q230" s="0" t="s">
-        <x:v>2109</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="R230" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S230" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:19">
       <x:c r="A231" s="0" t="s">
-        <x:v>2110</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>2041</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>2111</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s"/>
       <x:c r="J231" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>2112</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>2113</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="Q231" s="0" t="s">
-        <x:v>2114</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:19">
       <x:c r="A232" s="0" t="s">
-        <x:v>2115</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>2116</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>2117</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>2088</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>2118</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>2119</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
-        <x:v>2045</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2122</x:v>
+      </x:c>
+      <x:c r="I232" s="0" t="s"/>
       <x:c r="J232" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>2120</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
-        <x:v>2121</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="M232" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O232" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="P232" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="Q232" s="0" t="s">
-        <x:v>2122</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="R232" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S232" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:19">
       <x:c r="A233" s="0" t="s">
-        <x:v>2123</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>2124</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>2125</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>2126</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>2127</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
-        <x:v>2128</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>2129</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>2130</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
+        <x:v>2058</x:v>
+      </x:c>
+      <x:c r="P233" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q233" s="0" t="s">
         <x:v>2131</x:v>
       </x:c>
-      <x:c r="P233" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>2134</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="S233" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:19">
       <x:c r="A234" s="0" t="s">
+        <x:v>2132</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>2133</x:v>
+      </x:c>
+      <x:c r="C234" s="0" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="D234" s="0" t="s">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="E234" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F234" s="0" t="s">
+        <x:v>2134</x:v>
+      </x:c>
+      <x:c r="G234" s="0" t="s">
         <x:v>2135</x:v>
       </x:c>
-      <x:c r="B234" s="0" t="s">
+      <x:c r="H234" s="0" t="s">
         <x:v>2136</x:v>
       </x:c>
-      <x:c r="C234" s="0" t="s">
+      <x:c r="I234" s="0" t="s">
         <x:v>2137</x:v>
       </x:c>
-      <x:c r="D234" s="0" t="s">
-[...14 lines deleted...]
-      <x:c r="I234" s="0" t="s"/>
       <x:c r="J234" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
-        <x:v>2142</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
-        <x:v>2143</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="M234" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O234" s="0" t="s">
-        <x:v>2131</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="P234" s="0" t="s">
-        <x:v>2144</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="Q234" s="0" t="s">
-        <x:v>2145</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="R234" s="0" t="s">
-        <x:v>2134</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="S234" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:19">
       <x:c r="A235" s="0" t="s">
+        <x:v>2144</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>2145</x:v>
+      </x:c>
+      <x:c r="C235" s="0" t="s">
         <x:v>2146</x:v>
       </x:c>
-      <x:c r="B235" s="0" t="s">
+      <x:c r="D235" s="0" t="s">
         <x:v>2147</x:v>
       </x:c>
-      <x:c r="C235" s="0" t="s">
+      <x:c r="E235" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
         <x:v>2148</x:v>
       </x:c>
-      <x:c r="D235" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F235" s="0" t="s">
+      <x:c r="G235" s="0" t="s">
         <x:v>2149</x:v>
       </x:c>
-      <x:c r="G235" s="0" t="s">
+      <x:c r="H235" s="0" t="s">
         <x:v>2150</x:v>
       </x:c>
-      <x:c r="H235" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="I235" s="0" t="s"/>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>2153</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>2154</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>2131</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>2155</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="Q235" s="0" t="s">
-        <x:v>2156</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>2134</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="S235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:19">
       <x:c r="A236" s="0" t="s">
+        <x:v>2155</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>2156</x:v>
+      </x:c>
+      <x:c r="C236" s="0" t="s">
         <x:v>2157</x:v>
       </x:c>
-      <x:c r="B236" s="0" t="s">
+      <x:c r="D236" s="0" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="E236" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F236" s="0" t="s">
         <x:v>2158</x:v>
       </x:c>
-      <x:c r="C236" s="0" t="s">
+      <x:c r="G236" s="0" t="s">
         <x:v>2159</x:v>
       </x:c>
-      <x:c r="D236" s="0" t="s">
+      <x:c r="H236" s="0" t="s">
         <x:v>2160</x:v>
       </x:c>
-      <x:c r="E236" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F236" s="0" t="s">
+      <x:c r="I236" s="0" t="s">
         <x:v>2161</x:v>
       </x:c>
-      <x:c r="G236" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="I236" s="0" t="s"/>
       <x:c r="J236" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
-        <x:v>2164</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
-        <x:v>2165</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
-        <x:v>2131</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="P236" s="0" t="s">
-        <x:v>2166</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="Q236" s="0" t="s">
-        <x:v>2167</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="R236" s="0" t="s">
-        <x:v>2134</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="S236" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:19">
       <x:c r="A237" s="0" t="s">
+        <x:v>2166</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="C237" s="0" t="s">
         <x:v>2168</x:v>
       </x:c>
-      <x:c r="B237" s="0" t="s">
+      <x:c r="D237" s="0" t="s">
         <x:v>2169</x:v>
       </x:c>
-      <x:c r="C237" s="0" t="s">
+      <x:c r="E237" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F237" s="0" t="s">
         <x:v>2170</x:v>
       </x:c>
-      <x:c r="D237" s="0" t="s">
+      <x:c r="G237" s="0" t="s">
         <x:v>2171</x:v>
       </x:c>
-      <x:c r="E237" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F237" s="0" t="s">
+      <x:c r="H237" s="0" t="s">
         <x:v>2172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2174</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s"/>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>2175</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>2176</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>2177</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>2178</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="Q237" s="0" t="s">
-        <x:v>2179</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>2180</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="S237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:19">
       <x:c r="A238" s="0" t="s">
+        <x:v>2177</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>2178</x:v>
+      </x:c>
+      <x:c r="C238" s="0" t="s">
+        <x:v>2179</x:v>
+      </x:c>
+      <x:c r="D238" s="0" t="s">
+        <x:v>2180</x:v>
+      </x:c>
+      <x:c r="E238" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F238" s="0" t="s">
         <x:v>2181</x:v>
       </x:c>
-      <x:c r="B238" s="0" t="s">
+      <x:c r="G238" s="0" t="s">
         <x:v>2182</x:v>
       </x:c>
-      <x:c r="C238" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D238" s="0" t="s">
+      <x:c r="H238" s="0" t="s">
         <x:v>2183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2186</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s"/>
       <x:c r="J238" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>2187</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
-        <x:v>2188</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="M238" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O238" s="0" t="s">
-        <x:v>2177</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="P238" s="0" t="s">
+        <x:v>2187</x:v>
+      </x:c>
+      <x:c r="Q238" s="0" t="s">
+        <x:v>2188</x:v>
+      </x:c>
+      <x:c r="R238" s="0" t="s">
         <x:v>2189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2180</x:v>
       </x:c>
       <x:c r="S238" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:19">
       <x:c r="A239" s="0" t="s">
+        <x:v>2190</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
         <x:v>2191</x:v>
       </x:c>
-      <x:c r="B239" s="0" t="s">
+      <x:c r="C239" s="0" t="s">
+        <x:v>2190</x:v>
+      </x:c>
+      <x:c r="D239" s="0" t="s">
         <x:v>2192</x:v>
       </x:c>
-      <x:c r="C239" s="0" t="s">
+      <x:c r="E239" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F239" s="0" t="s">
         <x:v>2193</x:v>
       </x:c>
-      <x:c r="D239" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F239" s="0" t="s">
+      <x:c r="G239" s="0" t="s">
         <x:v>2194</x:v>
       </x:c>
-      <x:c r="G239" s="0" t="s">
+      <x:c r="H239" s="0" t="s">
         <x:v>2195</x:v>
       </x:c>
-      <x:c r="H239" s="0" t="s">
+      <x:c r="I239" s="0" t="s"/>
+      <x:c r="J239" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K239" s="0" t="s">
         <x:v>2196</x:v>
       </x:c>
-      <x:c r="I239" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="K239" s="0" t="s">
+      <x:c r="L239" s="0" t="s">
         <x:v>2197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2198</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
+        <x:v>2186</x:v>
+      </x:c>
+      <x:c r="P239" s="0" t="s">
+        <x:v>2198</x:v>
+      </x:c>
+      <x:c r="Q239" s="0" t="s">
         <x:v>2199</x:v>
       </x:c>
-      <x:c r="P239" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>2191</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="S239" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:19">
       <x:c r="A240" s="0" t="s">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>2201</x:v>
+      </x:c>
+      <x:c r="C240" s="0" t="s">
         <x:v>2202</x:v>
       </x:c>
-      <x:c r="B240" s="0" t="s">
+      <x:c r="D240" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E240" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F240" s="0" t="s">
         <x:v>2203</x:v>
       </x:c>
-      <x:c r="C240" s="0" t="s">
+      <x:c r="G240" s="0" t="s">
         <x:v>2204</x:v>
       </x:c>
-      <x:c r="D240" s="0" t="s">
+      <x:c r="H240" s="0" t="s">
         <x:v>2205</x:v>
       </x:c>
-      <x:c r="E240" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="I240" s="0" t="s"/>
+      <x:c r="I240" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
-        <x:v>2209</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
-        <x:v>2210</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
-        <x:v>2211</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="P240" s="0" t="s">
-        <x:v>2212</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="Q240" s="0" t="s">
-        <x:v>2213</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="R240" s="0" t="s">
-        <x:v>2202</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="S240" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:19">
       <x:c r="A241" s="0" t="s">
+        <x:v>2211</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="C241" s="0" t="s">
+        <x:v>2213</x:v>
+      </x:c>
+      <x:c r="D241" s="0" t="s">
         <x:v>2214</x:v>
       </x:c>
-      <x:c r="B241" s="0" t="s"/>
-[...5 lines deleted...]
-      <x:c r="H241" s="0" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F241" s="0" t="s">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="G241" s="0" t="s">
+        <x:v>2216</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>2217</x:v>
+      </x:c>
       <x:c r="I241" s="0" t="s"/>
       <x:c r="J241" s="0" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="K241" s="0" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="K241" s="0" t="s">
+        <x:v>2218</x:v>
+      </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>2215</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>2216</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>2217</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="Q241" s="0" t="s">
-        <x:v>2218</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>2219</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="S241" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:19">
       <x:c r="A242" s="0" t="s">
-        <x:v>2220</x:v>
-[...7 lines deleted...]
-      <x:c r="D242" s="0" t="s">
         <x:v>2223</x:v>
       </x:c>
-      <x:c r="E242" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="B242" s="0" t="s"/>
+      <x:c r="C242" s="0" t="s"/>
+      <x:c r="D242" s="0" t="s"/>
+      <x:c r="E242" s="0" t="s"/>
+      <x:c r="F242" s="0" t="s"/>
+      <x:c r="G242" s="0" t="s"/>
+      <x:c r="H242" s="0" t="s"/>
       <x:c r="I242" s="0" t="s"/>
       <x:c r="J242" s="0" t="s">
-        <x:v>26</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="K242" s="0" t="s"/>
       <x:c r="L242" s="0" t="s">
-        <x:v>2228</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="M242" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="P242" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="Q242" s="0" t="s">
-        <x:v>2231</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="R242" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="S242" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:19">
       <x:c r="A243" s="0" t="s">
+        <x:v>2229</x:v>
+      </x:c>
+      <x:c r="B243" s="0" t="s">
+        <x:v>2230</x:v>
+      </x:c>
+      <x:c r="C243" s="0" t="s">
+        <x:v>2231</x:v>
+      </x:c>
+      <x:c r="D243" s="0" t="s">
+        <x:v>2232</x:v>
+      </x:c>
+      <x:c r="E243" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F243" s="0" t="s">
         <x:v>2233</x:v>
       </x:c>
-      <x:c r="B243" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C243" s="0" t="s">
+      <x:c r="G243" s="0" t="s">
         <x:v>2234</x:v>
       </x:c>
-      <x:c r="D243" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F243" s="0" t="s">
+      <x:c r="H243" s="0" t="s">
         <x:v>2235</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2226</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s"/>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>2236</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>2237</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="Q243" s="0" t="s">
-        <x:v>2239</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="S243" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:19">
       <x:c r="A244" s="0" t="s">
-        <x:v>2240</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>2221</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
-        <x:v>2226</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s"/>
       <x:c r="J244" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
-        <x:v>2242</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
-        <x:v>2243</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="M244" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O244" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="P244" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="Q244" s="0" t="s">
-        <x:v>2244</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="R244" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="S244" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:19">
       <x:c r="A245" s="0" t="s">
-        <x:v>2245</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>2221</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>2246</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>2247</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>2248</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>2225</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>2234</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>2235</x:v>
+      </x:c>
+      <x:c r="I245" s="0" t="s"/>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>2249</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>2250</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>2251</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="Q245" s="0" t="s">
-        <x:v>2252</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="S245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:19">
       <x:c r="A246" s="0" t="s">
-        <x:v>2253</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>2221</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>2254</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>2223</x:v>
-[...2 lines deleted...]
-      <x:c r="F246" s="0" t="s"/>
+        <x:v>2256</x:v>
+      </x:c>
+      <x:c r="E246" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F246" s="0" t="s">
+        <x:v>2257</x:v>
+      </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>2255</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s"/>
-      <x:c r="I246" s="0" t="s"/>
+      <x:c r="I246" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K246" s="0" t="s"/>
+      <x:c r="K246" s="0" t="s">
+        <x:v>2258</x:v>
+      </x:c>
       <x:c r="L246" s="0" t="s">
-        <x:v>2256</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="P246" s="0" t="s">
-        <x:v>2257</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="Q246" s="0" t="s">
-        <x:v>2258</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="R246" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="S246" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:19">
       <x:c r="A247" s="0" t="s">
-        <x:v>2259</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>2260</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>2261</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>2226</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s"/>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s"/>
       <x:c r="L247" s="0" t="s">
-        <x:v>2262</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>2263</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="Q247" s="0" t="s">
-        <x:v>2264</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="S247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:19">
       <x:c r="A248" s="0" t="s">
-        <x:v>2265</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>2266</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>2267</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>2268</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>2232</x:v>
+      </x:c>
+      <x:c r="E248" s="0" t="s"/>
+      <x:c r="F248" s="0" t="s"/>
       <x:c r="G248" s="0" t="s">
+        <x:v>2234</x:v>
+      </x:c>
+      <x:c r="H248" s="0" t="s"/>
+      <x:c r="I248" s="0" t="s"/>
+      <x:c r="J248" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K248" s="0" t="s"/>
+      <x:c r="L248" s="0" t="s">
         <x:v>2270</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2273</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="P248" s="0" t="s">
-        <x:v>2275</x:v>
+        <x:v>2271</x:v>
       </x:c>
       <x:c r="Q248" s="0" t="s">
-        <x:v>2276</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="R248" s="0" t="s">
-        <x:v>2277</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="S248" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:19">
       <x:c r="A249" s="0" t="s">
+        <x:v>2273</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
+        <x:v>2274</x:v>
+      </x:c>
+      <x:c r="C249" s="0" t="s">
+        <x:v>2275</x:v>
+      </x:c>
+      <x:c r="D249" s="0" t="s">
+        <x:v>2276</x:v>
+      </x:c>
+      <x:c r="E249" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>2277</x:v>
+      </x:c>
+      <x:c r="G249" s="0" t="s">
         <x:v>2278</x:v>
       </x:c>
-      <x:c r="B249" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F249" s="0" t="s">
+      <x:c r="H249" s="0" t="s">
         <x:v>2279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2280</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
+        <x:v>2280</x:v>
+      </x:c>
+      <x:c r="L249" s="0" t="s">
         <x:v>2281</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2282</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>2283</x:v>
       </x:c>
       <x:c r="Q249" s="0" t="s">
         <x:v>2284</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>2277</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="S249" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:19">
       <x:c r="A250" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>2266</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>2286</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
+        <x:v>2276</x:v>
+      </x:c>
+      <x:c r="E250" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
         <x:v>2287</x:v>
       </x:c>
-      <x:c r="E250" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F250" s="0" t="s">
+      <x:c r="G250" s="0" t="s">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="H250" s="0" t="s">
         <x:v>2288</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2289</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
+        <x:v>2289</x:v>
+      </x:c>
+      <x:c r="L250" s="0" t="s">
         <x:v>2290</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2291</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="P250" s="0" t="s">
-        <x:v>1678</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="Q250" s="0" t="s">
         <x:v>2292</x:v>
       </x:c>
       <x:c r="R250" s="0" t="s">
-        <x:v>2277</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="S250" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:19">
       <x:c r="A251" s="0" t="s">
         <x:v>2293</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
+        <x:v>2274</x:v>
+      </x:c>
+      <x:c r="C251" s="0" t="s">
         <x:v>2294</x:v>
       </x:c>
-      <x:c r="C251" s="0" t="s">
+      <x:c r="D251" s="0" t="s">
         <x:v>2295</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1110</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>2296</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="H251" s="0" t="s">
         <x:v>2297</x:v>
       </x:c>
-      <x:c r="H251" s="0" t="s"/>
-      <x:c r="I251" s="0" t="s"/>
+      <x:c r="I251" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>2298</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>2299</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
+        <x:v>2282</x:v>
+      </x:c>
+      <x:c r="P251" s="0" t="s">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="Q251" s="0" t="s">
         <x:v>2300</x:v>
       </x:c>
-      <x:c r="P251" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="S251" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:19">
       <x:c r="A252" s="0" t="s">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>2302</x:v>
+      </x:c>
+      <x:c r="C252" s="0" t="s">
+        <x:v>2303</x:v>
+      </x:c>
+      <x:c r="D252" s="0" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="E252" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F252" s="0" t="s">
         <x:v>2304</x:v>
       </x:c>
-      <x:c r="B252" s="0" t="s">
+      <x:c r="G252" s="0" t="s">
         <x:v>2305</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2307</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s"/>
       <x:c r="I252" s="0" t="s"/>
       <x:c r="J252" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K252" s="0" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="K252" s="0" t="s">
+        <x:v>2306</x:v>
+      </x:c>
       <x:c r="L252" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="M252" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O252" s="0" t="s">
-        <x:v>2300</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="P252" s="0" t="s">
-        <x:v>2015</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="Q252" s="0" t="s">
-        <x:v>2309</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="R252" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="S252" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:19">
       <x:c r="A253" s="0" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>2312</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>2313</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>2314</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s"/>
-      <x:c r="I253" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I253" s="0" t="s"/>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K253" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K253" s="0" t="s"/>
       <x:c r="L253" s="0" t="s">
         <x:v>2316</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>2300</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="Q253" s="0" t="s">
         <x:v>2317</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="S253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:19">
       <x:c r="A254" s="0" t="s">
         <x:v>2318</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>2305</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>2295</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>2319</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>2307</x:v>
-[...4 lines deleted...]
-      <x:c r="I254" s="0" t="s"/>
+        <x:v>2322</x:v>
+      </x:c>
+      <x:c r="H254" s="0" t="s"/>
+      <x:c r="I254" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J254" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
-        <x:v>2320</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
-        <x:v>2321</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
-        <x:v>2300</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="P254" s="0" t="s">
-        <x:v>2322</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="Q254" s="0" t="s">
-        <x:v>2323</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="R254" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="S254" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:19">
       <x:c r="A255" s="0" t="s">
-        <x:v>2324</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>2325</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>2326</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>2327</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>2328</x:v>
-[...1 lines deleted...]
-      <x:c r="H255" s="0" t="s"/>
+        <x:v>2315</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>1054</x:v>
+      </x:c>
       <x:c r="I255" s="0" t="s"/>
       <x:c r="J255" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="L255" s="0" t="s">
         <x:v>2329</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2330</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>2300</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="Q255" s="0" t="s">
         <x:v>2331</x:v>
       </x:c>
-      <x:c r="Q255" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="S255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:19">
       <x:c r="A256" s="0" t="s">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
         <x:v>2333</x:v>
       </x:c>
-      <x:c r="B256" s="0" t="s">
+      <x:c r="C256" s="0" t="s">
         <x:v>2334</x:v>
       </x:c>
-      <x:c r="C256" s="0" t="s">
+      <x:c r="D256" s="0" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="E256" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F256" s="0" t="s">
         <x:v>2335</x:v>
       </x:c>
-      <x:c r="D256" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F256" s="0" t="s">
+      <x:c r="G256" s="0" t="s">
         <x:v>2336</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2337</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s"/>
       <x:c r="I256" s="0" t="s"/>
       <x:c r="J256" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
+        <x:v>2337</x:v>
+      </x:c>
+      <x:c r="L256" s="0" t="s">
         <x:v>2338</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2339</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
+        <x:v>2308</x:v>
+      </x:c>
+      <x:c r="P256" s="0" t="s">
+        <x:v>2339</x:v>
+      </x:c>
+      <x:c r="Q256" s="0" t="s">
         <x:v>2340</x:v>
       </x:c>
-      <x:c r="P256" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R256" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="S256" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:19">
       <x:c r="A257" s="0" t="s">
+        <x:v>2341</x:v>
+      </x:c>
+      <x:c r="B257" s="0" t="s">
+        <x:v>2342</x:v>
+      </x:c>
+      <x:c r="C257" s="0" t="s">
         <x:v>2343</x:v>
       </x:c>
-      <x:c r="B257" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>2336</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>2337</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s"/>
       <x:c r="I257" s="0" t="s"/>
       <x:c r="J257" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>2338</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>2344</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>2340</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>2345</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="Q257" s="0" t="s">
-        <x:v>2346</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="S257" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:19">
       <x:c r="A258" s="0" t="s">
-        <x:v>2347</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>2334</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>2335</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>2337</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s"/>
       <x:c r="I258" s="0" t="s"/>
       <x:c r="J258" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>2338</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
-        <x:v>2349</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
-        <x:v>2340</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="P258" s="0" t="s">
-        <x:v>2350</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="Q258" s="0" t="s">
+        <x:v>2354</x:v>
+      </x:c>
+      <x:c r="R258" s="0" t="s">
         <x:v>2351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2343</x:v>
       </x:c>
       <x:c r="S258" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:19">
       <x:c r="A259" s="0" t="s">
-        <x:v>2352</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>2334</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>2335</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>2337</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s"/>
       <x:c r="I259" s="0" t="s"/>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>2353</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>2354</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>2340</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>2355</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="Q259" s="0" t="s">
-        <x:v>2356</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="S259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:19">
       <x:c r="A260" s="0" t="s">
-        <x:v>2357</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>2334</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>2335</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>2337</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="H260" s="0" t="s"/>
       <x:c r="I260" s="0" t="s"/>
       <x:c r="J260" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
-        <x:v>2359</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
-        <x:v>2360</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
-        <x:v>2340</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="P260" s="0" t="s">
-        <x:v>2361</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="Q260" s="0" t="s">
-        <x:v>2362</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="R260" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="S260" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:19">
       <x:c r="A261" s="0" t="s">
-        <x:v>2363</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>2364</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>2365</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
+        <x:v>2356</x:v>
+      </x:c>
+      <x:c r="G261" s="0" t="s">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
         <x:v>2366</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2032</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s"/>
       <x:c r="J261" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
+        <x:v>2367</x:v>
+      </x:c>
+      <x:c r="L261" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2369</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
+        <x:v>2348</x:v>
+      </x:c>
+      <x:c r="P261" s="0" t="s">
+        <x:v>2369</x:v>
+      </x:c>
+      <x:c r="Q261" s="0" t="s">
         <x:v>2370</x:v>
       </x:c>
-      <x:c r="P261" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="S261" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:19">
       <x:c r="A262" s="0" t="s">
-        <x:v>2374</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>2375</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>2376</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E262" s="0" t="s"/>
-      <x:c r="F262" s="0" t="s"/>
+      <x:c r="E262" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F262" s="0" t="s">
+        <x:v>2374</x:v>
+      </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>2377</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s"/>
       <x:c r="J262" s="0" t="s">
-        <x:v>29</x:v>
-[...1 lines deleted...]
-      <x:c r="K262" s="0" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="K262" s="0" t="s">
+        <x:v>2376</x:v>
+      </x:c>
       <x:c r="L262" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="P262" s="0" t="s">
         <x:v>2379</x:v>
       </x:c>
       <x:c r="Q262" s="0" t="s">
         <x:v>2380</x:v>
       </x:c>
       <x:c r="R262" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="S262" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:19">
       <x:c r="A263" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>2364</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>2365</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E263" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E263" s="0" t="s"/>
+      <x:c r="F263" s="0" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>2367</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s"/>
       <x:c r="J263" s="0" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K263" s="0" t="s"/>
       <x:c r="L263" s="0" t="s">
-        <x:v>2382</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>2383</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="Q263" s="0" t="s">
-        <x:v>2384</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="S263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:19">
       <x:c r="A264" s="0" t="s">
-        <x:v>2385</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>2386</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>2387</x:v>
-[...1 lines deleted...]
-      <x:c r="D264" s="0" t="s"/>
+        <x:v>2373</x:v>
+      </x:c>
+      <x:c r="D264" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>2388</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>2389</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s"/>
       <x:c r="J264" s="0" t="s">
-        <x:v>29</x:v>
-[...1 lines deleted...]
-      <x:c r="K264" s="0" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="K264" s="0" t="s">
+        <x:v>2376</x:v>
+      </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>2390</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="P264" s="0" t="s">
         <x:v>2391</x:v>
       </x:c>
       <x:c r="Q264" s="0" t="s">
         <x:v>2392</x:v>
       </x:c>
       <x:c r="R264" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="S264" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:19">
       <x:c r="A265" s="0" t="s">
         <x:v>2393</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>2394</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>2395</x:v>
       </x:c>
-      <x:c r="D265" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F265" s="0" t="s"/>
+      <x:c r="D265" s="0" t="s"/>
+      <x:c r="E265" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F265" s="0" t="s">
+        <x:v>2396</x:v>
+      </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>2396</x:v>
-[...1 lines deleted...]
-      <x:c r="H265" s="0" t="s"/>
+        <x:v>2397</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>2042</x:v>
+      </x:c>
       <x:c r="I265" s="0" t="s"/>
       <x:c r="J265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s"/>
       <x:c r="L265" s="0" t="s">
-        <x:v>2397</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>2398</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="Q265" s="0" t="s">
-        <x:v>2399</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="S265" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:19">
       <x:c r="A266" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>2401</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>2395</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>2010</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s"/>
       <x:c r="F266" s="0" t="s"/>
       <x:c r="G266" s="0" t="s">
-        <x:v>2402</x:v>
+        <x:v>2404</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s"/>
       <x:c r="I266" s="0" t="s"/>
       <x:c r="J266" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s"/>
       <x:c r="L266" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="P266" s="0" t="s">
-        <x:v>2404</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="Q266" s="0" t="s">
-        <x:v>2405</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="R266" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="S266" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:19">
       <x:c r="A267" s="0" t="s">
-        <x:v>2406</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>2407</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>2395</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>2010</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s"/>
       <x:c r="F267" s="0" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>2408</x:v>
+        <x:v>2410</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s"/>
       <x:c r="I267" s="0" t="s"/>
       <x:c r="J267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s"/>
       <x:c r="L267" s="0" t="s">
-        <x:v>2409</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>2410</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="Q267" s="0" t="s">
-        <x:v>2411</x:v>
+        <x:v>2413</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="S267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:19">
       <x:c r="A268" s="0" t="s">
-        <x:v>2412</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>2413</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>2395</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>2010</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s"/>
       <x:c r="F268" s="0" t="s"/>
       <x:c r="G268" s="0" t="s">
-        <x:v>2414</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s"/>
       <x:c r="I268" s="0" t="s"/>
       <x:c r="J268" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s"/>
       <x:c r="L268" s="0" t="s">
-        <x:v>2415</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="P268" s="0" t="s">
-        <x:v>2416</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="Q268" s="0" t="s">
-        <x:v>2417</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="R268" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="S268" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:19">
       <x:c r="A269" s="0" t="s">
-        <x:v>2418</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>2419</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>2420</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>22</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="E269" s="0" t="s"/>
+      <x:c r="F269" s="0" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>2422</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s"/>
       <x:c r="I269" s="0" t="s"/>
       <x:c r="J269" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K269" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K269" s="0" t="s"/>
+      <x:c r="L269" s="0" t="s">
         <x:v>2423</x:v>
       </x:c>
-      <x:c r="L269" s="0" t="s">
+      <x:c r="M269" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N269" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="O269" s="0" t="s">
+        <x:v>2378</x:v>
+      </x:c>
+      <x:c r="P269" s="0" t="s">
         <x:v>2424</x:v>
       </x:c>
-      <x:c r="M269" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N269" s="0" t="s">
+      <x:c r="Q269" s="0" t="s">
         <x:v>2425</x:v>
       </x:c>
-      <x:c r="O269" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="S269" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:19">
       <x:c r="A270" s="0" t="s">
+        <x:v>2426</x:v>
+      </x:c>
+      <x:c r="B270" s="0" t="s">
+        <x:v>2427</x:v>
+      </x:c>
+      <x:c r="C270" s="0" t="s">
+        <x:v>2428</x:v>
+      </x:c>
+      <x:c r="D270" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E270" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F270" s="0" t="s">
+        <x:v>2429</x:v>
+      </x:c>
+      <x:c r="G270" s="0" t="s">
         <x:v>2430</x:v>
       </x:c>
-      <x:c r="B270" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
+      <x:c r="H270" s="0" t="s"/>
       <x:c r="I270" s="0" t="s"/>
       <x:c r="J270" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
+        <x:v>2431</x:v>
+      </x:c>
+      <x:c r="L270" s="0" t="s">
+        <x:v>2432</x:v>
+      </x:c>
+      <x:c r="M270" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N270" s="0" t="s">
         <x:v>2433</x:v>
       </x:c>
-      <x:c r="L270" s="0" t="s">
+      <x:c r="O270" s="0" t="s">
         <x:v>2434</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2426</x:v>
       </x:c>
       <x:c r="P270" s="0" t="s">
         <x:v>2435</x:v>
       </x:c>
       <x:c r="Q270" s="0" t="s">
         <x:v>2436</x:v>
       </x:c>
       <x:c r="R270" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S270" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:19">
       <x:c r="A271" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2438</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>2438</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>2439</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>2440</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>2441</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>2442</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s"/>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
+        <x:v>2441</x:v>
+      </x:c>
+      <x:c r="L271" s="0" t="s">
+        <x:v>2442</x:v>
+      </x:c>
+      <x:c r="M271" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N271" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O271" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="P271" s="0" t="s">
         <x:v>2443</x:v>
       </x:c>
-      <x:c r="L271" s="0" t="s">
+      <x:c r="Q271" s="0" t="s">
         <x:v>2444</x:v>
       </x:c>
-      <x:c r="M271" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:19">
       <x:c r="A272" s="0" t="s">
+        <x:v>2445</x:v>
+      </x:c>
+      <x:c r="B272" s="0" t="s">
+        <x:v>2446</x:v>
+      </x:c>
+      <x:c r="C272" s="0" t="s">
         <x:v>2447</x:v>
       </x:c>
-      <x:c r="B272" s="0" t="s">
+      <x:c r="D272" s="0" t="s">
         <x:v>2448</x:v>
       </x:c>
-      <x:c r="C272" s="0" t="s">
+      <x:c r="E272" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F272" s="0" t="s">
         <x:v>2449</x:v>
       </x:c>
-      <x:c r="D272" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F272" s="0" t="s">
+      <x:c r="G272" s="0" t="s">
         <x:v>2450</x:v>
       </x:c>
-      <x:c r="G272" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H272" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s"/>
       <x:c r="J272" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>2451</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
         <x:v>2452</x:v>
       </x:c>
       <x:c r="M272" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="O272" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="P272" s="0" t="s">
         <x:v>2453</x:v>
       </x:c>
       <x:c r="Q272" s="0" t="s">
         <x:v>2454</x:v>
       </x:c>
       <x:c r="R272" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S272" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:19">
       <x:c r="A273" s="0" t="s">
         <x:v>2455</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>2456</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>2457</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>2458</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>2459</x:v>
-[...1 lines deleted...]
-      <x:c r="H273" s="0" t="s"/>
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
       <x:c r="I273" s="0" t="s"/>
       <x:c r="J273" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
+        <x:v>2459</x:v>
+      </x:c>
+      <x:c r="L273" s="0" t="s">
         <x:v>2460</x:v>
       </x:c>
-      <x:c r="L273" s="0" t="s">
+      <x:c r="M273" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N273" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O273" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="P273" s="0" t="s">
         <x:v>2461</x:v>
       </x:c>
-      <x:c r="M273" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P273" s="0" t="s">
+      <x:c r="Q273" s="0" t="s">
         <x:v>2462</x:v>
       </x:c>
-      <x:c r="Q273" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S273" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:19">
       <x:c r="A274" s="0" t="s">
+        <x:v>2463</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
         <x:v>2464</x:v>
       </x:c>
-      <x:c r="B274" s="0" t="s">
+      <x:c r="C274" s="0" t="s">
         <x:v>2465</x:v>
       </x:c>
-      <x:c r="C274" s="0" t="s">
+      <x:c r="D274" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E274" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F274" s="0" t="s">
         <x:v>2466</x:v>
       </x:c>
-      <x:c r="D274" s="0" t="s">
+      <x:c r="G274" s="0" t="s">
         <x:v>2467</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2469</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s"/>
       <x:c r="I274" s="0" t="s"/>
       <x:c r="J274" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K274" s="0" t="s"/>
+      <x:c r="K274" s="0" t="s">
+        <x:v>2468</x:v>
+      </x:c>
       <x:c r="L274" s="0" t="s">
+        <x:v>2469</x:v>
+      </x:c>
+      <x:c r="M274" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N274" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O274" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="P274" s="0" t="s">
         <x:v>2470</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1903</x:v>
       </x:c>
       <x:c r="Q274" s="0" t="s">
         <x:v>2471</x:v>
       </x:c>
       <x:c r="R274" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S274" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:19">
       <x:c r="A275" s="0" t="s">
         <x:v>2472</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>2473</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>2474</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>2475</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>2476</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>2477</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s"/>
       <x:c r="I275" s="0" t="s"/>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K275" s="0" t="s">
+      <x:c r="K275" s="0" t="s"/>
+      <x:c r="L275" s="0" t="s">
         <x:v>2478</x:v>
       </x:c>
-      <x:c r="L275" s="0" t="s">
+      <x:c r="M275" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N275" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O275" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="P275" s="0" t="s">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="Q275" s="0" t="s">
         <x:v>2479</x:v>
       </x:c>
-      <x:c r="M275" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:19">
       <x:c r="A276" s="0" t="s">
+        <x:v>2480</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>2481</x:v>
+      </x:c>
+      <x:c r="C276" s="0" t="s">
         <x:v>2482</x:v>
       </x:c>
-      <x:c r="B276" s="0" t="s">
+      <x:c r="D276" s="0" t="s">
         <x:v>2483</x:v>
       </x:c>
-      <x:c r="C276" s="0" t="s">
+      <x:c r="E276" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F276" s="0" t="s">
         <x:v>2484</x:v>
       </x:c>
-      <x:c r="D276" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F276" s="0" t="s"/>
       <x:c r="G276" s="0" t="s">
         <x:v>2485</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s"/>
       <x:c r="I276" s="0" t="s"/>
       <x:c r="J276" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K276" s="0" t="s"/>
+      <x:c r="K276" s="0" t="s">
+        <x:v>2486</x:v>
+      </x:c>
       <x:c r="L276" s="0" t="s">
-        <x:v>2486</x:v>
+        <x:v>2487</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="O276" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="P276" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="Q276" s="0" t="s">
-        <x:v>2487</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="R276" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S276" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:19">
       <x:c r="A277" s="0" t="s">
-        <x:v>2488</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>2489</x:v>
+        <x:v>2491</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>2490</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F277" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="F277" s="0" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>2492</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s"/>
       <x:c r="I277" s="0" t="s"/>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K277" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K277" s="0" t="s"/>
       <x:c r="L277" s="0" t="s">
         <x:v>2494</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="Q277" s="0" t="s">
         <x:v>2495</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S277" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:19">
       <x:c r="A278" s="0" t="s">
         <x:v>2496</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>2497</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>2498</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>2499</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>2500</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s"/>
       <x:c r="I278" s="0" t="s"/>
       <x:c r="J278" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K278" s="0" t="s"/>
+      <x:c r="K278" s="0" t="s">
+        <x:v>2501</x:v>
+      </x:c>
       <x:c r="L278" s="0" t="s">
-        <x:v>2501</x:v>
+        <x:v>2502</x:v>
       </x:c>
       <x:c r="M278" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="O278" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="P278" s="0" t="s">
-        <x:v>2502</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="Q278" s="0" t="s">
         <x:v>2503</x:v>
       </x:c>
       <x:c r="R278" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S278" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:19">
       <x:c r="A279" s="0" t="s">
         <x:v>2504</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>2505</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>2506</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>2507</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>2508</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s"/>
       <x:c r="I279" s="0" t="s"/>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K279" s="0" t="s">
+      <x:c r="K279" s="0" t="s"/>
+      <x:c r="L279" s="0" t="s">
         <x:v>2509</x:v>
       </x:c>
-      <x:c r="L279" s="0" t="s">
+      <x:c r="M279" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N279" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O279" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="P279" s="0" t="s">
         <x:v>2510</x:v>
       </x:c>
-      <x:c r="M279" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P279" s="0" t="s">
+      <x:c r="Q279" s="0" t="s">
         <x:v>2511</x:v>
       </x:c>
-      <x:c r="Q279" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:19">
       <x:c r="A280" s="0" t="s">
+        <x:v>2512</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
         <x:v>2513</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2505</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>2514</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>2507</x:v>
+        <x:v>2515</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>2508</x:v>
+        <x:v>2516</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s"/>
       <x:c r="I280" s="0" t="s"/>
       <x:c r="J280" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
-        <x:v>2515</x:v>
+        <x:v>2517</x:v>
       </x:c>
       <x:c r="L280" s="0" t="s">
-        <x:v>2516</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="M280" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="O280" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="P280" s="0" t="s">
-        <x:v>2517</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="Q280" s="0" t="s">
-        <x:v>2518</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="R280" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S280" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:19">
       <x:c r="A281" s="0" t="s">
-        <x:v>2519</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>2520</x:v>
+        <x:v>2513</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>2521</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>2522</x:v>
+        <x:v>2515</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>2523</x:v>
+        <x:v>2516</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s"/>
       <x:c r="I281" s="0" t="s"/>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
+        <x:v>2523</x:v>
+      </x:c>
+      <x:c r="L281" s="0" t="s">
         <x:v>2524</x:v>
       </x:c>
-      <x:c r="L281" s="0" t="s">
+      <x:c r="M281" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N281" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O281" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="P281" s="0" t="s">
         <x:v>2525</x:v>
       </x:c>
-      <x:c r="M281" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P281" s="0" t="s">
+      <x:c r="Q281" s="0" t="s">
         <x:v>2526</x:v>
       </x:c>
-      <x:c r="Q281" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:19">
       <x:c r="A282" s="0" t="s">
+        <x:v>2527</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
         <x:v>2528</x:v>
       </x:c>
-      <x:c r="B282" s="0" t="s">
+      <x:c r="C282" s="0" t="s">
         <x:v>2529</x:v>
       </x:c>
-      <x:c r="C282" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>2467</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>2530</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>2531</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s"/>
       <x:c r="I282" s="0" t="s"/>
       <x:c r="J282" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>2532</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>2533</x:v>
       </x:c>
       <x:c r="M282" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="O282" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="P282" s="0" t="s">
         <x:v>2534</x:v>
       </x:c>
       <x:c r="Q282" s="0" t="s">
         <x:v>2535</x:v>
       </x:c>
       <x:c r="R282" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S282" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:19">
       <x:c r="A283" s="0" t="s">
         <x:v>2536</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>2537</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
+        <x:v>2474</x:v>
+      </x:c>
+      <x:c r="D283" s="0" t="s">
+        <x:v>2475</x:v>
+      </x:c>
+      <x:c r="E283" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F283" s="0" t="s">
         <x:v>2538</x:v>
       </x:c>
-      <x:c r="D283" s="0" t="s">
+      <x:c r="G283" s="0" t="s">
         <x:v>2539</x:v>
       </x:c>
-      <x:c r="E283" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="H283" s="0" t="s"/>
       <x:c r="I283" s="0" t="s"/>
       <x:c r="J283" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
+        <x:v>2540</x:v>
+      </x:c>
+      <x:c r="L283" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="M283" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N283" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O283" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="P283" s="0" t="s">
         <x:v>2542</x:v>
       </x:c>
-      <x:c r="L283" s="0" t="s">
+      <x:c r="Q283" s="0" t="s">
         <x:v>2543</x:v>
       </x:c>
-      <x:c r="M283" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:19">
       <x:c r="A284" s="0" t="s">
+        <x:v>2544</x:v>
+      </x:c>
+      <x:c r="B284" s="0" t="s">
+        <x:v>2545</x:v>
+      </x:c>
+      <x:c r="C284" s="0" t="s">
         <x:v>2546</x:v>
       </x:c>
-      <x:c r="B284" s="0" t="s">
+      <x:c r="D284" s="0" t="s">
         <x:v>2547</x:v>
       </x:c>
-      <x:c r="C284" s="0" t="s">
+      <x:c r="E284" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F284" s="0" t="s">
         <x:v>2548</x:v>
       </x:c>
-      <x:c r="D284" s="0" t="s">
+      <x:c r="G284" s="0" t="s">
         <x:v>2549</x:v>
       </x:c>
-      <x:c r="E284" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="H284" s="0" t="s"/>
+      <x:c r="H284" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
       <x:c r="I284" s="0" t="s"/>
       <x:c r="J284" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
+        <x:v>2550</x:v>
+      </x:c>
+      <x:c r="L284" s="0" t="s">
+        <x:v>2551</x:v>
+      </x:c>
+      <x:c r="M284" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N284" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O284" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="P284" s="0" t="s">
         <x:v>2552</x:v>
       </x:c>
-      <x:c r="L284" s="0" t="s">
+      <x:c r="Q284" s="0" t="s">
         <x:v>2553</x:v>
       </x:c>
-      <x:c r="M284" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R284" s="0" t="s">
-        <x:v>2556</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="S284" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:19">
       <x:c r="A285" s="0" t="s">
+        <x:v>2554</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
+        <x:v>2555</x:v>
+      </x:c>
+      <x:c r="C285" s="0" t="s">
+        <x:v>2556</x:v>
+      </x:c>
+      <x:c r="D285" s="0" t="s">
         <x:v>2557</x:v>
       </x:c>
-      <x:c r="B285" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F285" s="0" t="s"/>
+      <x:c r="E285" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F285" s="0" t="s">
+        <x:v>2558</x:v>
+      </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>2551</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s"/>
       <x:c r="I285" s="0" t="s"/>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K285" s="0" t="s"/>
+      <x:c r="K285" s="0" t="s">
+        <x:v>2560</x:v>
+      </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>2558</x:v>
+        <x:v>2561</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>2554</x:v>
+        <x:v>2562</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>2559</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="Q285" s="0" t="s">
-        <x:v>2560</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>2556</x:v>
+        <x:v>2564</x:v>
       </x:c>
       <x:c r="S285" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:19">
       <x:c r="A286" s="0" t="s">
-        <x:v>2561</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>2547</x:v>
-[...12 lines deleted...]
-      </x:c>
+        <x:v>2555</x:v>
+      </x:c>
+      <x:c r="C286" s="0" t="s"/>
+      <x:c r="D286" s="0" t="s"/>
+      <x:c r="E286" s="0" t="s"/>
+      <x:c r="F286" s="0" t="s"/>
       <x:c r="G286" s="0" t="s">
-        <x:v>2551</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s"/>
       <x:c r="I286" s="0" t="s"/>
       <x:c r="J286" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K286" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K286" s="0" t="s"/>
       <x:c r="L286" s="0" t="s">
+        <x:v>2566</x:v>
+      </x:c>
+      <x:c r="M286" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N286" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O286" s="0" t="s">
+        <x:v>2562</x:v>
+      </x:c>
+      <x:c r="P286" s="0" t="s">
+        <x:v>2567</x:v>
+      </x:c>
+      <x:c r="Q286" s="0" t="s">
+        <x:v>2568</x:v>
+      </x:c>
+      <x:c r="R286" s="0" t="s">
         <x:v>2564</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2556</x:v>
       </x:c>
       <x:c r="S286" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:19">
       <x:c r="A287" s="0" t="s">
-        <x:v>2567</x:v>
+        <x:v>2569</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>2547</x:v>
+        <x:v>2555</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>2568</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>2549</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>2569</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>2551</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s"/>
       <x:c r="I287" s="0" t="s"/>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K287" s="0" t="s"/>
+      <x:c r="K287" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>2570</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>2554</x:v>
+        <x:v>2562</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>2571</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="Q287" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>2556</x:v>
+        <x:v>2564</x:v>
       </x:c>
       <x:c r="S287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:19">
       <x:c r="A288" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2555</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>2577</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s"/>
       <x:c r="I288" s="0" t="s"/>
       <x:c r="J288" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K288" s="0" t="s">
+      <x:c r="K288" s="0" t="s"/>
+      <x:c r="L288" s="0" t="s">
+        <x:v>2578</x:v>
+      </x:c>
+      <x:c r="M288" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N288" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="O288" s="0" t="s">
+        <x:v>2562</x:v>
+      </x:c>
+      <x:c r="P288" s="0" t="s">
         <x:v>2579</x:v>
       </x:c>
-      <x:c r="L288" s="0" t="s">
+      <x:c r="Q288" s="0" t="s">
         <x:v>2580</x:v>
       </x:c>
-      <x:c r="M288" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R288" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2564</x:v>
       </x:c>
       <x:c r="S288" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:19">
       <x:c r="A289" s="0" t="s">
+        <x:v>2581</x:v>
+      </x:c>
+      <x:c r="B289" s="0" t="s">
+        <x:v>2582</x:v>
+      </x:c>
+      <x:c r="C289" s="0" t="s">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="D289" s="0" t="s">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="E289" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F289" s="0" t="s">
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="G289" s="0" t="s">
         <x:v>2586</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2578</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s"/>
       <x:c r="I289" s="0" t="s"/>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
+        <x:v>2587</x:v>
+      </x:c>
+      <x:c r="L289" s="0" t="s">
         <x:v>2588</x:v>
       </x:c>
-      <x:c r="L289" s="0" t="s">
+      <x:c r="M289" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N289" s="0" t="s">
         <x:v>2589</x:v>
       </x:c>
-      <x:c r="M289" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2590</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>2590</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="Q289" s="0" t="s">
-        <x:v>2591</x:v>
+        <x:v>2592</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="S289" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:19">
       <x:c r="A290" s="0" t="s">
-        <x:v>2592</x:v>
+        <x:v>2594</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>2593</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>2577</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
-        <x:v>2594</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s"/>
-      <x:c r="I290" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I290" s="0" t="s"/>
       <x:c r="J290" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2596</x:v>
       </x:c>
       <x:c r="L290" s="0" t="s">
-        <x:v>2596</x:v>
+        <x:v>2597</x:v>
       </x:c>
       <x:c r="M290" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O290" s="0" t="s">
-        <x:v>2597</x:v>
+        <x:v>2590</x:v>
       </x:c>
       <x:c r="P290" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="Q290" s="0" t="s">
-        <x:v>2598</x:v>
+        <x:v>2599</x:v>
       </x:c>
       <x:c r="R290" s="0" t="s">
-        <x:v>2599</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="S290" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:19">
       <x:c r="A291" s="0" t="s">
         <x:v>2600</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>2601</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="D291" s="0" t="s">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="E291" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F291" s="0" t="s">
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="G291" s="0" t="s">
         <x:v>2602</x:v>
       </x:c>
-      <x:c r="D291" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H291" s="0" t="s"/>
-      <x:c r="I291" s="0" t="s"/>
+      <x:c r="I291" s="0" t="s">
+        <x:v>1055</x:v>
+      </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
+        <x:v>2603</x:v>
+      </x:c>
+      <x:c r="L291" s="0" t="s">
+        <x:v>2604</x:v>
+      </x:c>
+      <x:c r="M291" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N291" s="0" t="s">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="O291" s="0" t="s">
+        <x:v>2605</x:v>
+      </x:c>
+      <x:c r="P291" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q291" s="0" t="s">
         <x:v>2606</x:v>
       </x:c>
-      <x:c r="L291" s="0" t="s">
+      <x:c r="R291" s="0" t="s">
         <x:v>2607</x:v>
       </x:c>
-      <x:c r="M291" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="S291" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:19">
       <x:c r="A292" s="0" t="s">
+        <x:v>2608</x:v>
+      </x:c>
+      <x:c r="B292" s="0" t="s">
+        <x:v>2609</x:v>
+      </x:c>
+      <x:c r="C292" s="0" t="s">
         <x:v>2610</x:v>
       </x:c>
-      <x:c r="B292" s="0" t="s">
+      <x:c r="D292" s="0" t="s">
         <x:v>2611</x:v>
       </x:c>
-      <x:c r="C292" s="0" t="s">
+      <x:c r="E292" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F292" s="0" t="s">
         <x:v>2612</x:v>
       </x:c>
-      <x:c r="D292" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F292" s="0" t="s">
+      <x:c r="G292" s="0" t="s">
         <x:v>2613</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2614</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s"/>
       <x:c r="I292" s="0" t="s"/>
       <x:c r="J292" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
+        <x:v>2614</x:v>
+      </x:c>
+      <x:c r="L292" s="0" t="s">
         <x:v>2615</x:v>
       </x:c>
-      <x:c r="L292" s="0" t="s">
+      <x:c r="M292" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N292" s="0" t="s">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="O292" s="0" t="s">
+        <x:v>2605</x:v>
+      </x:c>
+      <x:c r="P292" s="0" t="s">
         <x:v>2616</x:v>
       </x:c>
-      <x:c r="M292" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P292" s="0" t="s">
+      <x:c r="Q292" s="0" t="s">
         <x:v>2617</x:v>
       </x:c>
-      <x:c r="Q292" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R292" s="0" t="s">
-        <x:v>2599</x:v>
+        <x:v>2607</x:v>
       </x:c>
       <x:c r="S292" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:19">
       <x:c r="A293" s="0" t="s">
+        <x:v>2618</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
         <x:v>2619</x:v>
       </x:c>
-      <x:c r="B293" s="0" t="s">
+      <x:c r="C293" s="0" t="s">
         <x:v>2620</x:v>
       </x:c>
-      <x:c r="C293" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D293" s="0" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E293" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F293" s="0" t="s">
         <x:v>2621</x:v>
       </x:c>
-      <x:c r="E293" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F293" s="0" t="s">
+      <x:c r="G293" s="0" t="s">
         <x:v>2622</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2623</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s"/>
       <x:c r="I293" s="0" t="s"/>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>2606</x:v>
+        <x:v>2623</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>2624</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>2597</x:v>
+        <x:v>2605</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>2625</x:v>
       </x:c>
       <x:c r="Q293" s="0" t="s">
         <x:v>2626</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>2599</x:v>
+        <x:v>2607</x:v>
       </x:c>
       <x:c r="S293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:19">
       <x:c r="A294" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2628</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>2628</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s"/>
       <x:c r="I294" s="0" t="s"/>
       <x:c r="J294" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2614</x:v>
       </x:c>
       <x:c r="L294" s="0" t="s">
-        <x:v>2630</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="M294" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O294" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2605</x:v>
       </x:c>
       <x:c r="P294" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2633</x:v>
       </x:c>
       <x:c r="Q294" s="0" t="s">
-        <x:v>2633</x:v>
+        <x:v>2634</x:v>
       </x:c>
       <x:c r="R294" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2607</x:v>
       </x:c>
       <x:c r="S294" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:19">
       <x:c r="A295" s="0" t="s">
         <x:v>2635</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>2628</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s"/>
       <x:c r="I295" s="0" t="s"/>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>2636</x:v>
+        <x:v>2638</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2640</x:v>
       </x:c>
       <x:c r="Q295" s="0" t="s">
-        <x:v>2638</x:v>
+        <x:v>2641</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S295" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:19">
       <x:c r="A296" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2643</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>2640</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
-        <x:v>2577</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s"/>
       <x:c r="I296" s="0" t="s"/>
       <x:c r="J296" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L296" s="0" t="s">
-        <x:v>2641</x:v>
+        <x:v>2644</x:v>
       </x:c>
       <x:c r="M296" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O296" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P296" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>2645</x:v>
       </x:c>
       <x:c r="Q296" s="0" t="s">
+        <x:v>2646</x:v>
+      </x:c>
+      <x:c r="R296" s="0" t="s">
         <x:v>2642</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2634</x:v>
       </x:c>
       <x:c r="S296" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:19">
       <x:c r="A297" s="0" t="s">
-        <x:v>2643</x:v>
+        <x:v>2647</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2648</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
-        <x:v>2577</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s"/>
       <x:c r="I297" s="0" t="s"/>
       <x:c r="J297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>2644</x:v>
+        <x:v>2649</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="Q297" s="0" t="s">
-        <x:v>2645</x:v>
+        <x:v>2650</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:19">
       <x:c r="A298" s="0" t="s">
-        <x:v>2646</x:v>
+        <x:v>2651</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>2628</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s"/>
       <x:c r="I298" s="0" t="s"/>
       <x:c r="J298" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
-        <x:v>2647</x:v>
+        <x:v>2652</x:v>
       </x:c>
       <x:c r="M298" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O298" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P298" s="0" t="s">
-        <x:v>2648</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="Q298" s="0" t="s">
-        <x:v>2649</x:v>
+        <x:v>2653</x:v>
       </x:c>
       <x:c r="R298" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S298" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:19">
       <x:c r="A299" s="0" t="s">
-        <x:v>2650</x:v>
+        <x:v>2654</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>2651</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>2628</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>2652</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s"/>
-      <x:c r="I299" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I299" s="0" t="s"/>
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>2653</x:v>
+        <x:v>2655</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>2654</x:v>
+        <x:v>2656</x:v>
       </x:c>
       <x:c r="Q299" s="0" t="s">
-        <x:v>2655</x:v>
+        <x:v>2657</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:19">
       <x:c r="A300" s="0" t="s">
-        <x:v>2656</x:v>
+        <x:v>2658</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2659</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s"/>
-      <x:c r="I300" s="0" t="s"/>
+      <x:c r="I300" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J300" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L300" s="0" t="s">
-        <x:v>2657</x:v>
+        <x:v>2661</x:v>
       </x:c>
       <x:c r="M300" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O300" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P300" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="Q300" s="0" t="s">
-        <x:v>2658</x:v>
+        <x:v>2663</x:v>
       </x:c>
       <x:c r="R300" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S300" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:19">
       <x:c r="A301" s="0" t="s">
-        <x:v>2659</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>2628</x:v>
-[...1 lines deleted...]
-      <x:c r="E301" s="0" t="s"/>
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="E301" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s"/>
       <x:c r="I301" s="0" t="s"/>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>2660</x:v>
+        <x:v>2665</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>2661</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="Q301" s="0" t="s">
-        <x:v>2662</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:19">
       <x:c r="A302" s="0" t="s">
-        <x:v>2663</x:v>
+        <x:v>2667</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>2664</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2636</x:v>
+      </x:c>
+      <x:c r="E302" s="0" t="s"/>
       <x:c r="F302" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s"/>
       <x:c r="I302" s="0" t="s"/>
       <x:c r="J302" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L302" s="0" t="s">
-        <x:v>2665</x:v>
+        <x:v>2668</x:v>
       </x:c>
       <x:c r="M302" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O302" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P302" s="0" t="s">
-        <x:v>2666</x:v>
+        <x:v>2669</x:v>
       </x:c>
       <x:c r="Q302" s="0" t="s">
-        <x:v>2667</x:v>
+        <x:v>2670</x:v>
       </x:c>
       <x:c r="R302" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S302" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:19">
       <x:c r="A303" s="0" t="s">
-        <x:v>2668</x:v>
+        <x:v>2671</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>2628</x:v>
+        <x:v>2672</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s"/>
       <x:c r="I303" s="0" t="s"/>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>2669</x:v>
+        <x:v>2673</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>2670</x:v>
+        <x:v>2674</x:v>
       </x:c>
       <x:c r="Q303" s="0" t="s">
-        <x:v>2671</x:v>
+        <x:v>2675</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:19">
       <x:c r="A304" s="0" t="s">
-        <x:v>2672</x:v>
+        <x:v>2676</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>2628</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s"/>
       <x:c r="I304" s="0" t="s"/>
       <x:c r="J304" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
-        <x:v>2588</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
-        <x:v>2673</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="M304" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O304" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P304" s="0" t="s">
-        <x:v>2674</x:v>
+        <x:v>2678</x:v>
       </x:c>
       <x:c r="Q304" s="0" t="s">
-        <x:v>2675</x:v>
+        <x:v>2679</x:v>
       </x:c>
       <x:c r="R304" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S304" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:19">
       <x:c r="A305" s="0" t="s">
-        <x:v>2676</x:v>
-[...1 lines deleted...]
-      <x:c r="B305" s="0" t="s"/>
+        <x:v>2680</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s">
+        <x:v>2582</x:v>
+      </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>2677</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>2628</x:v>
-[...3 lines deleted...]
-      <x:c r="G305" s="0" t="s"/>
+        <x:v>2636</x:v>
+      </x:c>
+      <x:c r="E305" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F305" s="0" t="s">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="G305" s="0" t="s">
+        <x:v>2586</x:v>
+      </x:c>
       <x:c r="H305" s="0" t="s"/>
       <x:c r="I305" s="0" t="s"/>
       <x:c r="J305" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2596</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>2678</x:v>
+        <x:v>2681</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>2679</x:v>
+        <x:v>2682</x:v>
       </x:c>
       <x:c r="Q305" s="0" t="s">
-        <x:v>2680</x:v>
+        <x:v>2683</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:19">
       <x:c r="A306" s="0" t="s">
-        <x:v>2681</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2684</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s"/>
       <x:c r="C306" s="0" t="s">
-        <x:v>2682</x:v>
+        <x:v>2685</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>2576</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>2636</x:v>
+      </x:c>
+      <x:c r="E306" s="0" t="s"/>
+      <x:c r="F306" s="0" t="s"/>
+      <x:c r="G306" s="0" t="s"/>
       <x:c r="H306" s="0" t="s"/>
       <x:c r="I306" s="0" t="s"/>
       <x:c r="J306" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L306" s="0" t="s">
-        <x:v>2683</x:v>
+        <x:v>2686</x:v>
       </x:c>
       <x:c r="M306" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O306" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P306" s="0" t="s">
-        <x:v>2684</x:v>
+        <x:v>2687</x:v>
       </x:c>
       <x:c r="Q306" s="0" t="s">
-        <x:v>2685</x:v>
+        <x:v>2688</x:v>
       </x:c>
       <x:c r="R306" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S306" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:19">
       <x:c r="A307" s="0" t="s">
-        <x:v>2686</x:v>
+        <x:v>2689</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>2687</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>2688</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s"/>
       <x:c r="I307" s="0" t="s"/>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>2689</x:v>
+        <x:v>2691</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>2690</x:v>
+        <x:v>2692</x:v>
       </x:c>
       <x:c r="Q307" s="0" t="s">
-        <x:v>2691</x:v>
+        <x:v>2693</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:19">
       <x:c r="A308" s="0" t="s">
-        <x:v>2692</x:v>
+        <x:v>2694</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>2693</x:v>
-[...1 lines deleted...]
-      <x:c r="D308" s="0" t="s"/>
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="D308" s="0" t="s">
+        <x:v>2695</x:v>
+      </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s"/>
       <x:c r="I308" s="0" t="s"/>
       <x:c r="J308" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
-        <x:v>2694</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="M308" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O308" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="P308" s="0" t="s">
-        <x:v>2695</x:v>
+        <x:v>2698</x:v>
       </x:c>
       <x:c r="Q308" s="0" t="s">
-        <x:v>2696</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="R308" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S308" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:19">
       <x:c r="A309" s="0" t="s">
-        <x:v>2697</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>2698</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>2699</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="D309" s="0" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>2700</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>2701</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s"/>
       <x:c r="I309" s="0" t="s"/>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
+        <x:v>2637</x:v>
+      </x:c>
+      <x:c r="L309" s="0" t="s">
         <x:v>2702</x:v>
       </x:c>
-      <x:c r="L309" s="0" t="s">
+      <x:c r="M309" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N309" s="0" t="s">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="O309" s="0" t="s">
+        <x:v>2639</x:v>
+      </x:c>
+      <x:c r="P309" s="0" t="s">
         <x:v>2703</x:v>
       </x:c>
-      <x:c r="M309" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N309" s="0" t="s">
+      <x:c r="Q309" s="0" t="s">
         <x:v>2704</x:v>
       </x:c>
-      <x:c r="O309" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="S309" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:19">
       <x:c r="A310" s="0" t="s">
+        <x:v>2705</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
+        <x:v>2706</x:v>
+      </x:c>
+      <x:c r="C310" s="0" t="s">
+        <x:v>2707</x:v>
+      </x:c>
+      <x:c r="D310" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E310" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F310" s="0" t="s">
+        <x:v>2708</x:v>
+      </x:c>
+      <x:c r="G310" s="0" t="s">
         <x:v>2709</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2713</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s"/>
       <x:c r="I310" s="0" t="s"/>
       <x:c r="J310" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
+        <x:v>2710</x:v>
+      </x:c>
+      <x:c r="L310" s="0" t="s">
+        <x:v>2711</x:v>
+      </x:c>
+      <x:c r="M310" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N310" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O310" s="0" t="s">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="P310" s="0" t="s">
         <x:v>2714</x:v>
       </x:c>
-      <x:c r="L310" s="0" t="s">
+      <x:c r="Q310" s="0" t="s">
         <x:v>2715</x:v>
       </x:c>
-      <x:c r="M310" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P310" s="0" t="s">
+      <x:c r="R310" s="0" t="s">
         <x:v>2716</x:v>
       </x:c>
-      <x:c r="Q310" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S310" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:19">
       <x:c r="A311" s="0" t="s">
+        <x:v>2717</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
         <x:v>2718</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2710</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>2719</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="E311" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F311" s="0" t="s">
         <x:v>2720</x:v>
       </x:c>
-      <x:c r="E311" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F311" s="0" t="s">
+      <x:c r="G311" s="0" t="s">
         <x:v>2721</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2713</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s"/>
       <x:c r="I311" s="0" t="s"/>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>2722</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>2723</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>2724</x:v>
       </x:c>
       <x:c r="Q311" s="0" t="s">
         <x:v>2725</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S311" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:19">
       <x:c r="A312" s="0" t="s">
         <x:v>2726</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
+        <x:v>2718</x:v>
+      </x:c>
+      <x:c r="C312" s="0" t="s">
         <x:v>2727</x:v>
       </x:c>
-      <x:c r="C312" s="0" t="s">
+      <x:c r="D312" s="0" t="s">
         <x:v>2728</x:v>
       </x:c>
-      <x:c r="D312" s="0" t="s">
+      <x:c r="E312" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F312" s="0" t="s">
         <x:v>2729</x:v>
       </x:c>
-      <x:c r="E312" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>2731</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2721</x:v>
+      </x:c>
+      <x:c r="H312" s="0" t="s"/>
       <x:c r="I312" s="0" t="s"/>
       <x:c r="J312" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
+        <x:v>2730</x:v>
+      </x:c>
+      <x:c r="L312" s="0" t="s">
+        <x:v>2731</x:v>
+      </x:c>
+      <x:c r="M312" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N312" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O312" s="0" t="s">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="P312" s="0" t="s">
+        <x:v>2732</x:v>
+      </x:c>
+      <x:c r="Q312" s="0" t="s">
         <x:v>2733</x:v>
       </x:c>
-      <x:c r="L312" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R312" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S312" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:19">
       <x:c r="A313" s="0" t="s">
+        <x:v>2734</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
+        <x:v>2735</x:v>
+      </x:c>
+      <x:c r="C313" s="0" t="s">
+        <x:v>2736</x:v>
+      </x:c>
+      <x:c r="D313" s="0" t="s">
         <x:v>2737</x:v>
       </x:c>
-      <x:c r="B313" s="0" t="s">
+      <x:c r="E313" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F313" s="0" t="s">
         <x:v>2738</x:v>
       </x:c>
-      <x:c r="C313" s="0" t="s">
+      <x:c r="G313" s="0" t="s">
         <x:v>2739</x:v>
       </x:c>
-      <x:c r="D313" s="0" t="s">
+      <x:c r="H313" s="0" t="s">
         <x:v>2740</x:v>
       </x:c>
-      <x:c r="E313" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="H313" s="0" t="s"/>
       <x:c r="I313" s="0" t="s"/>
       <x:c r="J313" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
+        <x:v>2741</x:v>
+      </x:c>
+      <x:c r="L313" s="0" t="s">
+        <x:v>2742</x:v>
+      </x:c>
+      <x:c r="M313" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N313" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O313" s="0" t="s">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="P313" s="0" t="s">
         <x:v>2743</x:v>
       </x:c>
-      <x:c r="L313" s="0" t="s">
+      <x:c r="Q313" s="0" t="s">
         <x:v>2744</x:v>
       </x:c>
-      <x:c r="M313" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S313" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:19">
       <x:c r="A314" s="0" t="s">
+        <x:v>2745</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
+        <x:v>2746</x:v>
+      </x:c>
+      <x:c r="C314" s="0" t="s">
         <x:v>2747</x:v>
       </x:c>
-      <x:c r="B314" s="0" t="s">
+      <x:c r="D314" s="0" t="s">
         <x:v>2748</x:v>
       </x:c>
-      <x:c r="C314" s="0" t="s">
+      <x:c r="E314" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F314" s="0" t="s">
         <x:v>2749</x:v>
       </x:c>
-      <x:c r="D314" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F314" s="0" t="s">
+      <x:c r="G314" s="0" t="s">
         <x:v>2750</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2751</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s"/>
       <x:c r="I314" s="0" t="s"/>
       <x:c r="J314" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
+        <x:v>2751</x:v>
+      </x:c>
+      <x:c r="L314" s="0" t="s">
         <x:v>2752</x:v>
       </x:c>
-      <x:c r="L314" s="0" t="s">
+      <x:c r="M314" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N314" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O314" s="0" t="s">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="P314" s="0" t="s">
         <x:v>2753</x:v>
       </x:c>
-      <x:c r="M314" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P314" s="0" t="s">
+      <x:c r="Q314" s="0" t="s">
         <x:v>2754</x:v>
       </x:c>
-      <x:c r="Q314" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R314" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S314" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:19">
       <x:c r="A315" s="0" t="s">
+        <x:v>2755</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
         <x:v>2756</x:v>
       </x:c>
-      <x:c r="B315" s="0" t="s">
+      <x:c r="C315" s="0" t="s">
         <x:v>2757</x:v>
       </x:c>
-      <x:c r="C315" s="0" t="s">
+      <x:c r="D315" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="E315" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F315" s="0" t="s">
         <x:v>2758</x:v>
       </x:c>
-      <x:c r="D315" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F315" s="0" t="s">
+      <x:c r="G315" s="0" t="s">
         <x:v>2759</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2760</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s"/>
       <x:c r="I315" s="0" t="s"/>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K315" s="0" t="s"/>
+      <x:c r="K315" s="0" t="s">
+        <x:v>2760</x:v>
+      </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>2761</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>2762</x:v>
       </x:c>
       <x:c r="Q315" s="0" t="s">
         <x:v>2763</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S315" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:19">
       <x:c r="A316" s="0" t="s">
         <x:v>2764</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>2765</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>2766</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>1509</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E316" s="0" t="s"/>
       <x:c r="F316" s="0" t="s">
         <x:v>2767</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>2768</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s"/>
       <x:c r="I316" s="0" t="s"/>
       <x:c r="J316" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K316" s="0" t="s">
+      <x:c r="K316" s="0" t="s"/>
+      <x:c r="L316" s="0" t="s">
         <x:v>2769</x:v>
       </x:c>
-      <x:c r="L316" s="0" t="s">
+      <x:c r="M316" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N316" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O316" s="0" t="s">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="P316" s="0" t="s">
         <x:v>2770</x:v>
       </x:c>
-      <x:c r="M316" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P316" s="0" t="s">
+      <x:c r="Q316" s="0" t="s">
         <x:v>2771</x:v>
       </x:c>
-      <x:c r="Q316" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R316" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S316" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:19">
       <x:c r="A317" s="0" t="s">
+        <x:v>2772</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
         <x:v>2773</x:v>
       </x:c>
-      <x:c r="B317" s="0" t="s">
+      <x:c r="C317" s="0" t="s">
         <x:v>2774</x:v>
       </x:c>
-      <x:c r="C317" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>2720</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>2775</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>2776</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s"/>
       <x:c r="I317" s="0" t="s"/>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>2777</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>2778</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>2779</x:v>
       </x:c>
       <x:c r="Q317" s="0" t="s">
         <x:v>2780</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S317" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:19">
       <x:c r="A318" s="0" t="s">
         <x:v>2781</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>2782</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
+        <x:v>2727</x:v>
+      </x:c>
+      <x:c r="D318" s="0" t="s">
+        <x:v>2728</x:v>
+      </x:c>
+      <x:c r="E318" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F318" s="0" t="s">
         <x:v>2783</x:v>
       </x:c>
-      <x:c r="D318" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>2768</x:v>
+        <x:v>2784</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s"/>
       <x:c r="I318" s="0" t="s"/>
       <x:c r="J318" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
-        <x:v>2784</x:v>
+        <x:v>2785</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
-        <x:v>2785</x:v>
+        <x:v>2786</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O318" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P318" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>2787</x:v>
       </x:c>
       <x:c r="Q318" s="0" t="s">
-        <x:v>2786</x:v>
+        <x:v>2788</x:v>
       </x:c>
       <x:c r="R318" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S318" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:19">
       <x:c r="A319" s="0" t="s">
-        <x:v>2787</x:v>
+        <x:v>2789</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>2788</x:v>
+        <x:v>2790</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>2766</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>2789</x:v>
+        <x:v>2775</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>2790</x:v>
+        <x:v>2776</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s"/>
       <x:c r="I319" s="0" t="s"/>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K319" s="0" t="s"/>
+      <x:c r="K319" s="0" t="s">
+        <x:v>2792</x:v>
+      </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>2791</x:v>
+        <x:v>2793</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>2792</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q319" s="0" t="s">
-        <x:v>2793</x:v>
+        <x:v>2794</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:19">
       <x:c r="A320" s="0" t="s">
-        <x:v>2794</x:v>
+        <x:v>2795</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>2795</x:v>
+        <x:v>2796</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>2758</x:v>
+        <x:v>2774</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>22</x:v>
-[...2 lines deleted...]
-      <x:c r="F320" s="0" t="s"/>
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="E320" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F320" s="0" t="s">
+        <x:v>2797</x:v>
+      </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>2796</x:v>
+        <x:v>2798</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s"/>
       <x:c r="I320" s="0" t="s"/>
       <x:c r="J320" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s"/>
       <x:c r="L320" s="0" t="s">
-        <x:v>2797</x:v>
+        <x:v>2799</x:v>
       </x:c>
       <x:c r="M320" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O320" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P320" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2800</x:v>
       </x:c>
       <x:c r="Q320" s="0" t="s">
-        <x:v>2798</x:v>
+        <x:v>2801</x:v>
       </x:c>
       <x:c r="R320" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S320" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:19">
       <x:c r="A321" s="0" t="s">
-        <x:v>2799</x:v>
+        <x:v>2802</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>2698</x:v>
+        <x:v>2803</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>2699</x:v>
+        <x:v>2766</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="E321" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E321" s="0" t="s"/>
+      <x:c r="F321" s="0" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>2701</x:v>
+        <x:v>2804</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s"/>
       <x:c r="I321" s="0" t="s"/>
       <x:c r="J321" s="0" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K321" s="0" t="s"/>
       <x:c r="L321" s="0" t="s">
-        <x:v>2801</x:v>
+        <x:v>2805</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>2802</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="Q321" s="0" t="s">
-        <x:v>2803</x:v>
+        <x:v>2806</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S321" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:19">
       <x:c r="A322" s="0" t="s">
-        <x:v>2804</x:v>
+        <x:v>2807</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>2805</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>2806</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>2807</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
-        <x:v>2808</x:v>
+        <x:v>2708</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>2809</x:v>
+        <x:v>2709</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s"/>
       <x:c r="I322" s="0" t="s"/>
       <x:c r="J322" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
+        <x:v>2808</x:v>
+      </x:c>
+      <x:c r="L322" s="0" t="s">
+        <x:v>2809</x:v>
+      </x:c>
+      <x:c r="M322" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N322" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O322" s="0" t="s">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="P322" s="0" t="s">
         <x:v>2810</x:v>
       </x:c>
-      <x:c r="L322" s="0" t="s">
+      <x:c r="Q322" s="0" t="s">
         <x:v>2811</x:v>
       </x:c>
-      <x:c r="M322" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R322" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S322" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:19">
       <x:c r="A323" s="0" t="s">
+        <x:v>2812</x:v>
+      </x:c>
+      <x:c r="B323" s="0" t="s">
+        <x:v>2813</x:v>
+      </x:c>
+      <x:c r="C323" s="0" t="s">
         <x:v>2814</x:v>
       </x:c>
-      <x:c r="B323" s="0" t="s">
+      <x:c r="D323" s="0" t="s">
         <x:v>2815</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>2816</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>2817</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s"/>
       <x:c r="I323" s="0" t="s"/>
       <x:c r="J323" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>2818</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>2819</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>2820</x:v>
       </x:c>
       <x:c r="Q323" s="0" t="s">
         <x:v>2821</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:19">
       <x:c r="A324" s="0" t="s">
         <x:v>2822</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>2823</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>2749</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>2750</x:v>
+        <x:v>2824</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>2751</x:v>
+        <x:v>2825</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s"/>
       <x:c r="I324" s="0" t="s"/>
       <x:c r="J324" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
-        <x:v>2824</x:v>
+        <x:v>2826</x:v>
       </x:c>
       <x:c r="L324" s="0" t="s">
-        <x:v>2825</x:v>
+        <x:v>2827</x:v>
       </x:c>
       <x:c r="M324" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O324" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P324" s="0" t="s">
-        <x:v>2826</x:v>
+        <x:v>2828</x:v>
       </x:c>
       <x:c r="Q324" s="0" t="s">
-        <x:v>2827</x:v>
+        <x:v>2829</x:v>
       </x:c>
       <x:c r="R324" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S324" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:19">
       <x:c r="A325" s="0" t="s">
-        <x:v>2828</x:v>
+        <x:v>2830</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
+        <x:v>2831</x:v>
+      </x:c>
+      <x:c r="C325" s="0" t="s">
         <x:v>2757</x:v>
       </x:c>
-      <x:c r="C325" s="0" t="s">
+      <x:c r="D325" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="E325" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F325" s="0" t="s">
         <x:v>2758</x:v>
       </x:c>
-      <x:c r="D325" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F325" s="0" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>2760</x:v>
+        <x:v>2759</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s"/>
       <x:c r="I325" s="0" t="s"/>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K325" s="0" t="s"/>
+      <x:c r="K325" s="0" t="s">
+        <x:v>2832</x:v>
+      </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>2829</x:v>
+        <x:v>2833</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>2830</x:v>
+        <x:v>2834</x:v>
       </x:c>
       <x:c r="Q325" s="0" t="s">
-        <x:v>2831</x:v>
+        <x:v>2835</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S325" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:19">
       <x:c r="A326" s="0" t="s">
-        <x:v>2832</x:v>
+        <x:v>2836</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>2833</x:v>
+        <x:v>2765</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>2806</x:v>
+        <x:v>2766</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>2807</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E326" s="0" t="s"/>
+      <x:c r="F326" s="0" t="s"/>
       <x:c r="G326" s="0" t="s">
-        <x:v>2835</x:v>
+        <x:v>2768</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s"/>
       <x:c r="I326" s="0" t="s"/>
       <x:c r="J326" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K326" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K326" s="0" t="s"/>
       <x:c r="L326" s="0" t="s">
         <x:v>2837</x:v>
       </x:c>
       <x:c r="M326" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O326" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="P326" s="0" t="s">
         <x:v>2838</x:v>
       </x:c>
       <x:c r="Q326" s="0" t="s">
         <x:v>2839</x:v>
       </x:c>
       <x:c r="R326" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S326" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:19">
       <x:c r="A327" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>2840</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>2840</x:v>
+        <x:v>2841</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>2841</x:v>
+        <x:v>2814</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>2815</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>2842</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>2843</x:v>
       </x:c>
-      <x:c r="H327" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H327" s="0" t="s"/>
       <x:c r="I327" s="0" t="s"/>
       <x:c r="J327" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
+        <x:v>2844</x:v>
+      </x:c>
+      <x:c r="L327" s="0" t="s">
         <x:v>2845</x:v>
       </x:c>
-      <x:c r="L327" s="0" t="s">
+      <x:c r="M327" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N327" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O327" s="0" t="s">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="P327" s="0" t="s">
         <x:v>2846</x:v>
       </x:c>
-      <x:c r="M327" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O327" s="0" t="s">
+      <x:c r="Q327" s="0" t="s">
         <x:v>2847</x:v>
       </x:c>
-      <x:c r="P327" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="S327" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:19">
       <x:c r="A328" s="0" t="s">
+        <x:v>1681</x:v>
+      </x:c>
+      <x:c r="B328" s="0" t="s">
+        <x:v>2848</x:v>
+      </x:c>
+      <x:c r="C328" s="0" t="s">
+        <x:v>2849</x:v>
+      </x:c>
+      <x:c r="D328" s="0" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E328" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F328" s="0" t="s">
+        <x:v>2850</x:v>
+      </x:c>
+      <x:c r="G328" s="0" t="s">
         <x:v>2851</x:v>
       </x:c>
-      <x:c r="B328" s="0" t="s">
+      <x:c r="H328" s="0" t="s">
         <x:v>2852</x:v>
       </x:c>
-      <x:c r="C328" s="0" t="s">
+      <x:c r="I328" s="0" t="s"/>
+      <x:c r="J328" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K328" s="0" t="s">
         <x:v>2853</x:v>
       </x:c>
-      <x:c r="D328" s="0" t="s"/>
-[...3 lines deleted...]
-      <x:c r="F328" s="0" t="s">
+      <x:c r="L328" s="0" t="s">
         <x:v>2854</x:v>
       </x:c>
-      <x:c r="G328" s="0" t="s">
+      <x:c r="M328" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N328" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O328" s="0" t="s">
         <x:v>2855</x:v>
       </x:c>
-      <x:c r="H328" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="K328" s="0" t="s">
+      <x:c r="P328" s="0" t="s">
         <x:v>2856</x:v>
       </x:c>
-      <x:c r="L328" s="0" t="s">
+      <x:c r="Q328" s="0" t="s">
         <x:v>2857</x:v>
       </x:c>
-      <x:c r="M328" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P328" s="0" t="s">
+      <x:c r="R328" s="0" t="s">
         <x:v>2858</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2850</x:v>
       </x:c>
       <x:c r="S328" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:19">
       <x:c r="A329" s="0" t="s">
+        <x:v>2859</x:v>
+      </x:c>
+      <x:c r="B329" s="0" t="s">
         <x:v>2860</x:v>
       </x:c>
-      <x:c r="B329" s="0" t="s">
+      <x:c r="C329" s="0" t="s">
         <x:v>2861</x:v>
       </x:c>
-      <x:c r="C329" s="0" t="s">
+      <x:c r="D329" s="0" t="s"/>
+      <x:c r="E329" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F329" s="0" t="s">
         <x:v>2862</x:v>
       </x:c>
-      <x:c r="D329" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F329" s="0" t="s">
+      <x:c r="G329" s="0" t="s">
         <x:v>2863</x:v>
       </x:c>
-      <x:c r="G329" s="0" t="s">
+      <x:c r="H329" s="0" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="I329" s="0" t="s"/>
+      <x:c r="J329" s="0" t="s"/>
+      <x:c r="K329" s="0" t="s">
         <x:v>2864</x:v>
       </x:c>
-      <x:c r="H329" s="0" t="s"/>
-[...4 lines deleted...]
-      <x:c r="K329" s="0" t="s"/>
       <x:c r="L329" s="0" t="s">
         <x:v>2865</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>2847</x:v>
+        <x:v>2855</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>2866</x:v>
       </x:c>
       <x:c r="Q329" s="0" t="s">
         <x:v>2867</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:19">
       <x:c r="A330" s="0" t="s">
         <x:v>2868</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>2869</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>2870</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E330" s="0" t="s"/>
+      <x:c r="F330" s="0" t="s">
         <x:v>2871</x:v>
       </x:c>
-      <x:c r="E330" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F330" s="0" t="s">
+      <x:c r="G330" s="0" t="s">
         <x:v>2872</x:v>
       </x:c>
-      <x:c r="G330" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="H330" s="0" t="s"/>
       <x:c r="I330" s="0" t="s"/>
       <x:c r="J330" s="0" t="s">
-        <x:v>751</x:v>
-[...1 lines deleted...]
-      <x:c r="K330" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K330" s="0" t="s"/>
+      <x:c r="L330" s="0" t="s">
+        <x:v>2873</x:v>
+      </x:c>
+      <x:c r="M330" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N330" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O330" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P330" s="0" t="s">
+        <x:v>2874</x:v>
+      </x:c>
+      <x:c r="Q330" s="0" t="s">
         <x:v>2875</x:v>
       </x:c>
-      <x:c r="L330" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R330" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S330" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:19">
       <x:c r="A331" s="0" t="s">
+        <x:v>2876</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
+        <x:v>2877</x:v>
+      </x:c>
+      <x:c r="C331" s="0" t="s">
+        <x:v>2878</x:v>
+      </x:c>
+      <x:c r="D331" s="0" t="s">
         <x:v>2879</x:v>
       </x:c>
-      <x:c r="B331" s="0" t="s">
+      <x:c r="E331" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F331" s="0" t="s">
         <x:v>2880</x:v>
       </x:c>
-      <x:c r="C331" s="0" t="s">
+      <x:c r="G331" s="0" t="s">
         <x:v>2881</x:v>
       </x:c>
-      <x:c r="D331" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F331" s="0" t="s">
+      <x:c r="H331" s="0" t="s">
         <x:v>2882</x:v>
       </x:c>
-      <x:c r="G331" s="0" t="s">
+      <x:c r="I331" s="0" t="s"/>
+      <x:c r="J331" s="0" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="K331" s="0" t="s">
         <x:v>2883</x:v>
       </x:c>
-      <x:c r="H331" s="0" t="s">
+      <x:c r="L331" s="0" t="s">
         <x:v>2884</x:v>
       </x:c>
-      <x:c r="I331" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="K331" s="0" t="s">
+      <x:c r="M331" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N331" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O331" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P331" s="0" t="s">
         <x:v>2885</x:v>
       </x:c>
-      <x:c r="L331" s="0" t="s">
+      <x:c r="Q331" s="0" t="s">
         <x:v>2886</x:v>
       </x:c>
-      <x:c r="M331" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:19">
       <x:c r="A332" s="0" t="s">
+        <x:v>2887</x:v>
+      </x:c>
+      <x:c r="B332" s="0" t="s">
         <x:v>2888</x:v>
       </x:c>
-      <x:c r="B332" s="0" t="s">
+      <x:c r="C332" s="0" t="s">
         <x:v>2889</x:v>
       </x:c>
-      <x:c r="C332" s="0" t="s">
+      <x:c r="D332" s="0" t="s">
+        <x:v>2737</x:v>
+      </x:c>
+      <x:c r="E332" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F332" s="0" t="s">
         <x:v>2890</x:v>
       </x:c>
-      <x:c r="D332" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F332" s="0" t="s">
+      <x:c r="G332" s="0" t="s">
         <x:v>2891</x:v>
       </x:c>
-      <x:c r="G332" s="0" t="s">
+      <x:c r="H332" s="0" t="s">
         <x:v>2892</x:v>
       </x:c>
-      <x:c r="H332" s="0" t="s">
+      <x:c r="I332" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J332" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K332" s="0" t="s">
         <x:v>2893</x:v>
       </x:c>
-      <x:c r="I332" s="0" t="s"/>
-[...3 lines deleted...]
-      <x:c r="K332" s="0" t="s">
+      <x:c r="L332" s="0" t="s">
         <x:v>2894</x:v>
       </x:c>
-      <x:c r="L332" s="0" t="s">
+      <x:c r="M332" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N332" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O332" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P332" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="Q332" s="0" t="s">
         <x:v>2895</x:v>
       </x:c>
-      <x:c r="M332" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R332" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S332" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:19">
       <x:c r="A333" s="0" t="s">
+        <x:v>2896</x:v>
+      </x:c>
+      <x:c r="B333" s="0" t="s">
+        <x:v>2897</x:v>
+      </x:c>
+      <x:c r="C333" s="0" t="s">
         <x:v>2898</x:v>
       </x:c>
-      <x:c r="B333" s="0" t="s">
+      <x:c r="D333" s="0" t="s">
+        <x:v>1737</x:v>
+      </x:c>
+      <x:c r="E333" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F333" s="0" t="s">
         <x:v>2899</x:v>
       </x:c>
-      <x:c r="C333" s="0" t="s">
+      <x:c r="G333" s="0" t="s">
         <x:v>2900</x:v>
       </x:c>
-      <x:c r="D333" s="0" t="s">
+      <x:c r="H333" s="0" t="s">
         <x:v>2901</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2893</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s"/>
       <x:c r="J333" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
+        <x:v>2902</x:v>
+      </x:c>
+      <x:c r="L333" s="0" t="s">
+        <x:v>2903</x:v>
+      </x:c>
+      <x:c r="M333" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N333" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O333" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P333" s="0" t="s">
         <x:v>2904</x:v>
       </x:c>
-      <x:c r="L333" s="0" t="s">
+      <x:c r="Q333" s="0" t="s">
         <x:v>2905</x:v>
       </x:c>
-      <x:c r="M333" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S333" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:19">
       <x:c r="A334" s="0" t="s">
+        <x:v>2906</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
+        <x:v>2907</x:v>
+      </x:c>
+      <x:c r="C334" s="0" t="s">
         <x:v>2908</x:v>
       </x:c>
-      <x:c r="B334" s="0" t="s">
+      <x:c r="D334" s="0" t="s">
         <x:v>2909</x:v>
       </x:c>
-      <x:c r="C334" s="0" t="s">
+      <x:c r="E334" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F334" s="0" t="s">
         <x:v>2910</x:v>
       </x:c>
-      <x:c r="D334" s="0" t="s">
+      <x:c r="G334" s="0" t="s">
         <x:v>2911</x:v>
       </x:c>
-      <x:c r="E334" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H334" s="0" t="s">
-        <x:v>2893</x:v>
+        <x:v>2901</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s"/>
       <x:c r="J334" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
+        <x:v>2912</x:v>
+      </x:c>
+      <x:c r="L334" s="0" t="s">
+        <x:v>2913</x:v>
+      </x:c>
+      <x:c r="M334" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N334" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O334" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P334" s="0" t="s">
         <x:v>2914</x:v>
       </x:c>
-      <x:c r="L334" s="0" t="s">
+      <x:c r="Q334" s="0" t="s">
         <x:v>2915</x:v>
       </x:c>
-      <x:c r="M334" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R334" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S334" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:19">
       <x:c r="A335" s="0" t="s">
+        <x:v>2916</x:v>
+      </x:c>
+      <x:c r="B335" s="0" t="s">
+        <x:v>2917</x:v>
+      </x:c>
+      <x:c r="C335" s="0" t="s">
         <x:v>2918</x:v>
       </x:c>
-      <x:c r="B335" s="0" t="s">
+      <x:c r="D335" s="0" t="s">
         <x:v>2919</x:v>
       </x:c>
-      <x:c r="C335" s="0" t="s">
+      <x:c r="E335" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F335" s="0" t="s">
         <x:v>2920</x:v>
       </x:c>
-      <x:c r="D335" s="0" t="s">
+      <x:c r="G335" s="0" t="s">
         <x:v>2921</x:v>
       </x:c>
-      <x:c r="E335" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>2893</x:v>
+        <x:v>2901</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s"/>
       <x:c r="J335" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
+        <x:v>2922</x:v>
+      </x:c>
+      <x:c r="L335" s="0" t="s">
+        <x:v>2923</x:v>
+      </x:c>
+      <x:c r="M335" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N335" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O335" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P335" s="0" t="s">
         <x:v>2924</x:v>
       </x:c>
-      <x:c r="L335" s="0" t="s">
+      <x:c r="Q335" s="0" t="s">
         <x:v>2925</x:v>
       </x:c>
-      <x:c r="M335" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:19">
       <x:c r="A336" s="0" t="s">
+        <x:v>2926</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
+        <x:v>2927</x:v>
+      </x:c>
+      <x:c r="C336" s="0" t="s">
         <x:v>2928</x:v>
       </x:c>
-      <x:c r="B336" s="0" t="s">
+      <x:c r="D336" s="0" t="s">
         <x:v>2929</x:v>
       </x:c>
-      <x:c r="C336" s="0" t="s">
+      <x:c r="E336" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F336" s="0" t="s">
         <x:v>2930</x:v>
       </x:c>
-      <x:c r="D336" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F336" s="0" t="s">
+      <x:c r="G336" s="0" t="s">
         <x:v>2931</x:v>
       </x:c>
-      <x:c r="G336" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H336" s="0" t="s">
-        <x:v>2893</x:v>
+        <x:v>2901</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s"/>
       <x:c r="J336" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
+        <x:v>2932</x:v>
+      </x:c>
+      <x:c r="L336" s="0" t="s">
         <x:v>2933</x:v>
       </x:c>
-      <x:c r="L336" s="0" t="s">
+      <x:c r="M336" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N336" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O336" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P336" s="0" t="s">
         <x:v>2934</x:v>
       </x:c>
-      <x:c r="M336" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P336" s="0" t="s">
+      <x:c r="Q336" s="0" t="s">
         <x:v>2935</x:v>
       </x:c>
-      <x:c r="Q336" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R336" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S336" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:19">
       <x:c r="A337" s="0" t="s">
+        <x:v>2936</x:v>
+      </x:c>
+      <x:c r="B337" s="0" t="s">
         <x:v>2937</x:v>
       </x:c>
-      <x:c r="B337" s="0" t="s">
+      <x:c r="C337" s="0" t="s">
         <x:v>2938</x:v>
       </x:c>
-      <x:c r="C337" s="0" t="s">
+      <x:c r="D337" s="0" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E337" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F337" s="0" t="s">
         <x:v>2939</x:v>
       </x:c>
-      <x:c r="D337" s="0" t="s">
+      <x:c r="G337" s="0" t="s">
         <x:v>2940</x:v>
       </x:c>
-      <x:c r="E337" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F337" s="0" t="s">
+      <x:c r="H337" s="0" t="s">
+        <x:v>2901</x:v>
+      </x:c>
+      <x:c r="I337" s="0" t="s"/>
+      <x:c r="J337" s="0" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="K337" s="0" t="s">
         <x:v>2941</x:v>
       </x:c>
-      <x:c r="G337" s="0" t="s">
+      <x:c r="L337" s="0" t="s">
         <x:v>2942</x:v>
       </x:c>
-      <x:c r="H337" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="K337" s="0" t="s">
+      <x:c r="M337" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N337" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O337" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P337" s="0" t="s">
         <x:v>2943</x:v>
       </x:c>
-      <x:c r="L337" s="0" t="s">
+      <x:c r="Q337" s="0" t="s">
         <x:v>2944</x:v>
       </x:c>
-      <x:c r="M337" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:19">
       <x:c r="A338" s="0" t="s">
+        <x:v>2945</x:v>
+      </x:c>
+      <x:c r="B338" s="0" t="s">
+        <x:v>2946</x:v>
+      </x:c>
+      <x:c r="C338" s="0" t="s">
         <x:v>2947</x:v>
       </x:c>
-      <x:c r="B338" s="0" t="s">
+      <x:c r="D338" s="0" t="s">
         <x:v>2948</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>661</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>2949</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>2950</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
+        <x:v>2901</x:v>
+      </x:c>
+      <x:c r="I338" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J338" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K338" s="0" t="s">
         <x:v>2951</x:v>
       </x:c>
-      <x:c r="I338" s="0" t="s"/>
-[...3 lines deleted...]
-      <x:c r="K338" s="0" t="s">
+      <x:c r="L338" s="0" t="s">
         <x:v>2952</x:v>
       </x:c>
-      <x:c r="L338" s="0" t="s">
+      <x:c r="M338" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N338" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O338" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P338" s="0" t="s">
         <x:v>2953</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
       <x:c r="Q338" s="0" t="s">
         <x:v>2954</x:v>
       </x:c>
       <x:c r="R338" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S338" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:19">
       <x:c r="A339" s="0" t="s">
         <x:v>2955</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>2956</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
+        <x:v>2849</x:v>
+      </x:c>
+      <x:c r="D339" s="0" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E339" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F339" s="0" t="s">
         <x:v>2957</x:v>
       </x:c>
-      <x:c r="D339" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F339" s="0" t="s">
+      <x:c r="G339" s="0" t="s">
         <x:v>2958</x:v>
       </x:c>
-      <x:c r="G339" s="0" t="s">
+      <x:c r="H339" s="0" t="s">
         <x:v>2959</x:v>
       </x:c>
-      <x:c r="H339" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="I339" s="0" t="s"/>
       <x:c r="J339" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>2960</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>2961</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>2847</x:v>
+        <x:v>2855</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="Q339" s="0" t="s">
         <x:v>2962</x:v>
       </x:c>
-      <x:c r="Q339" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:19">
       <x:c r="A340" s="0" t="s">
+        <x:v>2963</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
         <x:v>2964</x:v>
       </x:c>
-      <x:c r="B340" s="0" t="s">
+      <x:c r="C340" s="0" t="s">
         <x:v>2965</x:v>
       </x:c>
-      <x:c r="C340" s="0" t="s">
+      <x:c r="D340" s="0" t="s">
+        <x:v>2919</x:v>
+      </x:c>
+      <x:c r="E340" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F340" s="0" t="s">
         <x:v>2966</x:v>
       </x:c>
-      <x:c r="D340" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F340" s="0" t="s">
+      <x:c r="G340" s="0" t="s">
         <x:v>2967</x:v>
       </x:c>
-      <x:c r="G340" s="0" t="s">
+      <x:c r="H340" s="0" t="s">
+        <x:v>2901</x:v>
+      </x:c>
+      <x:c r="I340" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J340" s="0" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="K340" s="0" t="s">
         <x:v>2968</x:v>
       </x:c>
-      <x:c r="H340" s="0" t="s">
+      <x:c r="L340" s="0" t="s">
         <x:v>2969</x:v>
       </x:c>
-      <x:c r="I340" s="0" t="s"/>
-[...3 lines deleted...]
-      <x:c r="K340" s="0" t="s">
+      <x:c r="M340" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N340" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O340" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P340" s="0" t="s">
         <x:v>2970</x:v>
       </x:c>
-      <x:c r="L340" s="0" t="s">
+      <x:c r="Q340" s="0" t="s">
         <x:v>2971</x:v>
       </x:c>
-      <x:c r="M340" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R340" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S340" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:19">
       <x:c r="A341" s="0" t="s">
+        <x:v>2972</x:v>
+      </x:c>
+      <x:c r="B341" s="0" t="s">
+        <x:v>2973</x:v>
+      </x:c>
+      <x:c r="C341" s="0" t="s">
         <x:v>2974</x:v>
       </x:c>
-      <x:c r="B341" s="0" t="s">
+      <x:c r="D341" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E341" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F341" s="0" t="s">
         <x:v>2975</x:v>
       </x:c>
-      <x:c r="C341" s="0" t="s">
+      <x:c r="G341" s="0" t="s">
         <x:v>2976</x:v>
       </x:c>
-      <x:c r="D341" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F341" s="0" t="s">
+      <x:c r="H341" s="0" t="s">
         <x:v>2977</x:v>
       </x:c>
-      <x:c r="G341" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H341" s="0" t="s"/>
       <x:c r="I341" s="0" t="s"/>
       <x:c r="J341" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="L341" s="0" t="s">
         <x:v>2979</x:v>
       </x:c>
-      <x:c r="L341" s="0" t="s">
+      <x:c r="M341" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N341" s="0" t="s">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="O341" s="0" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="P341" s="0" t="s">
         <x:v>2980</x:v>
       </x:c>
-      <x:c r="M341" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N341" s="0" t="s">
+      <x:c r="Q341" s="0" t="s">
         <x:v>2981</x:v>
       </x:c>
-      <x:c r="O341" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="S341" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:19">
       <x:c r="A342" s="0" t="s">
+        <x:v>2982</x:v>
+      </x:c>
+      <x:c r="B342" s="0" t="s">
+        <x:v>2983</x:v>
+      </x:c>
+      <x:c r="C342" s="0" t="s">
+        <x:v>2984</x:v>
+      </x:c>
+      <x:c r="D342" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E342" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F342" s="0" t="s">
+        <x:v>2985</x:v>
+      </x:c>
+      <x:c r="G342" s="0" t="s">
         <x:v>2986</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2990</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s"/>
       <x:c r="I342" s="0" t="s"/>
       <x:c r="J342" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
+        <x:v>2987</x:v>
+      </x:c>
+      <x:c r="L342" s="0" t="s">
+        <x:v>2988</x:v>
+      </x:c>
+      <x:c r="M342" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N342" s="0" t="s">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="O342" s="0" t="s">
+        <x:v>2990</x:v>
+      </x:c>
+      <x:c r="P342" s="0" t="s">
         <x:v>2991</x:v>
       </x:c>
-      <x:c r="L342" s="0" t="s">
+      <x:c r="Q342" s="0" t="s">
         <x:v>2992</x:v>
       </x:c>
-      <x:c r="M342" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P342" s="0" t="s">
+      <x:c r="R342" s="0" t="s">
         <x:v>2993</x:v>
       </x:c>
-      <x:c r="Q342" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S342" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:19">
       <x:c r="A343" s="0" t="s">
+        <x:v>2994</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
         <x:v>2995</x:v>
       </x:c>
-      <x:c r="B343" s="0" t="s">
+      <x:c r="C343" s="0" t="s">
         <x:v>2996</x:v>
       </x:c>
-      <x:c r="C343" s="0" t="s">
+      <x:c r="D343" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E343" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F343" s="0" t="s">
         <x:v>2997</x:v>
       </x:c>
-      <x:c r="D343" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F343" s="0" t="s">
+      <x:c r="G343" s="0" t="s">
         <x:v>2998</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2999</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s"/>
       <x:c r="I343" s="0" t="s"/>
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
+        <x:v>2999</x:v>
+      </x:c>
+      <x:c r="L343" s="0" t="s">
         <x:v>3000</x:v>
       </x:c>
-      <x:c r="L343" s="0" t="s">
+      <x:c r="M343" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N343" s="0" t="s">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="O343" s="0" t="s">
+        <x:v>2990</x:v>
+      </x:c>
+      <x:c r="P343" s="0" t="s">
         <x:v>3001</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2940</x:v>
       </x:c>
       <x:c r="Q343" s="0" t="s">
         <x:v>3002</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S343" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:19">
       <x:c r="A344" s="0" t="s">
         <x:v>3003</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>3004</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>3005</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>2977</x:v>
+        <x:v>3006</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>3006</x:v>
+        <x:v>3007</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s"/>
       <x:c r="I344" s="0" t="s"/>
       <x:c r="J344" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
-        <x:v>3007</x:v>
+        <x:v>3008</x:v>
       </x:c>
       <x:c r="L344" s="0" t="s">
-        <x:v>3008</x:v>
+        <x:v>3009</x:v>
       </x:c>
       <x:c r="M344" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O344" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="P344" s="0" t="s">
-        <x:v>3009</x:v>
+        <x:v>2948</x:v>
       </x:c>
       <x:c r="Q344" s="0" t="s">
         <x:v>3010</x:v>
       </x:c>
       <x:c r="R344" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S344" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:19">
       <x:c r="A345" s="0" t="s">
         <x:v>3011</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>3012</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>3013</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
+        <x:v>2985</x:v>
+      </x:c>
+      <x:c r="G345" s="0" t="s">
         <x:v>3014</x:v>
       </x:c>
-      <x:c r="G345" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H345" s="0" t="s"/>
-      <x:c r="I345" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I345" s="0" t="s"/>
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
+        <x:v>3015</x:v>
+      </x:c>
+      <x:c r="L345" s="0" t="s">
         <x:v>3016</x:v>
       </x:c>
-      <x:c r="L345" s="0" t="s">
+      <x:c r="M345" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N345" s="0" t="s">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="O345" s="0" t="s">
+        <x:v>2990</x:v>
+      </x:c>
+      <x:c r="P345" s="0" t="s">
         <x:v>3017</x:v>
       </x:c>
-      <x:c r="M345" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P345" s="0" t="s">
+      <x:c r="Q345" s="0" t="s">
         <x:v>3018</x:v>
       </x:c>
-      <x:c r="Q345" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S345" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:19">
       <x:c r="A346" s="0" t="s">
+        <x:v>3019</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
         <x:v>3020</x:v>
       </x:c>
-      <x:c r="B346" s="0" t="s">
+      <x:c r="C346" s="0" t="s">
         <x:v>3021</x:v>
       </x:c>
-      <x:c r="C346" s="0" t="s">
+      <x:c r="D346" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E346" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F346" s="0" t="s">
         <x:v>3022</x:v>
       </x:c>
-      <x:c r="D346" s="0" t="s">
+      <x:c r="G346" s="0" t="s">
         <x:v>3023</x:v>
       </x:c>
-      <x:c r="E346" s="0" t="s">
-[...5 lines deleted...]
-      </x:c>
       <x:c r="H346" s="0" t="s"/>
-      <x:c r="I346" s="0" t="s"/>
+      <x:c r="I346" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K346" s="0" t="s"/>
+      <x:c r="K346" s="0" t="s">
+        <x:v>3024</x:v>
+      </x:c>
       <x:c r="L346" s="0" t="s">
         <x:v>3025</x:v>
       </x:c>
       <x:c r="M346" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O346" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="P346" s="0" t="s">
         <x:v>3026</x:v>
       </x:c>
       <x:c r="Q346" s="0" t="s">
         <x:v>3027</x:v>
       </x:c>
       <x:c r="R346" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S346" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:19">
       <x:c r="A347" s="0" t="s">
         <x:v>3028</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>3029</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>3030</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="E347" s="0" t="s"/>
+        <x:v>3031</x:v>
+      </x:c>
+      <x:c r="E347" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F347" s="0" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>3031</x:v>
+        <x:v>3032</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s"/>
       <x:c r="I347" s="0" t="s"/>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s"/>
       <x:c r="L347" s="0" t="s">
-        <x:v>3032</x:v>
+        <x:v>3033</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>3034</x:v>
       </x:c>
       <x:c r="Q347" s="0" t="s">
-        <x:v>3033</x:v>
+        <x:v>3035</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S347" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:19">
       <x:c r="A348" s="0" t="s">
-        <x:v>3034</x:v>
+        <x:v>3036</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>3035</x:v>
+        <x:v>3037</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>3036</x:v>
+        <x:v>3038</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>210</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E348" s="0" t="s"/>
+      <x:c r="F348" s="0" t="s"/>
       <x:c r="G348" s="0" t="s">
-        <x:v>3038</x:v>
+        <x:v>3039</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s"/>
       <x:c r="I348" s="0" t="s"/>
       <x:c r="J348" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K348" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K348" s="0" t="s"/>
       <x:c r="L348" s="0" t="s">
         <x:v>3040</x:v>
       </x:c>
       <x:c r="M348" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O348" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="P348" s="0" t="s">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="Q348" s="0" t="s">
         <x:v>3041</x:v>
       </x:c>
-      <x:c r="Q348" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R348" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S348" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:19">
       <x:c r="A349" s="0" t="s">
+        <x:v>3042</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
         <x:v>3043</x:v>
       </x:c>
-      <x:c r="B349" s="0" t="s">
+      <x:c r="C349" s="0" t="s">
         <x:v>3044</x:v>
       </x:c>
-      <x:c r="C349" s="0" t="s">
+      <x:c r="D349" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E349" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F349" s="0" t="s">
         <x:v>3045</x:v>
       </x:c>
-      <x:c r="D349" s="0" t="s">
+      <x:c r="G349" s="0" t="s">
         <x:v>3046</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3048</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s"/>
       <x:c r="I349" s="0" t="s"/>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
+        <x:v>3047</x:v>
+      </x:c>
+      <x:c r="L349" s="0" t="s">
+        <x:v>3048</x:v>
+      </x:c>
+      <x:c r="M349" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N349" s="0" t="s">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="O349" s="0" t="s">
+        <x:v>2990</x:v>
+      </x:c>
+      <x:c r="P349" s="0" t="s">
         <x:v>3049</x:v>
       </x:c>
-      <x:c r="L349" s="0" t="s">
+      <x:c r="Q349" s="0" t="s">
         <x:v>3050</x:v>
       </x:c>
-      <x:c r="M349" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S349" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:19">
       <x:c r="A350" s="0" t="s">
+        <x:v>3051</x:v>
+      </x:c>
+      <x:c r="B350" s="0" t="s">
+        <x:v>3052</x:v>
+      </x:c>
+      <x:c r="C350" s="0" t="s">
         <x:v>3053</x:v>
       </x:c>
-      <x:c r="B350" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C350" s="0" t="s">
+      <x:c r="D350" s="0" t="s">
         <x:v>3054</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>3055</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>3006</x:v>
+        <x:v>3056</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s"/>
       <x:c r="I350" s="0" t="s"/>
       <x:c r="J350" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
-        <x:v>3056</x:v>
+        <x:v>3057</x:v>
       </x:c>
       <x:c r="L350" s="0" t="s">
-        <x:v>3057</x:v>
+        <x:v>3058</x:v>
       </x:c>
       <x:c r="M350" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O350" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="P350" s="0" t="s">
-        <x:v>3058</x:v>
+        <x:v>3059</x:v>
       </x:c>
       <x:c r="Q350" s="0" t="s">
-        <x:v>3059</x:v>
+        <x:v>3060</x:v>
       </x:c>
       <x:c r="R350" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S350" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:19">
       <x:c r="A351" s="0" t="s">
-        <x:v>3060</x:v>
+        <x:v>3061</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>3061</x:v>
+        <x:v>3012</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>3062</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E351" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F351" s="0" t="s">
         <x:v>3063</x:v>
       </x:c>
-      <x:c r="E351" s="0" t="s"/>
-      <x:c r="F351" s="0" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>3064</x:v>
+        <x:v>3014</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s"/>
       <x:c r="I351" s="0" t="s"/>
       <x:c r="J351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K351" s="0" t="s"/>
+      <x:c r="K351" s="0" t="s">
+        <x:v>3064</x:v>
+      </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>3065</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>3066</x:v>
       </x:c>
       <x:c r="Q351" s="0" t="s">
         <x:v>3067</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S351" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:19">
       <x:c r="A352" s="0" t="s">
         <x:v>3068</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>3061</x:v>
+        <x:v>3069</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>3069</x:v>
+        <x:v>3070</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>1797</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>3071</x:v>
+      </x:c>
+      <x:c r="E352" s="0" t="s"/>
+      <x:c r="F352" s="0" t="s"/>
       <x:c r="G352" s="0" t="s">
-        <x:v>3064</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s"/>
       <x:c r="I352" s="0" t="s"/>
       <x:c r="J352" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K352" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K352" s="0" t="s"/>
       <x:c r="L352" s="0" t="s">
-        <x:v>3072</x:v>
+        <x:v>3073</x:v>
       </x:c>
       <x:c r="M352" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O352" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="P352" s="0" t="s">
-        <x:v>3073</x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="Q352" s="0" t="s">
-        <x:v>3074</x:v>
+        <x:v>3075</x:v>
       </x:c>
       <x:c r="R352" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S352" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:19">
       <x:c r="A353" s="0" t="s">
-        <x:v>3075</x:v>
+        <x:v>3076</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>3076</x:v>
+        <x:v>3069</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>3077</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>247</x:v>
-[...2 lines deleted...]
-      <x:c r="F353" s="0" t="s"/>
+        <x:v>1811</x:v>
+      </x:c>
+      <x:c r="E353" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F353" s="0" t="s">
+        <x:v>3078</x:v>
+      </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>3078</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s"/>
       <x:c r="I353" s="0" t="s"/>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K353" s="0" t="s"/>
+      <x:c r="K353" s="0" t="s">
+        <x:v>3079</x:v>
+      </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>3079</x:v>
+        <x:v>3080</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>3081</x:v>
       </x:c>
       <x:c r="Q353" s="0" t="s">
         <x:v>3082</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="S353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:19">
       <x:c r="A354" s="0" t="s">
+        <x:v>3083</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
         <x:v>3084</x:v>
       </x:c>
-      <x:c r="B354" s="0" t="s">
+      <x:c r="C354" s="0" t="s">
         <x:v>3085</x:v>
       </x:c>
-      <x:c r="C354" s="0" t="s">
+      <x:c r="D354" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E354" s="0" t="s"/>
+      <x:c r="F354" s="0" t="s"/>
+      <x:c r="G354" s="0" t="s">
         <x:v>3086</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3088</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s"/>
       <x:c r="I354" s="0" t="s"/>
       <x:c r="J354" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K354" s="0" t="s">
+      <x:c r="K354" s="0" t="s"/>
+      <x:c r="L354" s="0" t="s">
+        <x:v>3087</x:v>
+      </x:c>
+      <x:c r="M354" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N354" s="0" t="s">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="O354" s="0" t="s">
+        <x:v>3088</x:v>
+      </x:c>
+      <x:c r="P354" s="0" t="s">
         <x:v>3089</x:v>
       </x:c>
-      <x:c r="L354" s="0" t="s">
+      <x:c r="Q354" s="0" t="s">
         <x:v>3090</x:v>
       </x:c>
-      <x:c r="M354" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P354" s="0" t="s">
+      <x:c r="R354" s="0" t="s">
         <x:v>3091</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3083</x:v>
       </x:c>
       <x:c r="S354" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:19">
       <x:c r="A355" s="0" t="s">
+        <x:v>3092</x:v>
+      </x:c>
+      <x:c r="B355" s="0" t="s">
         <x:v>3093</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3076</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>3094</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
-        <x:v>2977</x:v>
+        <x:v>3095</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>3078</x:v>
+        <x:v>3096</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s"/>
       <x:c r="I355" s="0" t="s"/>
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>3095</x:v>
+        <x:v>3097</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>3096</x:v>
+        <x:v>3098</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>3097</x:v>
+        <x:v>3099</x:v>
       </x:c>
       <x:c r="Q355" s="0" t="s">
-        <x:v>3098</x:v>
+        <x:v>3100</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S355" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:19">
       <x:c r="A356" s="0" t="s">
-        <x:v>3099</x:v>
+        <x:v>3101</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>3076</x:v>
+        <x:v>3084</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>3094</x:v>
+        <x:v>3102</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>3100</x:v>
+        <x:v>2985</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>3078</x:v>
+        <x:v>3086</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s"/>
       <x:c r="I356" s="0" t="s"/>
       <x:c r="J356" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
-        <x:v>3101</x:v>
+        <x:v>3103</x:v>
       </x:c>
       <x:c r="L356" s="0" t="s">
-        <x:v>3102</x:v>
+        <x:v>3104</x:v>
       </x:c>
       <x:c r="M356" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O356" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="P356" s="0" t="s">
-        <x:v>3103</x:v>
+        <x:v>3105</x:v>
       </x:c>
       <x:c r="Q356" s="0" t="s">
-        <x:v>3104</x:v>
+        <x:v>3106</x:v>
       </x:c>
       <x:c r="R356" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S356" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:19">
       <x:c r="A357" s="0" t="s">
-        <x:v>3105</x:v>
+        <x:v>3107</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>3106</x:v>
+        <x:v>3084</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>3107</x:v>
+        <x:v>3102</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E357" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F357" s="0" t="s">
         <x:v>3108</x:v>
       </x:c>
-      <x:c r="E357" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>3110</x:v>
+        <x:v>3086</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s"/>
       <x:c r="I357" s="0" t="s"/>
       <x:c r="J357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
+        <x:v>3109</x:v>
+      </x:c>
+      <x:c r="L357" s="0" t="s">
+        <x:v>3110</x:v>
+      </x:c>
+      <x:c r="M357" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N357" s="0" t="s">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="O357" s="0" t="s">
+        <x:v>3088</x:v>
+      </x:c>
+      <x:c r="P357" s="0" t="s">
         <x:v>3111</x:v>
       </x:c>
-      <x:c r="L357" s="0" t="s">
+      <x:c r="Q357" s="0" t="s">
         <x:v>3112</x:v>
       </x:c>
-      <x:c r="M357" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S357" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:19">
       <x:c r="A358" s="0" t="s">
+        <x:v>3113</x:v>
+      </x:c>
+      <x:c r="B358" s="0" t="s">
         <x:v>3114</x:v>
       </x:c>
-      <x:c r="B358" s="0" t="s">
+      <x:c r="C358" s="0" t="s">
         <x:v>3115</x:v>
       </x:c>
-      <x:c r="C358" s="0" t="s">
+      <x:c r="D358" s="0" t="s">
         <x:v>3116</x:v>
       </x:c>
-      <x:c r="D358" s="0" t="s">
+      <x:c r="E358" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F358" s="0" t="s">
         <x:v>3117</x:v>
       </x:c>
-      <x:c r="E358" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F358" s="0" t="s">
+      <x:c r="G358" s="0" t="s">
         <x:v>3118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3119</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s"/>
       <x:c r="I358" s="0" t="s"/>
       <x:c r="J358" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
+        <x:v>3119</x:v>
+      </x:c>
+      <x:c r="L358" s="0" t="s">
         <x:v>3120</x:v>
       </x:c>
-      <x:c r="L358" s="0" t="s">
+      <x:c r="M358" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N358" s="0" t="s">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="O358" s="0" t="s">
+        <x:v>3088</x:v>
+      </x:c>
+      <x:c r="P358" s="0" t="s">
+        <x:v>2909</x:v>
+      </x:c>
+      <x:c r="Q358" s="0" t="s">
         <x:v>3121</x:v>
       </x:c>
-      <x:c r="M358" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R358" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S358" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:19">
       <x:c r="A359" s="0" t="s">
+        <x:v>3122</x:v>
+      </x:c>
+      <x:c r="B359" s="0" t="s">
+        <x:v>3123</x:v>
+      </x:c>
+      <x:c r="C359" s="0" t="s">
         <x:v>3124</x:v>
       </x:c>
-      <x:c r="B359" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C359" s="0" t="s">
+      <x:c r="D359" s="0" t="s">
         <x:v>3125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>3126</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>3078</x:v>
+        <x:v>3127</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s"/>
       <x:c r="I359" s="0" t="s"/>
       <x:c r="J359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>3127</x:v>
+        <x:v>3128</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
-        <x:v>3128</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>3129</x:v>
+        <x:v>3130</x:v>
       </x:c>
       <x:c r="Q359" s="0" t="s">
-        <x:v>3130</x:v>
+        <x:v>3131</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S359" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:19">
       <x:c r="A360" s="0" t="s">
-        <x:v>3131</x:v>
+        <x:v>3132</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>3044</x:v>
+        <x:v>3084</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>3045</x:v>
+        <x:v>3133</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>3046</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>3132</x:v>
+        <x:v>3134</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>3048</x:v>
+        <x:v>3086</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s"/>
       <x:c r="I360" s="0" t="s"/>
       <x:c r="J360" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
-        <x:v>3133</x:v>
+        <x:v>3135</x:v>
       </x:c>
       <x:c r="L360" s="0" t="s">
-        <x:v>3134</x:v>
+        <x:v>3136</x:v>
       </x:c>
       <x:c r="M360" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O360" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="P360" s="0" t="s">
-        <x:v>3135</x:v>
+        <x:v>3137</x:v>
       </x:c>
       <x:c r="Q360" s="0" t="s">
-        <x:v>3136</x:v>
+        <x:v>3138</x:v>
       </x:c>
       <x:c r="R360" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S360" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:19">
       <x:c r="A361" s="0" t="s">
-        <x:v>3137</x:v>
+        <x:v>3139</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>3138</x:v>
+        <x:v>3052</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>3139</x:v>
+        <x:v>3053</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-      <x:c r="F361" s="0" t="s"/>
+        <x:v>3054</x:v>
+      </x:c>
+      <x:c r="E361" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F361" s="0" t="s">
+        <x:v>3140</x:v>
+      </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>3038</x:v>
+        <x:v>3056</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s"/>
       <x:c r="I361" s="0" t="s"/>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K361" s="0" t="s"/>
+      <x:c r="K361" s="0" t="s">
+        <x:v>3141</x:v>
+      </x:c>
       <x:c r="L361" s="0" t="s">
-        <x:v>3140</x:v>
+        <x:v>3142</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>3141</x:v>
+        <x:v>3143</x:v>
       </x:c>
       <x:c r="Q361" s="0" t="s">
-        <x:v>3142</x:v>
+        <x:v>3144</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S361" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:19">
       <x:c r="A362" s="0" t="s">
-        <x:v>3143</x:v>
+        <x:v>3145</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>2611</x:v>
+        <x:v>3146</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>3144</x:v>
+        <x:v>3147</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>1229</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E362" s="0" t="s"/>
+      <x:c r="F362" s="0" t="s"/>
       <x:c r="G362" s="0" t="s">
-        <x:v>2614</x:v>
+        <x:v>3046</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s"/>
       <x:c r="I362" s="0" t="s"/>
       <x:c r="J362" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K362" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K362" s="0" t="s"/>
       <x:c r="L362" s="0" t="s">
-        <x:v>3147</x:v>
+        <x:v>3148</x:v>
       </x:c>
       <x:c r="M362" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O362" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="P362" s="0" t="s">
-        <x:v>3148</x:v>
+        <x:v>3149</x:v>
       </x:c>
       <x:c r="Q362" s="0" t="s">
-        <x:v>3149</x:v>
+        <x:v>3150</x:v>
       </x:c>
       <x:c r="R362" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S362" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:19">
       <x:c r="A363" s="0" t="s">
-        <x:v>3150</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>3151</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>3152</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>3153</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>3154</x:v>
+        <x:v>2622</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s"/>
       <x:c r="I363" s="0" t="s"/>
       <x:c r="J363" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K363" s="0" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K363" s="0" t="s">
+        <x:v>3154</x:v>
+      </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>3155</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>3156</x:v>
       </x:c>
       <x:c r="Q363" s="0" t="s">
         <x:v>3157</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S363" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:19">
       <x:c r="A364" s="0" t="s">
         <x:v>3158</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>3159</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>3160</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E364" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F364" s="0" t="s">
         <x:v>3161</x:v>
       </x:c>
-      <x:c r="E364" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F364" s="0" t="s">
+      <x:c r="G364" s="0" t="s">
         <x:v>3162</x:v>
       </x:c>
-      <x:c r="G364" s="0" t="s">
+      <x:c r="H364" s="0" t="s"/>
+      <x:c r="I364" s="0" t="s"/>
+      <x:c r="J364" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K364" s="0" t="s"/>
+      <x:c r="L364" s="0" t="s">
         <x:v>3163</x:v>
       </x:c>
-      <x:c r="H364" s="0" t="s"/>
-[...6 lines deleted...]
-      <x:c r="K364" s="0" t="s">
+      <x:c r="M364" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N364" s="0" t="s">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="O364" s="0" t="s">
+        <x:v>3088</x:v>
+      </x:c>
+      <x:c r="P364" s="0" t="s">
         <x:v>3164</x:v>
       </x:c>
-      <x:c r="L364" s="0" t="s">
+      <x:c r="Q364" s="0" t="s">
         <x:v>3165</x:v>
       </x:c>
-      <x:c r="M364" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R364" s="0" t="s">
-        <x:v>3170</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="S364" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:19">
       <x:c r="A365" s="0" t="s">
+        <x:v>3166</x:v>
+      </x:c>
+      <x:c r="B365" s="0" t="s">
+        <x:v>3167</x:v>
+      </x:c>
+      <x:c r="C365" s="0" t="s">
+        <x:v>3168</x:v>
+      </x:c>
+      <x:c r="D365" s="0" t="s">
+        <x:v>3169</x:v>
+      </x:c>
+      <x:c r="E365" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F365" s="0" t="s">
+        <x:v>3170</x:v>
+      </x:c>
+      <x:c r="G365" s="0" t="s">
         <x:v>3171</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3175</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s"/>
       <x:c r="I365" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
+        <x:v>3172</x:v>
+      </x:c>
+      <x:c r="L365" s="0" t="s">
+        <x:v>3173</x:v>
+      </x:c>
+      <x:c r="M365" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N365" s="0" t="s">
+        <x:v>3174</x:v>
+      </x:c>
+      <x:c r="O365" s="0" t="s">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="P365" s="0" t="s">
         <x:v>3176</x:v>
       </x:c>
-      <x:c r="L365" s="0" t="s">
+      <x:c r="Q365" s="0" t="s">
         <x:v>3177</x:v>
       </x:c>
-      <x:c r="M365" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N365" s="0" t="s">
+      <x:c r="R365" s="0" t="s">
         <x:v>3178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3171</x:v>
       </x:c>
       <x:c r="S365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:19">
       <x:c r="A366" s="0" t="s">
+        <x:v>3179</x:v>
+      </x:c>
+      <x:c r="B366" s="0" t="s">
+        <x:v>3180</x:v>
+      </x:c>
+      <x:c r="C366" s="0" t="s">
         <x:v>3181</x:v>
       </x:c>
-      <x:c r="B366" s="0" t="s">
+      <x:c r="D366" s="0" t="s">
+        <x:v>2674</x:v>
+      </x:c>
+      <x:c r="E366" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F366" s="0" t="s">
         <x:v>3182</x:v>
       </x:c>
-      <x:c r="C366" s="0" t="s">
+      <x:c r="G366" s="0" t="s">
         <x:v>3183</x:v>
       </x:c>
-      <x:c r="D366" s="0" t="s">
-[...6 lines deleted...]
-      </x:c>
       <x:c r="H366" s="0" t="s"/>
-      <x:c r="I366" s="0" t="s"/>
+      <x:c r="I366" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J366" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K366" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K366" s="0" t="s">
+        <x:v>3184</x:v>
+      </x:c>
       <x:c r="L366" s="0" t="s">
-        <x:v>3184</x:v>
+        <x:v>3185</x:v>
       </x:c>
       <x:c r="M366" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="0" t="s">
-        <x:v>3178</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="O366" s="0" t="s">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="P366" s="0" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="Q366" s="0" t="s">
+        <x:v>3188</x:v>
+      </x:c>
+      <x:c r="R366" s="0" t="s">
         <x:v>3179</x:v>
       </x:c>
-      <x:c r="P366" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S366" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:19">
       <x:c r="A367" s="0" t="s">
-        <x:v>3187</x:v>
+        <x:v>3189</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>3188</x:v>
+        <x:v>3190</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>3173</x:v>
+        <x:v>3191</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>2666</x:v>
+        <x:v>2674</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s"/>
       <x:c r="F367" s="0" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>3189</x:v>
+        <x:v>3183</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s"/>
       <x:c r="I367" s="0" t="s"/>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s"/>
       <x:c r="L367" s="0" t="s">
-        <x:v>3190</x:v>
+        <x:v>3192</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="0" t="s">
-        <x:v>3178</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="P367" s="0" t="s">
+        <x:v>3193</x:v>
+      </x:c>
+      <x:c r="Q367" s="0" t="s">
+        <x:v>3194</x:v>
+      </x:c>
+      <x:c r="R367" s="0" t="s">
         <x:v>3179</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3171</x:v>
       </x:c>
       <x:c r="S367" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:19">
       <x:c r="A368" s="0" t="s">
-        <x:v>3192</x:v>
+        <x:v>3195</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>3193</x:v>
+        <x:v>3196</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>3173</x:v>
+        <x:v>3181</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>2666</x:v>
+        <x:v>2674</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s"/>
       <x:c r="F368" s="0" t="s"/>
       <x:c r="G368" s="0" t="s">
-        <x:v>3194</x:v>
+        <x:v>3197</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s"/>
       <x:c r="I368" s="0" t="s"/>
-      <x:c r="J368" s="0" t="s"/>
+      <x:c r="J368" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K368" s="0" t="s"/>
       <x:c r="L368" s="0" t="s">
-        <x:v>3195</x:v>
+        <x:v>3198</x:v>
       </x:c>
       <x:c r="M368" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="0" t="s">
-        <x:v>3178</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="O368" s="0" t="s">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="P368" s="0" t="s">
+        <x:v>1582</x:v>
+      </x:c>
+      <x:c r="Q368" s="0" t="s">
+        <x:v>3199</x:v>
+      </x:c>
+      <x:c r="R368" s="0" t="s">
         <x:v>3179</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3171</x:v>
       </x:c>
       <x:c r="S368" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:19">
       <x:c r="A369" s="0" t="s">
-        <x:v>3198</x:v>
+        <x:v>3200</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>3199</x:v>
+        <x:v>3201</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>3173</x:v>
+        <x:v>3181</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>2666</x:v>
+        <x:v>2674</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s"/>
-      <x:c r="F369" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="F369" s="0" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>3201</x:v>
+        <x:v>3202</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s"/>
       <x:c r="I369" s="0" t="s"/>
-      <x:c r="J369" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J369" s="0" t="s"/>
       <x:c r="K369" s="0" t="s"/>
       <x:c r="L369" s="0" t="s">
-        <x:v>3202</x:v>
+        <x:v>3203</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="0" t="s">
-        <x:v>3178</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="P369" s="0" t="s">
+        <x:v>3204</x:v>
+      </x:c>
+      <x:c r="Q369" s="0" t="s">
+        <x:v>3205</x:v>
+      </x:c>
+      <x:c r="R369" s="0" t="s">
         <x:v>3179</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3171</x:v>
       </x:c>
       <x:c r="S369" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:19">
       <x:c r="A370" s="0" t="s">
-        <x:v>3205</x:v>
+        <x:v>3206</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>3206</x:v>
+        <x:v>3207</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>3207</x:v>
+        <x:v>3181</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
+        <x:v>2674</x:v>
+      </x:c>
+      <x:c r="E370" s="0" t="s"/>
+      <x:c r="F370" s="0" t="s">
         <x:v>3208</x:v>
       </x:c>
-      <x:c r="E370" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F370" s="0" t="s">
+      <x:c r="G370" s="0" t="s">
         <x:v>3209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3210</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s"/>
       <x:c r="I370" s="0" t="s"/>
       <x:c r="J370" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K370" s="0" t="s">
+      <x:c r="K370" s="0" t="s"/>
+      <x:c r="L370" s="0" t="s">
+        <x:v>3210</x:v>
+      </x:c>
+      <x:c r="M370" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N370" s="0" t="s">
+        <x:v>3186</x:v>
+      </x:c>
+      <x:c r="O370" s="0" t="s">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="P370" s="0" t="s">
         <x:v>3211</x:v>
       </x:c>
-      <x:c r="L370" s="0" t="s">
+      <x:c r="Q370" s="0" t="s">
         <x:v>3212</x:v>
       </x:c>
-      <x:c r="M370" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O370" s="0" t="s">
+      <x:c r="R370" s="0" t="s">
         <x:v>3179</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3171</x:v>
       </x:c>
       <x:c r="S370" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:19">
       <x:c r="A371" s="0" t="s">
+        <x:v>3213</x:v>
+      </x:c>
+      <x:c r="B371" s="0" t="s">
+        <x:v>3214</x:v>
+      </x:c>
+      <x:c r="C371" s="0" t="s">
         <x:v>3215</x:v>
       </x:c>
-      <x:c r="B371" s="0" t="s">
+      <x:c r="D371" s="0" t="s">
         <x:v>3216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3208</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>3217</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>3218</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s"/>
       <x:c r="I371" s="0" t="s"/>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>3219</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>3220</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="0" t="s">
-        <x:v>3178</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>3179</x:v>
+        <x:v>3187</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>3221</x:v>
       </x:c>
       <x:c r="Q371" s="0" t="s">
         <x:v>3222</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>3171</x:v>
+        <x:v>3179</x:v>
       </x:c>
       <x:c r="S371" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:19">
       <x:c r="A372" s="0" t="s">
         <x:v>3223</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>3224</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>3215</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>22</x:v>
-[...2 lines deleted...]
-      <x:c r="F372" s="0" t="s"/>
+        <x:v>3216</x:v>
+      </x:c>
+      <x:c r="E372" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F372" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
       <x:c r="G372" s="0" t="s">
-        <x:v>3225</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s"/>
       <x:c r="I372" s="0" t="s"/>
       <x:c r="J372" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
-        <x:v>3226</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="L372" s="0" t="s">
-        <x:v>3227</x:v>
+        <x:v>3228</x:v>
       </x:c>
       <x:c r="M372" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="0" t="s">
-        <x:v>3228</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="O372" s="0" t="s">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="P372" s="0" t="s">
         <x:v>3229</x:v>
       </x:c>
-      <x:c r="P372" s="0" t="s">
+      <x:c r="Q372" s="0" t="s">
         <x:v>3230</x:v>
       </x:c>
-      <x:c r="Q372" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R372" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3179</x:v>
       </x:c>
       <x:c r="S372" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:19">
       <x:c r="A373" s="0" t="s">
+        <x:v>3231</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
+        <x:v>3232</x:v>
+      </x:c>
+      <x:c r="C373" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D373" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E373" s="0" t="s"/>
+      <x:c r="F373" s="0" t="s"/>
+      <x:c r="G373" s="0" t="s">
         <x:v>3233</x:v>
       </x:c>
-      <x:c r="B373" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
+      <x:c r="H373" s="0" t="s"/>
       <x:c r="I373" s="0" t="s"/>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
+        <x:v>3234</x:v>
+      </x:c>
+      <x:c r="L373" s="0" t="s">
+        <x:v>3235</x:v>
+      </x:c>
+      <x:c r="M373" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N373" s="0" t="s">
+        <x:v>3236</x:v>
+      </x:c>
+      <x:c r="O373" s="0" t="s">
+        <x:v>3237</x:v>
+      </x:c>
+      <x:c r="P373" s="0" t="s">
         <x:v>3238</x:v>
       </x:c>
-      <x:c r="L373" s="0" t="s">
+      <x:c r="Q373" s="0" t="s">
         <x:v>3239</x:v>
       </x:c>
-      <x:c r="M373" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P373" s="0" t="s">
+      <x:c r="R373" s="0" t="s">
         <x:v>3240</x:v>
       </x:c>
-      <x:c r="Q373" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S373" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:19">
       <x:c r="A374" s="0" t="s">
+        <x:v>3241</x:v>
+      </x:c>
+      <x:c r="B374" s="0" t="s">
         <x:v>3242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3234</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>3243</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>3244</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>3237</x:v>
-[...1 lines deleted...]
-      <x:c r="H374" s="0" t="s"/>
+        <x:v>3245</x:v>
+      </x:c>
+      <x:c r="H374" s="0" t="s">
+        <x:v>2235</x:v>
+      </x:c>
       <x:c r="I374" s="0" t="s"/>
       <x:c r="J374" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K374" s="1" t="s">
-        <x:v>3245</x:v>
+      <x:c r="K374" s="0" t="s">
+        <x:v>3246</x:v>
       </x:c>
       <x:c r="L374" s="0" t="s">
-        <x:v>3246</x:v>
+        <x:v>3247</x:v>
       </x:c>
       <x:c r="M374" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="0" t="s">
-        <x:v>3228</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="O374" s="0" t="s">
-        <x:v>3229</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="P374" s="0" t="s">
-        <x:v>3247</x:v>
+        <x:v>3248</x:v>
       </x:c>
       <x:c r="Q374" s="0" t="s">
-        <x:v>3248</x:v>
+        <x:v>3249</x:v>
       </x:c>
       <x:c r="R374" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S374" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:19">
       <x:c r="A375" s="0" t="s">
-        <x:v>3249</x:v>
-[...6 lines deleted...]
-      <x:c r="G375" s="0" t="s"/>
+        <x:v>3250</x:v>
+      </x:c>
+      <x:c r="B375" s="0" t="s">
+        <x:v>3242</x:v>
+      </x:c>
+      <x:c r="C375" s="0" t="s">
+        <x:v>3251</x:v>
+      </x:c>
+      <x:c r="D375" s="0" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E375" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F375" s="0" t="s">
+        <x:v>3252</x:v>
+      </x:c>
+      <x:c r="G375" s="0" t="s">
+        <x:v>3245</x:v>
+      </x:c>
       <x:c r="H375" s="0" t="s"/>
       <x:c r="I375" s="0" t="s"/>
       <x:c r="J375" s="0" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="K375" s="0" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K375" s="1" t="s">
+        <x:v>3253</x:v>
+      </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>3250</x:v>
+        <x:v>3254</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="0" t="s">
-        <x:v>3228</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>3229</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>3251</x:v>
+        <x:v>3255</x:v>
       </x:c>
       <x:c r="Q375" s="0" t="s">
-        <x:v>3252</x:v>
+        <x:v>3256</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S375" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:19">
       <x:c r="A376" s="0" t="s">
-        <x:v>3253</x:v>
-[...13 lines deleted...]
-      <x:c r="F376" s="0" t="s">
         <x:v>3257</x:v>
       </x:c>
-      <x:c r="G376" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="B376" s="0" t="s"/>
+      <x:c r="C376" s="0" t="s"/>
+      <x:c r="D376" s="0" t="s"/>
+      <x:c r="E376" s="0" t="s"/>
+      <x:c r="F376" s="0" t="s"/>
+      <x:c r="G376" s="0" t="s"/>
       <x:c r="H376" s="0" t="s"/>
       <x:c r="I376" s="0" t="s"/>
       <x:c r="J376" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K376" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K376" s="0" t="s"/>
+      <x:c r="L376" s="0" t="s">
+        <x:v>3258</x:v>
+      </x:c>
+      <x:c r="M376" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N376" s="0" t="s">
+        <x:v>3236</x:v>
+      </x:c>
+      <x:c r="O376" s="0" t="s">
+        <x:v>3237</x:v>
+      </x:c>
+      <x:c r="P376" s="0" t="s">
         <x:v>3259</x:v>
       </x:c>
-      <x:c r="L376" s="0" t="s">
+      <x:c r="Q376" s="0" t="s">
         <x:v>3260</x:v>
       </x:c>
-      <x:c r="M376" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R376" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S376" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:19">
       <x:c r="A377" s="0" t="s">
+        <x:v>3261</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
+        <x:v>3262</x:v>
+      </x:c>
+      <x:c r="C377" s="0" t="s">
         <x:v>3263</x:v>
       </x:c>
-      <x:c r="B377" s="0" t="s">
+      <x:c r="D377" s="0" t="s">
         <x:v>3264</x:v>
       </x:c>
-      <x:c r="C377" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F377" s="0" t="s"/>
+      <x:c r="F377" s="0" t="s">
+        <x:v>3265</x:v>
+      </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>3265</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s"/>
       <x:c r="I377" s="0" t="s"/>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K377" s="0" t="s"/>
+      <x:c r="K377" s="0" t="s">
+        <x:v>3267</x:v>
+      </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>3266</x:v>
+        <x:v>3268</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="0" t="s">
-        <x:v>3228</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>3229</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>3267</x:v>
+        <x:v>3269</x:v>
       </x:c>
       <x:c r="Q377" s="0" t="s">
-        <x:v>3268</x:v>
+        <x:v>3270</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S377" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:19">
       <x:c r="A378" s="0" t="s">
-        <x:v>3269</x:v>
+        <x:v>3271</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>3270</x:v>
+        <x:v>3272</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>3271</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>3272</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F378" s="0" t="s"/>
+      <x:c r="G378" s="0" t="s">
         <x:v>3273</x:v>
       </x:c>
-      <x:c r="F378" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H378" s="0" t="s"/>
-      <x:c r="I378" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I378" s="0" t="s"/>
       <x:c r="J378" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K378" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K378" s="0" t="s"/>
       <x:c r="L378" s="0" t="s">
-        <x:v>3278</x:v>
+        <x:v>3274</x:v>
       </x:c>
       <x:c r="M378" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="0" t="s">
-        <x:v>3228</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="O378" s="0" t="s">
-        <x:v>3229</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="P378" s="0" t="s">
-        <x:v>3279</x:v>
+        <x:v>3275</x:v>
       </x:c>
       <x:c r="Q378" s="0" t="s">
-        <x:v>3280</x:v>
+        <x:v>3276</x:v>
       </x:c>
       <x:c r="R378" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S378" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:19">
       <x:c r="A379" s="0" t="s">
+        <x:v>3277</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>3278</x:v>
+      </x:c>
+      <x:c r="C379" s="0" t="s">
+        <x:v>3279</x:v>
+      </x:c>
+      <x:c r="D379" s="0" t="s">
+        <x:v>3280</x:v>
+      </x:c>
+      <x:c r="E379" s="0" t="s">
         <x:v>3281</x:v>
       </x:c>
-      <x:c r="B379" s="0" t="s">
+      <x:c r="F379" s="0" t="s">
         <x:v>3282</x:v>
       </x:c>
-      <x:c r="C379" s="0" t="s">
-[...6 lines deleted...]
-      <x:c r="F379" s="0" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>3283</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s"/>
-      <x:c r="I379" s="0" t="s"/>
+      <x:c r="I379" s="0" t="s">
+        <x:v>3284</x:v>
+      </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>3284</x:v>
+        <x:v>3285</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
-        <x:v>3285</x:v>
+        <x:v>3286</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="0" t="s">
-        <x:v>3228</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>3229</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>3286</x:v>
+        <x:v>3287</x:v>
       </x:c>
       <x:c r="Q379" s="0" t="s">
-        <x:v>3287</x:v>
+        <x:v>3288</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S379" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:19">
       <x:c r="A380" s="0" t="s">
-        <x:v>3288</x:v>
+        <x:v>3289</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>3289</x:v>
+        <x:v>3290</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>3290</x:v>
-[...1 lines deleted...]
-      <x:c r="D380" s="0" t="s"/>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D380" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="E380" s="0" t="s"/>
       <x:c r="F380" s="0" t="s"/>
       <x:c r="G380" s="0" t="s">
         <x:v>3291</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s"/>
       <x:c r="I380" s="0" t="s"/>
       <x:c r="J380" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K380" s="0" t="s"/>
+      <x:c r="K380" s="0" t="s">
+        <x:v>3292</x:v>
+      </x:c>
       <x:c r="L380" s="0" t="s">
-        <x:v>3292</x:v>
+        <x:v>3293</x:v>
       </x:c>
       <x:c r="M380" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="0" t="s">
-        <x:v>3228</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="O380" s="0" t="s">
-        <x:v>3229</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="P380" s="0" t="s">
-        <x:v>3293</x:v>
+        <x:v>3294</x:v>
       </x:c>
       <x:c r="Q380" s="0" t="s">
-        <x:v>3294</x:v>
+        <x:v>3295</x:v>
       </x:c>
       <x:c r="R380" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S380" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:19">
       <x:c r="A381" s="0" t="s">
-        <x:v>3295</x:v>
+        <x:v>3296</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>3296</x:v>
+        <x:v>3297</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>3297</x:v>
-[...7 lines deleted...]
-      <x:c r="F381" s="0" t="s">
         <x:v>3298</x:v>
       </x:c>
+      <x:c r="D381" s="0" t="s"/>
+      <x:c r="E381" s="0" t="s"/>
+      <x:c r="F381" s="0" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>3299</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s"/>
       <x:c r="I381" s="0" t="s"/>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K381" s="0" t="s">
+      <x:c r="K381" s="0" t="s"/>
+      <x:c r="L381" s="0" t="s">
         <x:v>3300</x:v>
       </x:c>
-      <x:c r="L381" s="0" t="s">
+      <x:c r="M381" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N381" s="0" t="s">
+        <x:v>3236</x:v>
+      </x:c>
+      <x:c r="O381" s="0" t="s">
+        <x:v>3237</x:v>
+      </x:c>
+      <x:c r="P381" s="0" t="s">
         <x:v>3301</x:v>
       </x:c>
-      <x:c r="M381" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P381" s="0" t="s">
+      <x:c r="Q381" s="0" t="s">
         <x:v>3302</x:v>
       </x:c>
-      <x:c r="Q381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S381" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:19">
       <x:c r="A382" s="0" t="s">
+        <x:v>3303</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
         <x:v>3304</x:v>
       </x:c>
-      <x:c r="B382" s="0" t="s">
+      <x:c r="C382" s="0" t="s">
         <x:v>3305</x:v>
       </x:c>
-      <x:c r="C382" s="0" t="s">
+      <x:c r="D382" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E382" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F382" s="0" t="s">
         <x:v>3306</x:v>
       </x:c>
-      <x:c r="D382" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F382" s="0" t="s">
+      <x:c r="G382" s="0" t="s">
         <x:v>3307</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3308</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s"/>
       <x:c r="I382" s="0" t="s"/>
       <x:c r="J382" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
+        <x:v>3308</x:v>
+      </x:c>
+      <x:c r="L382" s="0" t="s">
         <x:v>3309</x:v>
       </x:c>
-      <x:c r="L382" s="0" t="s">
+      <x:c r="M382" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N382" s="0" t="s">
+        <x:v>3236</x:v>
+      </x:c>
+      <x:c r="O382" s="0" t="s">
+        <x:v>3237</x:v>
+      </x:c>
+      <x:c r="P382" s="0" t="s">
         <x:v>3310</x:v>
       </x:c>
-      <x:c r="M382" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P382" s="0" t="s">
+      <x:c r="Q382" s="0" t="s">
         <x:v>3311</x:v>
       </x:c>
-      <x:c r="Q382" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R382" s="0" t="s">
-        <x:v>3232</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S382" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:19">
       <x:c r="A383" s="0" t="s">
+        <x:v>3312</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
         <x:v>3313</x:v>
       </x:c>
-      <x:c r="B383" s="0" t="s"/>
-[...4 lines deleted...]
-      <x:c r="G383" s="0" t="s"/>
+      <x:c r="C383" s="0" t="s">
+        <x:v>3314</x:v>
+      </x:c>
+      <x:c r="D383" s="0" t="s">
+        <x:v>3193</x:v>
+      </x:c>
+      <x:c r="E383" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F383" s="0" t="s">
+        <x:v>3315</x:v>
+      </x:c>
+      <x:c r="G383" s="0" t="s">
+        <x:v>3316</x:v>
+      </x:c>
       <x:c r="H383" s="0" t="s"/>
       <x:c r="I383" s="0" t="s"/>
       <x:c r="J383" s="0" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="K383" s="0" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K383" s="0" t="s">
+        <x:v>3317</x:v>
+      </x:c>
       <x:c r="L383" s="0" t="s">
-        <x:v>3314</x:v>
+        <x:v>3318</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>3316</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>3317</x:v>
+        <x:v>3319</x:v>
       </x:c>
       <x:c r="Q383" s="0" t="s">
-        <x:v>3318</x:v>
+        <x:v>3320</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>3319</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="S383" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:19">
       <x:c r="A384" s="0" t="s">
-        <x:v>3320</x:v>
+        <x:v>3321</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s"/>
       <x:c r="C384" s="0" t="s"/>
       <x:c r="D384" s="0" t="s"/>
       <x:c r="E384" s="0" t="s"/>
       <x:c r="F384" s="0" t="s"/>
       <x:c r="G384" s="0" t="s"/>
       <x:c r="H384" s="0" t="s"/>
       <x:c r="I384" s="0" t="s"/>
       <x:c r="J384" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s"/>
       <x:c r="L384" s="0" t="s">
-        <x:v>3321</x:v>
+        <x:v>3322</x:v>
       </x:c>
       <x:c r="M384" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O384" s="0" t="s">
-        <x:v>3316</x:v>
+        <x:v>3324</x:v>
       </x:c>
       <x:c r="P384" s="0" t="s">
-        <x:v>3322</x:v>
+        <x:v>3325</x:v>
       </x:c>
       <x:c r="Q384" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>3326</x:v>
       </x:c>
       <x:c r="R384" s="0" t="s">
-        <x:v>3319</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="S384" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:19">
       <x:c r="A385" s="0" t="s">
-        <x:v>3324</x:v>
+        <x:v>3328</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s"/>
       <x:c r="C385" s="0" t="s"/>
       <x:c r="D385" s="0" t="s"/>
       <x:c r="E385" s="0" t="s"/>
       <x:c r="F385" s="0" t="s"/>
       <x:c r="G385" s="0" t="s"/>
       <x:c r="H385" s="0" t="s"/>
       <x:c r="I385" s="0" t="s"/>
       <x:c r="J385" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s"/>
       <x:c r="L385" s="0" t="s">
-        <x:v>3325</x:v>
+        <x:v>3329</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>3316</x:v>
+        <x:v>3324</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>3330</x:v>
       </x:c>
       <x:c r="Q385" s="0" t="s">
-        <x:v>3326</x:v>
+        <x:v>3331</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>3319</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="S385" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:19">
       <x:c r="A386" s="0" t="s">
-        <x:v>3327</x:v>
+        <x:v>3332</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s"/>
       <x:c r="C386" s="0" t="s"/>
       <x:c r="D386" s="0" t="s"/>
       <x:c r="E386" s="0" t="s"/>
       <x:c r="F386" s="0" t="s"/>
       <x:c r="G386" s="0" t="s"/>
       <x:c r="H386" s="0" t="s"/>
       <x:c r="I386" s="0" t="s"/>
       <x:c r="J386" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s"/>
       <x:c r="L386" s="0" t="s">
-        <x:v>3328</x:v>
+        <x:v>3333</x:v>
       </x:c>
       <x:c r="M386" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O386" s="0" t="s">
-        <x:v>3316</x:v>
+        <x:v>3324</x:v>
       </x:c>
       <x:c r="P386" s="0" t="s">
-        <x:v>3329</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="Q386" s="0" t="s">
-        <x:v>3330</x:v>
+        <x:v>3334</x:v>
       </x:c>
       <x:c r="R386" s="0" t="s">
-        <x:v>3319</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="S386" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:19">
       <x:c r="A387" s="0" t="s">
-        <x:v>3331</x:v>
+        <x:v>3335</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s"/>
       <x:c r="C387" s="0" t="s"/>
       <x:c r="D387" s="0" t="s"/>
       <x:c r="E387" s="0" t="s"/>
       <x:c r="F387" s="0" t="s"/>
       <x:c r="G387" s="0" t="s"/>
       <x:c r="H387" s="0" t="s"/>
       <x:c r="I387" s="0" t="s"/>
       <x:c r="J387" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s"/>
       <x:c r="L387" s="0" t="s">
-        <x:v>3332</x:v>
+        <x:v>3336</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>3316</x:v>
+        <x:v>3324</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>3333</x:v>
+        <x:v>3337</x:v>
       </x:c>
       <x:c r="Q387" s="0" t="s">
-        <x:v>3334</x:v>
+        <x:v>3338</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>3319</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="S387" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:19">
       <x:c r="A388" s="0" t="s">
-        <x:v>3335</x:v>
+        <x:v>3339</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s"/>
       <x:c r="C388" s="0" t="s"/>
       <x:c r="D388" s="0" t="s"/>
       <x:c r="E388" s="0" t="s"/>
       <x:c r="F388" s="0" t="s"/>
       <x:c r="G388" s="0" t="s"/>
       <x:c r="H388" s="0" t="s"/>
       <x:c r="I388" s="0" t="s"/>
       <x:c r="J388" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="K388" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K388" s="0" t="s"/>
       <x:c r="L388" s="0" t="s">
-        <x:v>3337</x:v>
+        <x:v>3340</x:v>
       </x:c>
       <x:c r="M388" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O388" s="0" t="s">
-        <x:v>3316</x:v>
+        <x:v>3324</x:v>
       </x:c>
       <x:c r="P388" s="0" t="s">
-        <x:v>3338</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="Q388" s="0" t="s">
-        <x:v>3339</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="R388" s="0" t="s">
-        <x:v>3319</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="S388" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:19">
       <x:c r="A389" s="0" t="s">
-        <x:v>3340</x:v>
+        <x:v>3343</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s"/>
       <x:c r="C389" s="0" t="s"/>
       <x:c r="D389" s="0" t="s"/>
-      <x:c r="E389" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E389" s="0" t="s"/>
+      <x:c r="F389" s="0" t="s"/>
       <x:c r="G389" s="0" t="s"/>
       <x:c r="H389" s="0" t="s"/>
       <x:c r="I389" s="0" t="s"/>
       <x:c r="J389" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>3342</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
-        <x:v>3343</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>3316</x:v>
+        <x:v>3324</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>3344</x:v>
+        <x:v>3346</x:v>
       </x:c>
       <x:c r="Q389" s="0" t="s">
-        <x:v>3345</x:v>
+        <x:v>3347</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>3319</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="S389" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:19">
       <x:c r="A390" s="0" t="s">
-        <x:v>3346</x:v>
-[...4 lines deleted...]
-      <x:c r="C390" s="0" t="s">
         <x:v>3348</x:v>
       </x:c>
-      <x:c r="D390" s="0" t="s">
+      <x:c r="B390" s="0" t="s"/>
+      <x:c r="C390" s="0" t="s"/>
+      <x:c r="D390" s="0" t="s"/>
+      <x:c r="E390" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F390" s="0" t="s">
         <x:v>3349</x:v>
       </x:c>
-      <x:c r="E390" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="G390" s="0" t="s"/>
+      <x:c r="H390" s="0" t="s"/>
       <x:c r="I390" s="0" t="s"/>
       <x:c r="J390" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
+        <x:v>3350</x:v>
+      </x:c>
+      <x:c r="L390" s="0" t="s">
+        <x:v>3351</x:v>
+      </x:c>
+      <x:c r="M390" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N390" s="0" t="s">
+        <x:v>3323</x:v>
+      </x:c>
+      <x:c r="O390" s="0" t="s">
+        <x:v>3324</x:v>
+      </x:c>
+      <x:c r="P390" s="0" t="s">
+        <x:v>3352</x:v>
+      </x:c>
+      <x:c r="Q390" s="0" t="s">
         <x:v>3353</x:v>
       </x:c>
-      <x:c r="L390" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R390" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="S390" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:19">
       <x:c r="A391" s="0" t="s">
+        <x:v>3354</x:v>
+      </x:c>
+      <x:c r="B391" s="0" t="s">
+        <x:v>3355</x:v>
+      </x:c>
+      <x:c r="C391" s="0" t="s">
+        <x:v>3356</x:v>
+      </x:c>
+      <x:c r="D391" s="0" t="s">
+        <x:v>3357</x:v>
+      </x:c>
+      <x:c r="E391" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F391" s="0" t="s">
+        <x:v>3358</x:v>
+      </x:c>
+      <x:c r="G391" s="0" t="s">
         <x:v>3359</x:v>
       </x:c>
-      <x:c r="B391" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H391" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s"/>
       <x:c r="J391" s="0" t="s">
-        <x:v>743</x:v>
-[...1 lines deleted...]
-      <x:c r="K391" s="0" t="s"/>
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="K391" s="0" t="s">
+        <x:v>3361</x:v>
+      </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>3360</x:v>
+        <x:v>3362</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N391" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>2603</x:v>
+        <x:v>3364</x:v>
       </x:c>
       <x:c r="Q391" s="0" t="s">
-        <x:v>3361</x:v>
+        <x:v>3365</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="S391" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:19">
       <x:c r="A392" s="0" t="s">
-        <x:v>3362</x:v>
+        <x:v>3367</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>3347</x:v>
+        <x:v>3355</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>3348</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>3349</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>3350</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>3351</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s"/>
       <x:c r="J392" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s"/>
       <x:c r="L392" s="0" t="s">
-        <x:v>3363</x:v>
+        <x:v>3368</x:v>
       </x:c>
       <x:c r="M392" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N392" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O392" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="P392" s="0" t="s">
-        <x:v>3364</x:v>
+        <x:v>2611</x:v>
       </x:c>
       <x:c r="Q392" s="0" t="s">
-        <x:v>3365</x:v>
+        <x:v>3369</x:v>
       </x:c>
       <x:c r="R392" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="S392" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:19">
       <x:c r="A393" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3370</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>3347</x:v>
+        <x:v>3355</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>3348</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>3349</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>3350</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>3351</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s"/>
       <x:c r="J393" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s"/>
       <x:c r="L393" s="0" t="s">
-        <x:v>3367</x:v>
+        <x:v>3371</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N393" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>3372</x:v>
       </x:c>
       <x:c r="Q393" s="0" t="s">
-        <x:v>3368</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="S393" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:19">
       <x:c r="A394" s="0" t="s">
-        <x:v>3369</x:v>
+        <x:v>3374</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>3347</x:v>
+        <x:v>3355</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>3348</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>3349</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>3350</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>3351</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s"/>
       <x:c r="J394" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s"/>
       <x:c r="L394" s="0" t="s">
-        <x:v>3370</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="M394" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N394" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O394" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="P394" s="0" t="s">
-        <x:v>3371</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="Q394" s="0" t="s">
-        <x:v>3372</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="R394" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="S394" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:19">
       <x:c r="A395" s="0" t="s">
-        <x:v>3373</x:v>
+        <x:v>3377</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>3347</x:v>
+        <x:v>3355</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>3348</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>3349</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>3350</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>3351</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s"/>
       <x:c r="J395" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s"/>
       <x:c r="L395" s="0" t="s">
-        <x:v>3374</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N395" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>3375</x:v>
+        <x:v>3379</x:v>
       </x:c>
       <x:c r="Q395" s="0" t="s">
-        <x:v>3376</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="S395" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:19">
       <x:c r="A396" s="0" t="s">
-        <x:v>3377</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>3347</x:v>
+        <x:v>3355</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>3348</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>3349</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>3350</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>3351</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s"/>
       <x:c r="J396" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s"/>
       <x:c r="L396" s="0" t="s">
-        <x:v>3378</x:v>
+        <x:v>3382</x:v>
       </x:c>
       <x:c r="M396" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N396" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O396" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="P396" s="0" t="s">
-        <x:v>3379</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="Q396" s="0" t="s">
-        <x:v>3380</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="R396" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="S396" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:19">
       <x:c r="A397" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3385</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>3347</x:v>
+        <x:v>3355</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>3382</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>3383</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>3350</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>3351</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s"/>
       <x:c r="J397" s="0" t="s">
-        <x:v>743</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="K397" s="0" t="s"/>
       <x:c r="L397" s="0" t="s">
-        <x:v>3385</x:v>
+        <x:v>3386</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N397" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>3386</x:v>
+        <x:v>3387</x:v>
       </x:c>
       <x:c r="Q397" s="0" t="s">
-        <x:v>3387</x:v>
+        <x:v>3388</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="S397" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:19">
       <x:c r="A398" s="0" t="s">
-        <x:v>3388</x:v>
+        <x:v>3389</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>3389</x:v>
+        <x:v>3355</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>3390</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>2010</x:v>
+        <x:v>3391</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
-        <x:v>3391</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>3392</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s"/>
       <x:c r="J398" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
-        <x:v>2033</x:v>
+        <x:v>3392</x:v>
       </x:c>
       <x:c r="L398" s="0" t="s">
         <x:v>3393</x:v>
       </x:c>
       <x:c r="M398" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N398" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="O398" s="0" t="s">
+        <x:v>3363</x:v>
+      </x:c>
+      <x:c r="P398" s="0" t="s">
         <x:v>3394</x:v>
       </x:c>
-      <x:c r="O398" s="0" t="s">
+      <x:c r="Q398" s="0" t="s">
         <x:v>3395</x:v>
       </x:c>
-      <x:c r="P398" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R398" s="0" t="s">
-        <x:v>3397</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="S398" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:19">
       <x:c r="A399" s="0" t="s">
+        <x:v>3396</x:v>
+      </x:c>
+      <x:c r="B399" s="0" t="s">
+        <x:v>3397</x:v>
+      </x:c>
+      <x:c r="C399" s="0" t="s">
         <x:v>3398</x:v>
       </x:c>
-      <x:c r="B399" s="0" t="s">
+      <x:c r="D399" s="0" t="s">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="E399" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F399" s="0" t="s">
         <x:v>3399</x:v>
       </x:c>
-      <x:c r="C399" s="0" t="s">
+      <x:c r="G399" s="0" t="s">
         <x:v>3400</x:v>
       </x:c>
-      <x:c r="D399" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="H399" s="0" t="s"/>
+      <x:c r="H399" s="0" t="s">
+        <x:v>2042</x:v>
+      </x:c>
       <x:c r="I399" s="0" t="s"/>
       <x:c r="J399" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="L399" s="0" t="s">
+        <x:v>3401</x:v>
+      </x:c>
+      <x:c r="M399" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="N399" s="0" t="s">
+        <x:v>3402</x:v>
+      </x:c>
+      <x:c r="O399" s="0" t="s">
         <x:v>3403</x:v>
       </x:c>
-      <x:c r="L399" s="0" t="s">
+      <x:c r="P399" s="0" t="s">
+        <x:v>2046</x:v>
+      </x:c>
+      <x:c r="Q399" s="0" t="s">
         <x:v>3404</x:v>
       </x:c>
-      <x:c r="M399" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O399" s="0" t="s">
+      <x:c r="R399" s="0" t="s">
         <x:v>3405</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3407</x:v>
       </x:c>
       <x:c r="S399" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:19">
       <x:c r="A400" s="0" t="s">
+        <x:v>3406</x:v>
+      </x:c>
+      <x:c r="B400" s="0" t="s">
+        <x:v>3407</x:v>
+      </x:c>
+      <x:c r="C400" s="0" t="s">
         <x:v>3408</x:v>
       </x:c>
-      <x:c r="B400" s="0" t="s">
+      <x:c r="D400" s="0" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E400" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F400" s="0" t="s">
         <x:v>3409</x:v>
       </x:c>
-      <x:c r="C400" s="0" t="s">
+      <x:c r="G400" s="0" t="s">
         <x:v>3410</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3413</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s"/>
       <x:c r="I400" s="0" t="s"/>
       <x:c r="J400" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
-        <x:v>3414</x:v>
+        <x:v>3411</x:v>
       </x:c>
       <x:c r="L400" s="0" t="s">
-        <x:v>3415</x:v>
+        <x:v>3412</x:v>
       </x:c>
       <x:c r="M400" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N400" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O400" s="0" t="s">
-        <x:v>3405</x:v>
+        <x:v>3413</x:v>
       </x:c>
       <x:c r="P400" s="0" t="s">
-        <x:v>3073</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="Q400" s="0" t="s">
-        <x:v>3416</x:v>
+        <x:v>3414</x:v>
       </x:c>
       <x:c r="R400" s="0" t="s">
-        <x:v>3407</x:v>
+        <x:v>3415</x:v>
       </x:c>
       <x:c r="S400" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:19">
       <x:c r="A401" s="0" t="s">
+        <x:v>3416</x:v>
+      </x:c>
+      <x:c r="B401" s="0" t="s">
         <x:v>3417</x:v>
       </x:c>
-      <x:c r="B401" s="0" t="s">
+      <x:c r="C401" s="0" t="s">
         <x:v>3418</x:v>
       </x:c>
-      <x:c r="C401" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>324</x:v>
-[...2 lines deleted...]
-      <x:c r="F401" s="0" t="s"/>
+        <x:v>3419</x:v>
+      </x:c>
+      <x:c r="E401" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F401" s="0" t="s">
+        <x:v>3420</x:v>
+      </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>3419</x:v>
+        <x:v>3421</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s"/>
       <x:c r="I401" s="0" t="s"/>
       <x:c r="J401" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K401" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K401" s="0" t="s">
+        <x:v>3422</x:v>
+      </x:c>
       <x:c r="L401" s="0" t="s">
-        <x:v>3420</x:v>
+        <x:v>3423</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>3405</x:v>
+        <x:v>3413</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>3421</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="Q401" s="0" t="s">
-        <x:v>3422</x:v>
+        <x:v>3424</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>3407</x:v>
+        <x:v>3415</x:v>
       </x:c>
       <x:c r="S401" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:19">
       <x:c r="A402" s="0" t="s">
-        <x:v>3423</x:v>
+        <x:v>3425</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>3424</x:v>
+        <x:v>3426</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>3425</x:v>
+        <x:v>3408</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>3426</x:v>
-[...4 lines deleted...]
-      <x:c r="F402" s="0" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E402" s="0" t="s"/>
+      <x:c r="F402" s="0" t="s"/>
+      <x:c r="G402" s="0" t="s">
         <x:v>3427</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3428</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s"/>
       <x:c r="I402" s="0" t="s"/>
       <x:c r="J402" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K402" s="0" t="s"/>
       <x:c r="L402" s="0" t="s">
-        <x:v>3430</x:v>
+        <x:v>3428</x:v>
       </x:c>
       <x:c r="M402" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N402" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O402" s="0" t="s">
-        <x:v>3405</x:v>
+        <x:v>3413</x:v>
       </x:c>
       <x:c r="P402" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3429</x:v>
       </x:c>
       <x:c r="Q402" s="0" t="s">
-        <x:v>3431</x:v>
+        <x:v>3430</x:v>
       </x:c>
       <x:c r="R402" s="0" t="s">
-        <x:v>3407</x:v>
+        <x:v>3415</x:v>
       </x:c>
       <x:c r="S402" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:19">
       <x:c r="A403" s="0" t="s">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="B403" s="0" t="s">
         <x:v>3432</x:v>
       </x:c>
-      <x:c r="B403" s="0" t="s">
+      <x:c r="C403" s="0" t="s">
         <x:v>3433</x:v>
       </x:c>
-      <x:c r="C403" s="0" t="s">
+      <x:c r="D403" s="0" t="s">
         <x:v>3434</x:v>
       </x:c>
-      <x:c r="D403" s="0" t="s"/>
       <x:c r="E403" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F403" s="0" t="s">
         <x:v>3435</x:v>
       </x:c>
-      <x:c r="F403" s="0" t="s">
+      <x:c r="G403" s="0" t="s">
         <x:v>3436</x:v>
       </x:c>
-      <x:c r="G403" s="0" t="s">
+      <x:c r="H403" s="0" t="s"/>
+      <x:c r="I403" s="0" t="s"/>
+      <x:c r="J403" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K403" s="0" t="s">
         <x:v>3437</x:v>
       </x:c>
-      <x:c r="H403" s="0" t="s"/>
-      <x:c r="I403" s="0" t="s">
+      <x:c r="L403" s="0" t="s">
         <x:v>3438</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3440</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>3441</x:v>
+        <x:v>3413</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>3248</x:v>
       </x:c>
       <x:c r="Q403" s="0" t="s">
-        <x:v>3442</x:v>
+        <x:v>3439</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>3443</x:v>
+        <x:v>3415</x:v>
       </x:c>
       <x:c r="S403" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:19">
       <x:c r="A404" s="0" t="s">
+        <x:v>3440</x:v>
+      </x:c>
+      <x:c r="B404" s="0" t="s">
+        <x:v>3441</x:v>
+      </x:c>
+      <x:c r="C404" s="0" t="s">
+        <x:v>3442</x:v>
+      </x:c>
+      <x:c r="D404" s="0" t="s"/>
+      <x:c r="E404" s="0" t="s">
+        <x:v>3443</x:v>
+      </x:c>
+      <x:c r="F404" s="0" t="s">
         <x:v>3444</x:v>
       </x:c>
-      <x:c r="B404" s="0" t="s">
+      <x:c r="G404" s="0" t="s">
         <x:v>3445</x:v>
       </x:c>
-      <x:c r="C404" s="0" t="s">
+      <x:c r="H404" s="0" t="s"/>
+      <x:c r="I404" s="0" t="s">
         <x:v>3446</x:v>
       </x:c>
-      <x:c r="D404" s="0" t="s">
-[...6 lines deleted...]
-      <x:c r="G404" s="0" t="s">
+      <x:c r="J404" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K404" s="0" t="s">
         <x:v>3447</x:v>
       </x:c>
-      <x:c r="H404" s="0" t="s"/>
-[...4 lines deleted...]
-      <x:c r="K404" s="0" t="s"/>
       <x:c r="L404" s="0" t="s">
         <x:v>3448</x:v>
       </x:c>
       <x:c r="M404" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N404" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="O404" s="0" t="s">
         <x:v>3449</x:v>
       </x:c>
-      <x:c r="O404" s="0" t="s">
+      <x:c r="P404" s="0" t="s">
+        <x:v>2714</x:v>
+      </x:c>
+      <x:c r="Q404" s="0" t="s">
         <x:v>3450</x:v>
       </x:c>
-      <x:c r="P404" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q404" s="0" t="s">
+      <x:c r="R404" s="0" t="s">
         <x:v>3451</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3452</x:v>
       </x:c>
       <x:c r="S404" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:19">
       <x:c r="A405" s="0" t="s">
+        <x:v>3452</x:v>
+      </x:c>
+      <x:c r="B405" s="0" t="s">
         <x:v>3453</x:v>
       </x:c>
-      <x:c r="B405" s="0" t="s">
+      <x:c r="C405" s="0" t="s">
         <x:v>3454</x:v>
       </x:c>
-      <x:c r="C405" s="0" t="s"/>
-      <x:c r="D405" s="0" t="s"/>
+      <x:c r="D405" s="0" t="s">
+        <x:v>2714</x:v>
+      </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F405" s="0" t="s">
+      <x:c r="F405" s="0" t="s"/>
+      <x:c r="G405" s="0" t="s">
         <x:v>3455</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3456</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s"/>
       <x:c r="I405" s="0" t="s"/>
       <x:c r="J405" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K405" s="0" t="s"/>
       <x:c r="L405" s="0" t="s">
-        <x:v>3458</x:v>
+        <x:v>3456</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N405" s="0" t="s">
-        <x:v>3449</x:v>
+        <x:v>3457</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>3450</x:v>
+        <x:v>3458</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>3311</x:v>
+        <x:v>3379</x:v>
       </x:c>
       <x:c r="Q405" s="0" t="s">
         <x:v>3459</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>3452</x:v>
+        <x:v>3460</x:v>
       </x:c>
       <x:c r="S405" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:19">
       <x:c r="A406" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3461</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>3461</x:v>
-[...1 lines deleted...]
-      <x:c r="C406" s="0" t="s">
         <x:v>3462</x:v>
       </x:c>
-      <x:c r="D406" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C406" s="0" t="s"/>
+      <x:c r="D406" s="0" t="s"/>
       <x:c r="E406" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>3463</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>3464</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s"/>
       <x:c r="I406" s="0" t="s"/>
       <x:c r="J406" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>3465</x:v>
       </x:c>
       <x:c r="L406" s="0" t="s">
         <x:v>3466</x:v>
       </x:c>
       <x:c r="M406" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N406" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>3457</x:v>
       </x:c>
       <x:c r="O406" s="0" t="s">
+        <x:v>3458</x:v>
+      </x:c>
+      <x:c r="P406" s="0" t="s">
+        <x:v>3319</x:v>
+      </x:c>
+      <x:c r="Q406" s="0" t="s">
         <x:v>3467</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3469</x:v>
       </x:c>
       <x:c r="R406" s="0" t="s">
         <x:v>3460</x:v>
       </x:c>
       <x:c r="S406" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:19">
       <x:c r="A407" s="0" t="s">
+        <x:v>3468</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
+        <x:v>3469</x:v>
+      </x:c>
+      <x:c r="C407" s="0" t="s">
         <x:v>3470</x:v>
       </x:c>
-      <x:c r="B407" s="0" t="s">
+      <x:c r="D407" s="0" t="s">
+        <x:v>3310</x:v>
+      </x:c>
+      <x:c r="E407" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F407" s="0" t="s">
         <x:v>3471</x:v>
       </x:c>
-      <x:c r="C407" s="0" t="s">
+      <x:c r="G407" s="0" t="s">
         <x:v>3472</x:v>
       </x:c>
-      <x:c r="D407" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="G407" s="0" t="s">
+      <x:c r="H407" s="0" t="s"/>
+      <x:c r="I407" s="0" t="s"/>
+      <x:c r="J407" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K407" s="0" t="s">
         <x:v>3473</x:v>
       </x:c>
-      <x:c r="H407" s="0" t="s"/>
-[...6 lines deleted...]
-      <x:c r="K407" s="0" t="s">
+      <x:c r="L407" s="0" t="s">
         <x:v>3474</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3475</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N407" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>3467</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>3476</x:v>
       </x:c>
       <x:c r="Q407" s="0" t="s">
         <x:v>3477</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S407" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:19">
       <x:c r="A408" s="0" t="s">
         <x:v>3478</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C408" s="0" t="s">
         <x:v>3479</x:v>
       </x:c>
-      <x:c r="C408" s="0" t="s"/>
-      <x:c r="D408" s="0" t="s"/>
+      <x:c r="D408" s="0" t="s">
+        <x:v>3310</x:v>
+      </x:c>
       <x:c r="E408" s="0" t="s"/>
       <x:c r="F408" s="0" t="s"/>
       <x:c r="G408" s="0" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="H408" s="0" t="s"/>
+      <x:c r="I408" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J408" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K408" s="0" t="s">
         <x:v>3480</x:v>
       </x:c>
-      <x:c r="H408" s="0" t="s"/>
-[...4 lines deleted...]
-      <x:c r="K408" s="0" t="s"/>
       <x:c r="L408" s="0" t="s">
         <x:v>3481</x:v>
       </x:c>
       <x:c r="M408" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N408" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O408" s="0" t="s">
-        <x:v>3467</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P408" s="0" t="s">
         <x:v>3482</x:v>
       </x:c>
       <x:c r="Q408" s="0" t="s">
         <x:v>3483</x:v>
       </x:c>
       <x:c r="R408" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S408" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:19">
       <x:c r="A409" s="0" t="s">
         <x:v>3484</x:v>
       </x:c>
-      <x:c r="B409" s="0" t="s"/>
+      <x:c r="B409" s="0" t="s">
+        <x:v>3485</x:v>
+      </x:c>
       <x:c r="C409" s="0" t="s"/>
       <x:c r="D409" s="0" t="s"/>
       <x:c r="E409" s="0" t="s"/>
       <x:c r="F409" s="0" t="s"/>
-      <x:c r="G409" s="0" t="s"/>
+      <x:c r="G409" s="0" t="s">
+        <x:v>3486</x:v>
+      </x:c>
       <x:c r="H409" s="0" t="s"/>
       <x:c r="I409" s="0" t="s"/>
       <x:c r="J409" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s"/>
       <x:c r="L409" s="0" t="s">
-        <x:v>3485</x:v>
+        <x:v>3487</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N409" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>3467</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>3135</x:v>
+        <x:v>3488</x:v>
       </x:c>
       <x:c r="Q409" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3489</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S409" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:19">
       <x:c r="A410" s="0" t="s">
-        <x:v>3487</x:v>
+        <x:v>3490</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s"/>
       <x:c r="C410" s="0" t="s"/>
       <x:c r="D410" s="0" t="s"/>
       <x:c r="E410" s="0" t="s"/>
       <x:c r="F410" s="0" t="s"/>
       <x:c r="G410" s="0" t="s"/>
       <x:c r="H410" s="0" t="s"/>
       <x:c r="I410" s="0" t="s"/>
       <x:c r="J410" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s"/>
       <x:c r="L410" s="0" t="s">
-        <x:v>3488</x:v>
+        <x:v>3491</x:v>
       </x:c>
       <x:c r="M410" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N410" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O410" s="0" t="s">
-        <x:v>3467</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P410" s="0" t="s">
-        <x:v>3489</x:v>
+        <x:v>3143</x:v>
       </x:c>
       <x:c r="Q410" s="0" t="s">
-        <x:v>3490</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="R410" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S410" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:19">
       <x:c r="A411" s="0" t="s">
-        <x:v>3491</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s"/>
       <x:c r="C411" s="0" t="s"/>
       <x:c r="D411" s="0" t="s"/>
       <x:c r="E411" s="0" t="s"/>
       <x:c r="F411" s="0" t="s"/>
       <x:c r="G411" s="0" t="s"/>
       <x:c r="H411" s="0" t="s"/>
       <x:c r="I411" s="0" t="s"/>
       <x:c r="J411" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s"/>
       <x:c r="L411" s="0" t="s">
-        <x:v>3492</x:v>
+        <x:v>3494</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N411" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>3467</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>3495</x:v>
       </x:c>
       <x:c r="Q411" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3496</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S411" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:19">
       <x:c r="A412" s="0" t="s">
-        <x:v>3494</x:v>
-[...13 lines deleted...]
-      <x:c r="F412" s="0" t="s">
         <x:v>3497</x:v>
       </x:c>
-      <x:c r="G412" s="0" t="s">
+      <x:c r="B412" s="0" t="s"/>
+      <x:c r="C412" s="0" t="s"/>
+      <x:c r="D412" s="0" t="s"/>
+      <x:c r="E412" s="0" t="s"/>
+      <x:c r="F412" s="0" t="s"/>
+      <x:c r="G412" s="0" t="s"/>
+      <x:c r="H412" s="0" t="s"/>
+      <x:c r="I412" s="0" t="s"/>
+      <x:c r="J412" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K412" s="0" t="s"/>
+      <x:c r="L412" s="0" t="s">
         <x:v>3498</x:v>
-      </x:c>
-[...11 lines deleted...]
-        <x:v>3501</x:v>
       </x:c>
       <x:c r="M412" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N412" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O412" s="0" t="s">
-        <x:v>3467</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P412" s="0" t="s">
-        <x:v>3502</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="Q412" s="0" t="s">
-        <x:v>3503</x:v>
+        <x:v>3499</x:v>
       </x:c>
       <x:c r="R412" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S412" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:19">
       <x:c r="A413" s="0" t="s">
+        <x:v>3500</x:v>
+      </x:c>
+      <x:c r="B413" s="0" t="s">
+        <x:v>3501</x:v>
+      </x:c>
+      <x:c r="C413" s="0" t="s">
+        <x:v>3502</x:v>
+      </x:c>
+      <x:c r="D413" s="0" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="E413" s="0" t="s">
+        <x:v>3281</x:v>
+      </x:c>
+      <x:c r="F413" s="0" t="s">
+        <x:v>3503</x:v>
+      </x:c>
+      <x:c r="G413" s="0" t="s">
         <x:v>3504</x:v>
       </x:c>
-      <x:c r="B413" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C413" s="0" t="s">
+      <x:c r="H413" s="0" t="s"/>
+      <x:c r="I413" s="0" t="s">
         <x:v>3505</x:v>
       </x:c>
-      <x:c r="D413" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="I413" s="0" t="s"/>
       <x:c r="J413" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K413" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K413" s="0" t="s">
+        <x:v>3506</x:v>
+      </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>3506</x:v>
+        <x:v>3507</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N413" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>3467</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>3507</x:v>
+        <x:v>3508</x:v>
       </x:c>
       <x:c r="Q413" s="0" t="s">
-        <x:v>3508</x:v>
+        <x:v>3509</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S413" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:19">
       <x:c r="A414" s="0" t="s">
-        <x:v>3509</x:v>
+        <x:v>3510</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>3510</x:v>
+        <x:v>3501</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>3511</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>99</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1947</x:v>
+      </x:c>
+      <x:c r="E414" s="0" t="s"/>
+      <x:c r="F414" s="0" t="s"/>
       <x:c r="G414" s="0" t="s">
-        <x:v>3513</x:v>
+        <x:v>3504</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s"/>
       <x:c r="I414" s="0" t="s"/>
       <x:c r="J414" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K414" s="0" t="s"/>
       <x:c r="L414" s="0" t="s">
-        <x:v>3515</x:v>
+        <x:v>3512</x:v>
       </x:c>
       <x:c r="M414" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N414" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O414" s="0" t="s">
-        <x:v>3467</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P414" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>3513</x:v>
       </x:c>
       <x:c r="Q414" s="0" t="s">
-        <x:v>3516</x:v>
+        <x:v>3514</x:v>
       </x:c>
       <x:c r="R414" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S414" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:19">
       <x:c r="A415" s="0" t="s">
+        <x:v>3515</x:v>
+      </x:c>
+      <x:c r="B415" s="0" t="s">
+        <x:v>3516</x:v>
+      </x:c>
+      <x:c r="C415" s="0" t="s">
         <x:v>3517</x:v>
       </x:c>
-      <x:c r="B415" s="0" t="s">
+      <x:c r="D415" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E415" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F415" s="0" t="s">
         <x:v>3518</x:v>
       </x:c>
-      <x:c r="C415" s="0" t="s">
+      <x:c r="G415" s="0" t="s">
         <x:v>3519</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3521</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s"/>
       <x:c r="I415" s="0" t="s"/>
       <x:c r="J415" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>3522</x:v>
+        <x:v>3520</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3521</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N415" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>3525</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="Q415" s="0" t="s">
-        <x:v>3526</x:v>
+        <x:v>3522</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="S415" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:19">
       <x:c r="A416" s="0" t="s">
-        <x:v>3527</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>3528</x:v>
+        <x:v>3524</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>3519</x:v>
+        <x:v>3525</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>3529</x:v>
+        <x:v>3526</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3527</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s"/>
       <x:c r="I416" s="0" t="s"/>
       <x:c r="J416" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
-        <x:v>3531</x:v>
+        <x:v>3528</x:v>
       </x:c>
       <x:c r="L416" s="0" t="s">
-        <x:v>3532</x:v>
+        <x:v>3529</x:v>
       </x:c>
       <x:c r="M416" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N416" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O416" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P416" s="0" t="s">
-        <x:v>3533</x:v>
+        <x:v>3531</x:v>
       </x:c>
       <x:c r="Q416" s="0" t="s">
-        <x:v>3534</x:v>
+        <x:v>3532</x:v>
       </x:c>
       <x:c r="R416" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S416" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:19">
       <x:c r="A417" s="0" t="s">
+        <x:v>3533</x:v>
+      </x:c>
+      <x:c r="B417" s="0" t="s">
+        <x:v>3534</x:v>
+      </x:c>
+      <x:c r="C417" s="0" t="s">
+        <x:v>3525</x:v>
+      </x:c>
+      <x:c r="D417" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E417" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F417" s="0" t="s">
         <x:v>3535</x:v>
       </x:c>
-      <x:c r="B417" s="0" t="s">
+      <x:c r="G417" s="0" t="s">
         <x:v>3536</x:v>
-      </x:c>
-[...11 lines deleted...]
-        <x:v>3539</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s"/>
       <x:c r="I417" s="0" t="s"/>
       <x:c r="J417" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>3540</x:v>
+        <x:v>3537</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3538</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N417" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>3539</x:v>
       </x:c>
       <x:c r="Q417" s="0" t="s">
-        <x:v>3542</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S417" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:19">
       <x:c r="A418" s="0" t="s">
+        <x:v>3541</x:v>
+      </x:c>
+      <x:c r="B418" s="0" t="s">
+        <x:v>3542</x:v>
+      </x:c>
+      <x:c r="C418" s="0" t="s">
         <x:v>3543</x:v>
       </x:c>
-      <x:c r="B418" s="0" t="s">
+      <x:c r="D418" s="0" t="s"/>
+      <x:c r="E418" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F418" s="0" t="s">
         <x:v>3544</x:v>
       </x:c>
-      <x:c r="C418" s="0" t="s">
+      <x:c r="G418" s="0" t="s">
         <x:v>3545</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>3546</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s"/>
       <x:c r="I418" s="0" t="s"/>
       <x:c r="J418" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K418" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K418" s="0" t="s">
+        <x:v>3546</x:v>
+      </x:c>
       <x:c r="L418" s="0" t="s">
         <x:v>3547</x:v>
       </x:c>
       <x:c r="M418" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N418" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O418" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P418" s="0" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="Q418" s="0" t="s">
         <x:v>3548</x:v>
       </x:c>
-      <x:c r="Q418" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R418" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S418" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:19">
       <x:c r="A419" s="0" t="s">
+        <x:v>3549</x:v>
+      </x:c>
+      <x:c r="B419" s="0" t="s">
         <x:v>3550</x:v>
       </x:c>
-      <x:c r="B419" s="0" t="s">
+      <x:c r="C419" s="0" t="s">
         <x:v>3551</x:v>
       </x:c>
-      <x:c r="C419" s="0" t="s">
+      <x:c r="D419" s="0" t="s">
+        <x:v>3539</x:v>
+      </x:c>
+      <x:c r="E419" s="0" t="s"/>
+      <x:c r="F419" s="0" t="s"/>
+      <x:c r="G419" s="0" t="s">
         <x:v>3552</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3555</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s"/>
       <x:c r="I419" s="0" t="s"/>
       <x:c r="J419" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K419" s="0" t="s"/>
       <x:c r="L419" s="0" t="s">
-        <x:v>3557</x:v>
+        <x:v>3553</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N419" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>3558</x:v>
+        <x:v>3554</x:v>
       </x:c>
       <x:c r="Q419" s="0" t="s">
-        <x:v>3559</x:v>
+        <x:v>3555</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S419" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:19">
       <x:c r="A420" s="0" t="s">
+        <x:v>3556</x:v>
+      </x:c>
+      <x:c r="B420" s="0" t="s">
+        <x:v>3557</x:v>
+      </x:c>
+      <x:c r="C420" s="0" t="s">
+        <x:v>3558</x:v>
+      </x:c>
+      <x:c r="D420" s="0" t="s">
+        <x:v>3559</x:v>
+      </x:c>
+      <x:c r="E420" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F420" s="0" t="s">
         <x:v>3560</x:v>
       </x:c>
-      <x:c r="B420" s="0" t="s">
+      <x:c r="G420" s="0" t="s">
         <x:v>3561</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>3564</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s"/>
       <x:c r="I420" s="0" t="s"/>
       <x:c r="J420" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K420" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K420" s="0" t="s">
+        <x:v>3562</x:v>
+      </x:c>
       <x:c r="L420" s="0" t="s">
-        <x:v>3565</x:v>
+        <x:v>3563</x:v>
       </x:c>
       <x:c r="M420" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N420" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O420" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P420" s="0" t="s">
-        <x:v>3196</x:v>
+        <x:v>3564</x:v>
       </x:c>
       <x:c r="Q420" s="0" t="s">
-        <x:v>3566</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="R420" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S420" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:19">
       <x:c r="A421" s="0" t="s">
+        <x:v>3566</x:v>
+      </x:c>
+      <x:c r="B421" s="0" t="s">
         <x:v>3567</x:v>
       </x:c>
-      <x:c r="B421" s="0" t="s"/>
-[...1 lines deleted...]
-      <x:c r="D421" s="0" t="s"/>
+      <x:c r="C421" s="0" t="s">
+        <x:v>3568</x:v>
+      </x:c>
+      <x:c r="D421" s="0" t="s">
+        <x:v>3569</x:v>
+      </x:c>
       <x:c r="E421" s="0" t="s"/>
       <x:c r="F421" s="0" t="s"/>
-      <x:c r="G421" s="0" t="s"/>
+      <x:c r="G421" s="0" t="s">
+        <x:v>3570</x:v>
+      </x:c>
       <x:c r="H421" s="0" t="s"/>
       <x:c r="I421" s="0" t="s"/>
       <x:c r="J421" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s"/>
       <x:c r="L421" s="0" t="s">
-        <x:v>3568</x:v>
+        <x:v>3571</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N421" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>3204</x:v>
       </x:c>
       <x:c r="Q421" s="0" t="s">
-        <x:v>3569</x:v>
+        <x:v>3572</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S421" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:19">
       <x:c r="A422" s="0" t="s">
-        <x:v>3570</x:v>
-[...13 lines deleted...]
-      <x:c r="F422" s="0" t="s">
         <x:v>3573</x:v>
       </x:c>
-      <x:c r="G422" s="0" t="s">
+      <x:c r="B422" s="0" t="s"/>
+      <x:c r="C422" s="0" t="s"/>
+      <x:c r="D422" s="0" t="s"/>
+      <x:c r="E422" s="0" t="s"/>
+      <x:c r="F422" s="0" t="s"/>
+      <x:c r="G422" s="0" t="s"/>
+      <x:c r="H422" s="0" t="s"/>
+      <x:c r="I422" s="0" t="s"/>
+      <x:c r="J422" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K422" s="0" t="s"/>
+      <x:c r="L422" s="0" t="s">
         <x:v>3574</x:v>
-      </x:c>
-[...11 lines deleted...]
-        <x:v>3576</x:v>
       </x:c>
       <x:c r="M422" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N422" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O422" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P422" s="0" t="s">
-        <x:v>3577</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="Q422" s="0" t="s">
-        <x:v>3578</x:v>
+        <x:v>3575</x:v>
       </x:c>
       <x:c r="R422" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S422" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:19">
       <x:c r="A423" s="0" t="s">
+        <x:v>3576</x:v>
+      </x:c>
+      <x:c r="B423" s="0" t="s">
+        <x:v>3577</x:v>
+      </x:c>
+      <x:c r="C423" s="0" t="s">
+        <x:v>3578</x:v>
+      </x:c>
+      <x:c r="D423" s="0" t="s">
+        <x:v>3281</x:v>
+      </x:c>
+      <x:c r="E423" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F423" s="0" t="s">
         <x:v>3579</x:v>
       </x:c>
-      <x:c r="B423" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C423" s="0" t="s">
+      <x:c r="G423" s="0" t="s">
         <x:v>3580</x:v>
       </x:c>
-      <x:c r="D423" s="0" t="s">
+      <x:c r="H423" s="0" t="s"/>
+      <x:c r="I423" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J423" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K423" s="0" t="s">
         <x:v>3581</x:v>
       </x:c>
-      <x:c r="E423" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F423" s="0" t="s">
+      <x:c r="L423" s="0" t="s">
         <x:v>3582</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3583</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N423" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
+        <x:v>3583</x:v>
+      </x:c>
+      <x:c r="Q423" s="0" t="s">
         <x:v>3584</x:v>
       </x:c>
-      <x:c r="Q423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S423" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:19">
       <x:c r="A424" s="0" t="s">
+        <x:v>3585</x:v>
+      </x:c>
+      <x:c r="B424" s="0" t="s">
+        <x:v>3577</x:v>
+      </x:c>
+      <x:c r="C424" s="0" t="s">
         <x:v>3586</x:v>
       </x:c>
-      <x:c r="B424" s="0" t="s">
+      <x:c r="D424" s="0" t="s">
         <x:v>3587</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3533</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>3588</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
-        <x:v>3589</x:v>
+        <x:v>3580</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s"/>
       <x:c r="I424" s="0" t="s"/>
       <x:c r="J424" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K424" s="0" t="s"/>
       <x:c r="L424" s="0" t="s">
-        <x:v>3591</x:v>
+        <x:v>3589</x:v>
       </x:c>
       <x:c r="M424" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N424" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O424" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P424" s="0" t="s">
-        <x:v>1715</x:v>
+        <x:v>3590</x:v>
       </x:c>
       <x:c r="Q424" s="0" t="s">
-        <x:v>3592</x:v>
+        <x:v>3591</x:v>
       </x:c>
       <x:c r="R424" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S424" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:19">
       <x:c r="A425" s="0" t="s">
+        <x:v>3592</x:v>
+      </x:c>
+      <x:c r="B425" s="0" t="s">
         <x:v>3593</x:v>
       </x:c>
-      <x:c r="B425" s="0" t="s">
+      <x:c r="C425" s="0" t="s">
+        <x:v>3551</x:v>
+      </x:c>
+      <x:c r="D425" s="0" t="s">
+        <x:v>3539</x:v>
+      </x:c>
+      <x:c r="E425" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F425" s="0" t="s">
         <x:v>3594</x:v>
       </x:c>
-      <x:c r="C425" s="0" t="s">
+      <x:c r="G425" s="0" t="s">
         <x:v>3595</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3597</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s"/>
       <x:c r="I425" s="0" t="s"/>
       <x:c r="J425" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>3598</x:v>
+        <x:v>3596</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
-        <x:v>3599</x:v>
+        <x:v>3597</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N425" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>3524</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="Q425" s="0" t="s">
-        <x:v>3600</x:v>
+        <x:v>3598</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S425" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:19">
       <x:c r="A426" s="0" t="s">
+        <x:v>3599</x:v>
+      </x:c>
+      <x:c r="B426" s="0" t="s">
+        <x:v>3600</x:v>
+      </x:c>
+      <x:c r="C426" s="0" t="s">
         <x:v>3601</x:v>
       </x:c>
-      <x:c r="B426" s="0" t="s">
+      <x:c r="D426" s="0" t="s">
+        <x:v>2616</x:v>
+      </x:c>
+      <x:c r="E426" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F426" s="0" t="s">
         <x:v>3602</x:v>
       </x:c>
-      <x:c r="C426" s="0" t="s">
+      <x:c r="G426" s="0" t="s">
         <x:v>3603</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3606</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s"/>
       <x:c r="I426" s="0" t="s"/>
       <x:c r="J426" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
-        <x:v>3607</x:v>
+        <x:v>3604</x:v>
       </x:c>
       <x:c r="L426" s="0" t="s">
-        <x:v>3608</x:v>
+        <x:v>3605</x:v>
       </x:c>
       <x:c r="M426" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N426" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="O426" s="0" t="s">
-        <x:v>3609</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P426" s="0" t="s">
-        <x:v>3610</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="Q426" s="0" t="s">
-        <x:v>3611</x:v>
+        <x:v>3606</x:v>
       </x:c>
       <x:c r="R426" s="0" t="s">
-        <x:v>3612</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="S426" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:19">
       <x:c r="A427" s="0" t="s">
-        <x:v>3613</x:v>
+        <x:v>3607</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>3614</x:v>
+        <x:v>3608</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>3615</x:v>
+        <x:v>3609</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>3616</x:v>
+        <x:v>3610</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>3617</x:v>
+        <x:v>3611</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>3618</x:v>
+        <x:v>3612</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s"/>
       <x:c r="I427" s="0" t="s"/>
       <x:c r="J427" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>3619</x:v>
+        <x:v>3613</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>3620</x:v>
+        <x:v>3614</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N427" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>3621</x:v>
+        <x:v>3615</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>3622</x:v>
+        <x:v>3616</x:v>
       </x:c>
       <x:c r="Q427" s="0" t="s">
-        <x:v>3623</x:v>
+        <x:v>3617</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>3613</x:v>
+        <x:v>3618</x:v>
       </x:c>
       <x:c r="S427" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:19">
       <x:c r="A428" s="0" t="s">
+        <x:v>3619</x:v>
+      </x:c>
+      <x:c r="B428" s="0" t="s">
+        <x:v>3620</x:v>
+      </x:c>
+      <x:c r="C428" s="0" t="s">
+        <x:v>3621</x:v>
+      </x:c>
+      <x:c r="D428" s="0" t="s">
+        <x:v>3622</x:v>
+      </x:c>
+      <x:c r="E428" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F428" s="0" t="s">
+        <x:v>3623</x:v>
+      </x:c>
+      <x:c r="G428" s="0" t="s">
         <x:v>3624</x:v>
       </x:c>
-      <x:c r="B428" s="0" t="s">
+      <x:c r="H428" s="0" t="s"/>
+      <x:c r="I428" s="0" t="s"/>
+      <x:c r="J428" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K428" s="0" t="s">
         <x:v>3625</x:v>
       </x:c>
-      <x:c r="C428" s="0" t="s">
+      <x:c r="L428" s="0" t="s">
         <x:v>3626</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>3629</x:v>
       </x:c>
       <x:c r="M428" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N428" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O428" s="0" t="s">
-        <x:v>3621</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="P428" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>3628</x:v>
       </x:c>
       <x:c r="Q428" s="0" t="s">
-        <x:v>3630</x:v>
+        <x:v>3629</x:v>
       </x:c>
       <x:c r="R428" s="0" t="s">
-        <x:v>3613</x:v>
+        <x:v>3619</x:v>
       </x:c>
       <x:c r="S428" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:19">
       <x:c r="A429" s="0" t="s">
+        <x:v>3630</x:v>
+      </x:c>
+      <x:c r="B429" s="0" t="s">
         <x:v>3631</x:v>
       </x:c>
-      <x:c r="B429" s="0" t="s">
+      <x:c r="C429" s="0" t="s">
         <x:v>3632</x:v>
       </x:c>
-      <x:c r="C429" s="0" t="s">
+      <x:c r="D429" s="0" t="s">
         <x:v>3633</x:v>
       </x:c>
-      <x:c r="D429" s="0" t="s">
+      <x:c r="E429" s="0" t="s"/>
+      <x:c r="F429" s="0" t="s"/>
+      <x:c r="G429" s="0" t="s">
         <x:v>3634</x:v>
       </x:c>
-      <x:c r="E429" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H429" s="0" t="s"/>
-      <x:c r="I429" s="0" t="s"/>
-[...2 lines deleted...]
-      </x:c>
+      <x:c r="I429" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J429" s="0" t="s"/>
       <x:c r="K429" s="0" t="s"/>
       <x:c r="L429" s="0" t="s">
-        <x:v>3637</x:v>
+        <x:v>3635</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N429" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>3638</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>2664</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="Q429" s="0" t="s">
-        <x:v>3639</x:v>
+        <x:v>3636</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>3640</x:v>
+        <x:v>3619</x:v>
       </x:c>
       <x:c r="S429" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:19">
       <x:c r="A430" s="0" t="s">
+        <x:v>3637</x:v>
+      </x:c>
+      <x:c r="B430" s="0" t="s">
+        <x:v>3638</x:v>
+      </x:c>
+      <x:c r="C430" s="0" t="s">
+        <x:v>3639</x:v>
+      </x:c>
+      <x:c r="D430" s="0" t="s">
+        <x:v>3640</x:v>
+      </x:c>
+      <x:c r="E430" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F430" s="0" t="s">
         <x:v>3641</x:v>
       </x:c>
-      <x:c r="B430" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F430" s="0" t="s"/>
       <x:c r="G430" s="0" t="s">
-        <x:v>3636</x:v>
+        <x:v>3642</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s"/>
       <x:c r="I430" s="0" t="s"/>
       <x:c r="J430" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s"/>
       <x:c r="L430" s="0" t="s">
-        <x:v>3642</x:v>
+        <x:v>3643</x:v>
       </x:c>
       <x:c r="M430" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N430" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O430" s="0" t="s">
-        <x:v>3638</x:v>
+        <x:v>3644</x:v>
       </x:c>
       <x:c r="P430" s="0" t="s">
-        <x:v>3643</x:v>
+        <x:v>2672</x:v>
       </x:c>
       <x:c r="Q430" s="0" t="s">
-        <x:v>3644</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="R430" s="0" t="s">
-        <x:v>3640</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="S430" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:19">
       <x:c r="A431" s="0" t="s">
-        <x:v>3645</x:v>
+        <x:v>3647</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>3632</x:v>
-[...12 lines deleted...]
-      </x:c>
+        <x:v>3638</x:v>
+      </x:c>
+      <x:c r="C431" s="0" t="s"/>
+      <x:c r="D431" s="0" t="s"/>
+      <x:c r="E431" s="0" t="s"/>
+      <x:c r="F431" s="0" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>3636</x:v>
+        <x:v>3642</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s"/>
       <x:c r="I431" s="0" t="s"/>
       <x:c r="J431" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s"/>
       <x:c r="L431" s="0" t="s">
-        <x:v>3647</x:v>
+        <x:v>3648</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N431" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>3638</x:v>
+        <x:v>3644</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>3648</x:v>
+        <x:v>3649</x:v>
       </x:c>
       <x:c r="Q431" s="0" t="s">
-        <x:v>3649</x:v>
+        <x:v>3650</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>3640</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="S431" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:19">
       <x:c r="A432" s="0" t="s">
-        <x:v>3650</x:v>
+        <x:v>3651</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>3632</x:v>
+        <x:v>3638</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>3651</x:v>
+        <x:v>3652</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>3640</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
-        <x:v>3652</x:v>
+        <x:v>3641</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
-        <x:v>3636</x:v>
+        <x:v>3642</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s"/>
       <x:c r="I432" s="0" t="s"/>
       <x:c r="J432" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s"/>
       <x:c r="L432" s="0" t="s">
         <x:v>3653</x:v>
       </x:c>
       <x:c r="M432" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N432" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O432" s="0" t="s">
-        <x:v>3638</x:v>
+        <x:v>3644</x:v>
       </x:c>
       <x:c r="P432" s="0" t="s">
-        <x:v>2113</x:v>
+        <x:v>3654</x:v>
       </x:c>
       <x:c r="Q432" s="0" t="s">
-        <x:v>3654</x:v>
+        <x:v>3655</x:v>
       </x:c>
       <x:c r="R432" s="0" t="s">
-        <x:v>3640</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="S432" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:19">
       <x:c r="A433" s="0" t="s">
-        <x:v>3655</x:v>
+        <x:v>3656</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>3656</x:v>
+        <x:v>3638</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>3657</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="E433" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F433" s="0" t="s">
         <x:v>3658</x:v>
       </x:c>
-      <x:c r="E433" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>3660</x:v>
+        <x:v>3642</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s"/>
       <x:c r="I433" s="0" t="s"/>
       <x:c r="J433" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K433" s="0" t="s"/>
       <x:c r="L433" s="0" t="s">
-        <x:v>3662</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N433" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>3638</x:v>
+        <x:v>3644</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="Q433" s="0" t="s">
-        <x:v>3663</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>3640</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="S433" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:19">
       <x:c r="A434" s="0" t="s">
+        <x:v>3661</x:v>
+      </x:c>
+      <x:c r="B434" s="0" t="s">
+        <x:v>3662</x:v>
+      </x:c>
+      <x:c r="C434" s="0" t="s">
+        <x:v>3663</x:v>
+      </x:c>
+      <x:c r="D434" s="0" t="s">
         <x:v>3664</x:v>
       </x:c>
-      <x:c r="B434" s="0" t="s">
+      <x:c r="E434" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F434" s="0" t="s">
         <x:v>3665</x:v>
       </x:c>
-      <x:c r="C434" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D434" s="0" t="s">
+      <x:c r="G434" s="0" t="s">
         <x:v>3666</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>3667</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s"/>
       <x:c r="I434" s="0" t="s"/>
       <x:c r="J434" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K434" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K434" s="0" t="s">
+        <x:v>3667</x:v>
+      </x:c>
       <x:c r="L434" s="0" t="s">
         <x:v>3668</x:v>
       </x:c>
       <x:c r="M434" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N434" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O434" s="0" t="s">
-        <x:v>3638</x:v>
+        <x:v>3644</x:v>
       </x:c>
       <x:c r="P434" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q434" s="0" t="s">
         <x:v>3669</x:v>
       </x:c>
       <x:c r="R434" s="0" t="s">
-        <x:v>3640</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="S434" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:19">
       <x:c r="A435" s="0" t="s">
         <x:v>3670</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>3671</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>3646</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>3081</x:v>
-[...4 lines deleted...]
-      <x:c r="F435" s="0" t="s">
         <x:v>3672</x:v>
       </x:c>
+      <x:c r="E435" s="0" t="s"/>
+      <x:c r="F435" s="0" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>3667</x:v>
+        <x:v>3673</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s"/>
       <x:c r="I435" s="0" t="s"/>
       <x:c r="J435" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K435" s="0" t="s"/>
       <x:c r="L435" s="0" t="s">
         <x:v>3674</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N435" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
+        <x:v>3644</x:v>
+      </x:c>
+      <x:c r="P435" s="0" t="s">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="Q435" s="0" t="s">
         <x:v>3675</x:v>
       </x:c>
-      <x:c r="P435" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>3670</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="S435" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:19">
       <x:c r="A436" s="0" t="s">
+        <x:v>3676</x:v>
+      </x:c>
+      <x:c r="B436" s="0" t="s">
+        <x:v>3677</x:v>
+      </x:c>
+      <x:c r="C436" s="0" t="s">
+        <x:v>3652</x:v>
+      </x:c>
+      <x:c r="D436" s="0" t="s">
+        <x:v>3089</x:v>
+      </x:c>
+      <x:c r="E436" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F436" s="0" t="s">
         <x:v>3678</x:v>
       </x:c>
-      <x:c r="B436" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>3683</x:v>
+        <x:v>3673</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s"/>
       <x:c r="I436" s="0" t="s"/>
       <x:c r="J436" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K436" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K436" s="0" t="s">
+        <x:v>3679</x:v>
+      </x:c>
       <x:c r="L436" s="0" t="s">
-        <x:v>3684</x:v>
+        <x:v>3680</x:v>
       </x:c>
       <x:c r="M436" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N436" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O436" s="0" t="s">
-        <x:v>3685</x:v>
+        <x:v>3681</x:v>
       </x:c>
       <x:c r="P436" s="0" t="s">
-        <x:v>3322</x:v>
+        <x:v>3682</x:v>
       </x:c>
       <x:c r="Q436" s="0" t="s">
-        <x:v>3686</x:v>
+        <x:v>3683</x:v>
       </x:c>
       <x:c r="R436" s="0" t="s">
-        <x:v>3687</x:v>
+        <x:v>3676</x:v>
       </x:c>
       <x:c r="S436" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:19">
       <x:c r="A437" s="0" t="s">
+        <x:v>3684</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
+        <x:v>3685</x:v>
+      </x:c>
+      <x:c r="C437" s="0" t="s">
+        <x:v>3686</x:v>
+      </x:c>
+      <x:c r="D437" s="0" t="s">
+        <x:v>3687</x:v>
+      </x:c>
+      <x:c r="E437" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F437" s="0" t="s">
         <x:v>3688</x:v>
       </x:c>
-      <x:c r="B437" s="0" t="s">
+      <x:c r="G437" s="0" t="s">
         <x:v>3689</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>3691</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s"/>
       <x:c r="I437" s="0" t="s"/>
       <x:c r="J437" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s"/>
       <x:c r="L437" s="0" t="s">
-        <x:v>3692</x:v>
+        <x:v>3690</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N437" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
+        <x:v>3691</x:v>
+      </x:c>
+      <x:c r="P437" s="0" t="s">
+        <x:v>3330</x:v>
+      </x:c>
+      <x:c r="Q437" s="0" t="s">
+        <x:v>3692</x:v>
+      </x:c>
+      <x:c r="R437" s="0" t="s">
         <x:v>3693</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3688</x:v>
       </x:c>
       <x:c r="S437" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:19">
       <x:c r="A438" s="0" t="s">
+        <x:v>3694</x:v>
+      </x:c>
+      <x:c r="B438" s="0" t="s">
+        <x:v>3695</x:v>
+      </x:c>
+      <x:c r="C438" s="0" t="s">
+        <x:v>3568</x:v>
+      </x:c>
+      <x:c r="D438" s="0" t="s">
+        <x:v>3569</x:v>
+      </x:c>
+      <x:c r="E438" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F438" s="0" t="s">
         <x:v>3696</x:v>
       </x:c>
-      <x:c r="B438" s="0" t="s">
-[...9 lines deleted...]
-      <x:c r="F438" s="0" t="s"/>
       <x:c r="G438" s="0" t="s">
-        <x:v>3564</x:v>
+        <x:v>3697</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s"/>
       <x:c r="I438" s="0" t="s"/>
       <x:c r="J438" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s"/>
       <x:c r="L438" s="0" t="s">
-        <x:v>3697</x:v>
+        <x:v>3698</x:v>
       </x:c>
       <x:c r="M438" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N438" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O438" s="0" t="s">
-        <x:v>3693</x:v>
+        <x:v>3699</x:v>
       </x:c>
       <x:c r="P438" s="0" t="s">
-        <x:v>3698</x:v>
+        <x:v>3700</x:v>
       </x:c>
       <x:c r="Q438" s="0" t="s">
-        <x:v>3699</x:v>
+        <x:v>3701</x:v>
       </x:c>
       <x:c r="R438" s="0" t="s">
-        <x:v>3688</x:v>
+        <x:v>3694</x:v>
       </x:c>
       <x:c r="S438" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:19">
       <x:c r="A439" s="0" t="s">
-        <x:v>3700</x:v>
+        <x:v>3702</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>3701</x:v>
+        <x:v>3567</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>3702</x:v>
+        <x:v>3568</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>3569</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s"/>
       <x:c r="F439" s="0" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>3703</x:v>
+        <x:v>3570</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s"/>
       <x:c r="I439" s="0" t="s"/>
       <x:c r="J439" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s"/>
       <x:c r="L439" s="0" t="s">
-        <x:v>3704</x:v>
+        <x:v>3703</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N439" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>3693</x:v>
+        <x:v>3699</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="Q439" s="0" t="s">
         <x:v>3705</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>3688</x:v>
+        <x:v>3694</x:v>
       </x:c>
       <x:c r="S439" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:19">
       <x:c r="A440" s="0" t="s">
         <x:v>3706</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>3707</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>3708</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>3634</x:v>
-[...4 lines deleted...]
-      <x:c r="F440" s="0" t="s">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="E440" s="0" t="s"/>
+      <x:c r="F440" s="0" t="s"/>
+      <x:c r="G440" s="0" t="s">
         <x:v>3709</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3710</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s"/>
       <x:c r="I440" s="0" t="s"/>
       <x:c r="J440" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K440" s="0" t="s"/>
       <x:c r="L440" s="0" t="s">
-        <x:v>3712</x:v>
+        <x:v>3710</x:v>
       </x:c>
       <x:c r="M440" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N440" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O440" s="0" t="s">
-        <x:v>3713</x:v>
+        <x:v>3699</x:v>
       </x:c>
       <x:c r="P440" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q440" s="0" t="s">
-        <x:v>3714</x:v>
+        <x:v>3711</x:v>
       </x:c>
       <x:c r="R440" s="0" t="s">
-        <x:v>3715</x:v>
+        <x:v>3694</x:v>
       </x:c>
       <x:c r="S440" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:19">
       <x:c r="A441" s="0" t="s">
+        <x:v>3712</x:v>
+      </x:c>
+      <x:c r="B441" s="0" t="s">
+        <x:v>3713</x:v>
+      </x:c>
+      <x:c r="C441" s="0" t="s">
+        <x:v>3714</x:v>
+      </x:c>
+      <x:c r="D441" s="0" t="s">
+        <x:v>3640</x:v>
+      </x:c>
+      <x:c r="E441" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F441" s="0" t="s">
+        <x:v>3715</x:v>
+      </x:c>
+      <x:c r="G441" s="0" t="s">
         <x:v>3716</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3721</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s"/>
       <x:c r="I441" s="0" t="s"/>
       <x:c r="J441" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>3722</x:v>
+        <x:v>3717</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>3723</x:v>
+        <x:v>3718</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N441" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>3713</x:v>
+        <x:v>3719</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>3724</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q441" s="0" t="s">
-        <x:v>3725</x:v>
+        <x:v>3720</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>3715</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="S441" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:19">
       <x:c r="A442" s="0" t="s">
+        <x:v>3722</x:v>
+      </x:c>
+      <x:c r="B442" s="0" t="s">
+        <x:v>3723</x:v>
+      </x:c>
+      <x:c r="C442" s="0" t="s">
+        <x:v>3724</x:v>
+      </x:c>
+      <x:c r="D442" s="0" t="s">
+        <x:v>3725</x:v>
+      </x:c>
+      <x:c r="E442" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F442" s="0" t="s">
         <x:v>3726</x:v>
       </x:c>
-      <x:c r="B442" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C442" s="0" t="s">
+      <x:c r="G442" s="0" t="s">
         <x:v>3727</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3721</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s"/>
       <x:c r="I442" s="0" t="s"/>
       <x:c r="J442" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K442" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K442" s="0" t="s">
+        <x:v>3728</x:v>
+      </x:c>
       <x:c r="L442" s="0" t="s">
-        <x:v>3728</x:v>
+        <x:v>3729</x:v>
       </x:c>
       <x:c r="M442" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N442" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O442" s="0" t="s">
-        <x:v>3713</x:v>
+        <x:v>3719</x:v>
       </x:c>
       <x:c r="P442" s="0" t="s">
-        <x:v>3338</x:v>
+        <x:v>3730</x:v>
       </x:c>
       <x:c r="Q442" s="0" t="s">
-        <x:v>3729</x:v>
+        <x:v>3731</x:v>
       </x:c>
       <x:c r="R442" s="0" t="s">
-        <x:v>3715</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="S442" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:19">
       <x:c r="A443" s="0" t="s">
-        <x:v>3730</x:v>
+        <x:v>3732</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>3731</x:v>
+        <x:v>3723</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>3732</x:v>
+        <x:v>3733</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>3733</x:v>
+        <x:v>3640</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
-        <x:v>3734</x:v>
+        <x:v>3641</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>3735</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>3727</x:v>
+      </x:c>
+      <x:c r="H443" s="0" t="s"/>
       <x:c r="I443" s="0" t="s"/>
       <x:c r="J443" s="0" t="s">
-        <x:v>1539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K443" s="0" t="s"/>
       <x:c r="L443" s="0" t="s">
-        <x:v>3738</x:v>
+        <x:v>3734</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N443" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>3713</x:v>
+        <x:v>3719</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>3739</x:v>
+        <x:v>3346</x:v>
       </x:c>
       <x:c r="Q443" s="0" t="s">
-        <x:v>3740</x:v>
+        <x:v>3735</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>3715</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="S443" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:19">
       <x:c r="A444" s="0" t="s">
+        <x:v>3736</x:v>
+      </x:c>
+      <x:c r="B444" s="0" t="s">
+        <x:v>3737</x:v>
+      </x:c>
+      <x:c r="C444" s="0" t="s">
+        <x:v>3738</x:v>
+      </x:c>
+      <x:c r="D444" s="0" t="s">
+        <x:v>3739</x:v>
+      </x:c>
+      <x:c r="E444" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F444" s="0" t="s">
+        <x:v>3740</x:v>
+      </x:c>
+      <x:c r="G444" s="0" t="s">
         <x:v>3741</x:v>
       </x:c>
-      <x:c r="B444" s="0" t="s">
+      <x:c r="H444" s="0" t="s">
         <x:v>3742</x:v>
       </x:c>
-      <x:c r="C444" s="0" t="s">
-[...14 lines deleted...]
-      <x:c r="H444" s="0" t="s"/>
       <x:c r="I444" s="0" t="s"/>
       <x:c r="J444" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
-        <x:v>3746</x:v>
+        <x:v>3743</x:v>
       </x:c>
       <x:c r="L444" s="0" t="s">
-        <x:v>3747</x:v>
+        <x:v>3744</x:v>
       </x:c>
       <x:c r="M444" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N444" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O444" s="0" t="s">
-        <x:v>3713</x:v>
+        <x:v>3719</x:v>
       </x:c>
       <x:c r="P444" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>3745</x:v>
       </x:c>
       <x:c r="Q444" s="0" t="s">
-        <x:v>3748</x:v>
+        <x:v>3746</x:v>
       </x:c>
       <x:c r="R444" s="0" t="s">
-        <x:v>3715</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="S444" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:19">
       <x:c r="A445" s="0" t="s">
+        <x:v>3747</x:v>
+      </x:c>
+      <x:c r="B445" s="0" t="s">
+        <x:v>3748</x:v>
+      </x:c>
+      <x:c r="C445" s="0" t="s">
         <x:v>3749</x:v>
       </x:c>
-      <x:c r="B445" s="0" t="s">
+      <x:c r="D445" s="0" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E445" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F445" s="0" t="s">
         <x:v>3750</x:v>
       </x:c>
-      <x:c r="C445" s="0" t="s">
+      <x:c r="G445" s="0" t="s">
         <x:v>3751</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3753</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s"/>
       <x:c r="I445" s="0" t="s"/>
       <x:c r="J445" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K445" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K445" s="0" t="s">
+        <x:v>3752</x:v>
+      </x:c>
       <x:c r="L445" s="0" t="s">
-        <x:v>3754</x:v>
+        <x:v>3753</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N445" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>3713</x:v>
+        <x:v>3719</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>3755</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q445" s="0" t="s">
-        <x:v>3756</x:v>
+        <x:v>3754</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>3715</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="S445" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:19">
       <x:c r="A446" s="0" t="s">
+        <x:v>3755</x:v>
+      </x:c>
+      <x:c r="B446" s="0" t="s">
+        <x:v>3756</x:v>
+      </x:c>
+      <x:c r="C446" s="0" t="s">
         <x:v>3757</x:v>
       </x:c>
-      <x:c r="B446" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C446" s="0" t="s">
+      <x:c r="D446" s="0" t="s">
         <x:v>3758</x:v>
       </x:c>
-      <x:c r="D446" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F446" s="0" t="s"/>
+      <x:c r="E446" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F446" s="0" t="s">
+        <x:v>3715</x:v>
+      </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>3574</x:v>
+        <x:v>3759</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s"/>
       <x:c r="I446" s="0" t="s"/>
       <x:c r="J446" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s"/>
       <x:c r="L446" s="0" t="s">
-        <x:v>3759</x:v>
+        <x:v>3760</x:v>
       </x:c>
       <x:c r="M446" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N446" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O446" s="0" t="s">
-        <x:v>3760</x:v>
+        <x:v>3719</x:v>
       </x:c>
       <x:c r="P446" s="0" t="s">
         <x:v>3761</x:v>
       </x:c>
       <x:c r="Q446" s="0" t="s">
         <x:v>3762</x:v>
       </x:c>
       <x:c r="R446" s="0" t="s">
-        <x:v>3763</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="S446" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:19">
       <x:c r="A447" s="0" t="s">
+        <x:v>3763</x:v>
+      </x:c>
+      <x:c r="B447" s="0" t="s">
+        <x:v>3577</x:v>
+      </x:c>
+      <x:c r="C447" s="0" t="s">
         <x:v>3764</x:v>
       </x:c>
-      <x:c r="B447" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>2807</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s"/>
       <x:c r="F447" s="0" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>3628</x:v>
+        <x:v>3580</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s"/>
-      <x:c r="I447" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I447" s="0" t="s"/>
       <x:c r="J447" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s"/>
       <x:c r="L447" s="0" t="s">
-        <x:v>3766</x:v>
+        <x:v>3765</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N447" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>3760</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>3767</x:v>
       </x:c>
       <x:c r="Q447" s="0" t="s">
         <x:v>3768</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>3763</x:v>
+        <x:v>3769</x:v>
       </x:c>
       <x:c r="S447" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:19">
       <x:c r="A448" s="0" t="s">
-        <x:v>3769</x:v>
+        <x:v>3770</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>3770</x:v>
+        <x:v>3631</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>3758</x:v>
+        <x:v>3771</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>1872</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>2815</x:v>
+      </x:c>
+      <x:c r="E448" s="0" t="s"/>
+      <x:c r="F448" s="0" t="s"/>
       <x:c r="G448" s="0" t="s">
-        <x:v>3772</x:v>
+        <x:v>3634</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s"/>
-      <x:c r="I448" s="0" t="s"/>
+      <x:c r="I448" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J448" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s"/>
       <x:c r="L448" s="0" t="s">
-        <x:v>3773</x:v>
+        <x:v>3772</x:v>
       </x:c>
       <x:c r="M448" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N448" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O448" s="0" t="s">
-        <x:v>3760</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="P448" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>3773</x:v>
       </x:c>
       <x:c r="Q448" s="0" t="s">
         <x:v>3774</x:v>
       </x:c>
       <x:c r="R448" s="0" t="s">
-        <x:v>3763</x:v>
+        <x:v>3769</x:v>
       </x:c>
       <x:c r="S448" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:19">
       <x:c r="A449" s="0" t="s">
         <x:v>3775</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>3776</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
+        <x:v>3764</x:v>
+      </x:c>
+      <x:c r="D449" s="0" t="s">
+        <x:v>1886</x:v>
+      </x:c>
+      <x:c r="E449" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F449" s="0" t="s">
         <x:v>3777</x:v>
       </x:c>
-      <x:c r="D449" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F449" s="0" t="s">
+      <x:c r="G449" s="0" t="s">
         <x:v>3778</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3779</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s"/>
       <x:c r="I449" s="0" t="s"/>
       <x:c r="J449" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s"/>
       <x:c r="L449" s="0" t="s">
-        <x:v>3780</x:v>
+        <x:v>3779</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N449" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>3760</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>3781</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="Q449" s="0" t="s">
-        <x:v>3782</x:v>
+        <x:v>3780</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>3763</x:v>
+        <x:v>3769</x:v>
       </x:c>
       <x:c r="S449" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:19">
       <x:c r="A450" s="0" t="s">
+        <x:v>3781</x:v>
+      </x:c>
+      <x:c r="B450" s="0" t="s">
+        <x:v>3782</x:v>
+      </x:c>
+      <x:c r="C450" s="0" t="s">
         <x:v>3783</x:v>
       </x:c>
-      <x:c r="B450" s="0" t="s">
+      <x:c r="D450" s="0" t="s">
+        <x:v>3633</x:v>
+      </x:c>
+      <x:c r="E450" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F450" s="0" t="s">
         <x:v>3784</x:v>
       </x:c>
-      <x:c r="C450" s="0" t="s">
+      <x:c r="G450" s="0" t="s">
         <x:v>3785</x:v>
       </x:c>
-      <x:c r="D450" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F450" s="0" t="s">
+      <x:c r="H450" s="0" t="s"/>
+      <x:c r="I450" s="0" t="s"/>
+      <x:c r="J450" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K450" s="0" t="s"/>
+      <x:c r="L450" s="0" t="s">
         <x:v>3786</x:v>
-      </x:c>
-[...14 lines deleted...]
-        <x:v>3789</x:v>
       </x:c>
       <x:c r="M450" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N450" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O450" s="0" t="s">
-        <x:v>3760</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="P450" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>3787</x:v>
       </x:c>
       <x:c r="Q450" s="0" t="s">
-        <x:v>3790</x:v>
+        <x:v>3788</x:v>
       </x:c>
       <x:c r="R450" s="0" t="s">
-        <x:v>3763</x:v>
+        <x:v>3769</x:v>
       </x:c>
       <x:c r="S450" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:19">
       <x:c r="A451" s="0" t="s">
+        <x:v>3789</x:v>
+      </x:c>
+      <x:c r="B451" s="0" t="s">
+        <x:v>3790</x:v>
+      </x:c>
+      <x:c r="C451" s="0" t="s">
         <x:v>3791</x:v>
       </x:c>
-      <x:c r="B451" s="0" t="s"/>
-[...2 lines deleted...]
-      </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>1467</x:v>
-[...3 lines deleted...]
-      <x:c r="G451" s="0" t="s"/>
+        <x:v>2418</x:v>
+      </x:c>
+      <x:c r="E451" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F451" s="0" t="s">
+        <x:v>3792</x:v>
+      </x:c>
+      <x:c r="G451" s="0" t="s">
+        <x:v>3793</x:v>
+      </x:c>
       <x:c r="H451" s="0" t="s"/>
-      <x:c r="I451" s="0" t="s"/>
+      <x:c r="I451" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>1539</x:v>
-[...1 lines deleted...]
-      <x:c r="K451" s="0" t="s"/>
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K451" s="0" t="s">
+        <x:v>3794</x:v>
+      </x:c>
       <x:c r="L451" s="0" t="s">
-        <x:v>3792</x:v>
+        <x:v>3795</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N451" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>3793</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="Q451" s="0" t="s">
-        <x:v>3794</x:v>
+        <x:v>3796</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>3795</x:v>
+        <x:v>3769</x:v>
       </x:c>
       <x:c r="S451" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:19">
       <x:c r="A452" s="0" t="s">
-        <x:v>3331</x:v>
+        <x:v>3797</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s"/>
-      <x:c r="C452" s="0" t="s"/>
-      <x:c r="D452" s="0" t="s"/>
+      <x:c r="C452" s="0" t="s">
+        <x:v>3708</x:v>
+      </x:c>
+      <x:c r="D452" s="0" t="s">
+        <x:v>1480</x:v>
+      </x:c>
       <x:c r="E452" s="0" t="s"/>
       <x:c r="F452" s="0" t="s"/>
       <x:c r="G452" s="0" t="s"/>
       <x:c r="H452" s="0" t="s"/>
       <x:c r="I452" s="0" t="s"/>
       <x:c r="J452" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s"/>
       <x:c r="L452" s="0" t="s">
-        <x:v>3796</x:v>
+        <x:v>3798</x:v>
       </x:c>
       <x:c r="M452" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N452" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="O452" s="0" t="s">
-        <x:v>3797</x:v>
+        <x:v>3799</x:v>
       </x:c>
       <x:c r="P452" s="0" t="s">
-        <x:v>3333</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="Q452" s="0" t="s">
-        <x:v>3798</x:v>
+        <x:v>3800</x:v>
       </x:c>
       <x:c r="R452" s="0" t="s">
-        <x:v>3799</x:v>
+        <x:v>3801</x:v>
       </x:c>
       <x:c r="S452" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:19">
       <x:c r="A453" s="0" t="s">
-        <x:v>3800</x:v>
+        <x:v>3339</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s"/>
-      <x:c r="C453" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="C453" s="0" t="s"/>
+      <x:c r="D453" s="0" t="s"/>
+      <x:c r="E453" s="0" t="s"/>
+      <x:c r="F453" s="0" t="s"/>
       <x:c r="G453" s="0" t="s"/>
       <x:c r="H453" s="0" t="s"/>
       <x:c r="I453" s="0" t="s"/>
       <x:c r="J453" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s"/>
       <x:c r="L453" s="0" t="s">
-        <x:v>3801</x:v>
+        <x:v>3802</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N453" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>3797</x:v>
+        <x:v>3803</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="Q453" s="0" t="s">
-        <x:v>3802</x:v>
+        <x:v>3804</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>3799</x:v>
+        <x:v>3805</x:v>
       </x:c>
       <x:c r="S453" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:19">
       <x:c r="A454" s="0" t="s">
-        <x:v>3803</x:v>
+        <x:v>3806</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s"/>
-      <x:c r="C454" s="0" t="s"/>
-[...2 lines deleted...]
-      <x:c r="F454" s="0" t="s"/>
+      <x:c r="C454" s="0" t="s">
+        <x:v>3551</x:v>
+      </x:c>
+      <x:c r="D454" s="0" t="s">
+        <x:v>3539</x:v>
+      </x:c>
+      <x:c r="E454" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F454" s="0" t="s">
+        <x:v>3594</x:v>
+      </x:c>
       <x:c r="G454" s="0" t="s"/>
       <x:c r="H454" s="0" t="s"/>
       <x:c r="I454" s="0" t="s"/>
       <x:c r="J454" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s"/>
       <x:c r="L454" s="0" t="s">
-        <x:v>3804</x:v>
+        <x:v>3807</x:v>
       </x:c>
       <x:c r="M454" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N454" s="0" t="s">
-        <x:v>3315</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O454" s="0" t="s">
-        <x:v>3797</x:v>
+        <x:v>3803</x:v>
       </x:c>
       <x:c r="P454" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="Q454" s="0" t="s">
+        <x:v>3808</x:v>
+      </x:c>
+      <x:c r="R454" s="0" t="s">
         <x:v>3805</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3799</x:v>
       </x:c>
       <x:c r="S454" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:19">
       <x:c r="A455" s="0" t="s">
-        <x:v>3806</x:v>
+        <x:v>3809</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s"/>
-      <x:c r="C455" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="C455" s="0" t="s"/>
+      <x:c r="D455" s="0" t="s"/>
+      <x:c r="E455" s="0" t="s"/>
+      <x:c r="F455" s="0" t="s"/>
       <x:c r="G455" s="0" t="s"/>
       <x:c r="H455" s="0" t="s"/>
       <x:c r="I455" s="0" t="s"/>
       <x:c r="J455" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s"/>
       <x:c r="L455" s="0" t="s">
-        <x:v>3807</x:v>
+        <x:v>3810</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N455" s="0" t="s">
-        <x:v>3808</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>3809</x:v>
+        <x:v>3803</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>2383</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="Q455" s="0" t="s">
-        <x:v>3810</x:v>
+        <x:v>3811</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>3811</x:v>
+        <x:v>3805</x:v>
       </x:c>
       <x:c r="S455" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="456" spans="1:19">
+      <x:c r="A456" s="0" t="s">
+        <x:v>3812</x:v>
+      </x:c>
+      <x:c r="B456" s="0" t="s"/>
+      <x:c r="C456" s="0" t="s">
+        <x:v>3551</x:v>
+      </x:c>
+      <x:c r="D456" s="0" t="s">
+        <x:v>3539</x:v>
+      </x:c>
+      <x:c r="E456" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F456" s="0" t="s">
+        <x:v>3594</x:v>
+      </x:c>
+      <x:c r="G456" s="0" t="s"/>
+      <x:c r="H456" s="0" t="s"/>
+      <x:c r="I456" s="0" t="s"/>
+      <x:c r="J456" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K456" s="0" t="s"/>
+      <x:c r="L456" s="0" t="s">
+        <x:v>3813</x:v>
+      </x:c>
+      <x:c r="M456" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="N456" s="0" t="s">
+        <x:v>3814</x:v>
+      </x:c>
+      <x:c r="O456" s="0" t="s">
+        <x:v>3815</x:v>
+      </x:c>
+      <x:c r="P456" s="0" t="s">
+        <x:v>2391</x:v>
+      </x:c>
+      <x:c r="Q456" s="0" t="s">
+        <x:v>3816</x:v>
+      </x:c>
+      <x:c r="R456" s="0" t="s">
+        <x:v>3817</x:v>
+      </x:c>
+      <x:c r="S456" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>