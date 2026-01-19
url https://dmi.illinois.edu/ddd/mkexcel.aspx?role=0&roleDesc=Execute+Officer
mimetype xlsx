--- v1 (2025-12-04)
+++ v2 (2026-01-19)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4fcbb0e3b5480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/418154f3cad94e67bd755527ff9eccb0.psmdcp" Id="R11477e2bbc8443bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra122c53585f44fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f19dbd7cf6b4cbe816314b002d7264a.psmdcp" Id="R55635933be404327" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Execute Officer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3818" uniqueCount="3818">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3836" uniqueCount="3836">
   <x:si>
     <x:t>DEPTNAME</x:t>
   </x:si>
   <x:si>
     <x:t>NAME</x:t>
   </x:si>
   <x:si>
     <x:t>ADDRESS</x:t>
   </x:si>
   <x:si>
     <x:t>MC</x:t>
   </x:si>
   <x:si>
     <x:t>AREACODE</x:t>
   </x:si>
   <x:si>
     <x:t>PHONE</x:t>
   </x:si>
   <x:si>
     <x:t>NETID</x:t>
   </x:si>
   <x:si>
     <x:t>CIP</x:t>
   </x:si>
   <x:si>
@@ -6080,63 +6080,63 @@
   <x:si>
     <x:t>333-4410</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">csantos </x:t>
   </x:si>
   <x:si>
     <x:t>31.0101</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.rst.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KY-KY0-714</x:t>
   </x:si>
   <x:si>
     <x:t>714</x:t>
   </x:si>
   <x:si>
     <x:t>1-714</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Speech &amp; Hearing Science      </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Amy Woods              </x:t>
+    <x:t xml:space="preserve">Georgia Malandraki     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">901 S. Sixth                  </x:t>
   </x:si>
   <x:si>
     <x:t>482</x:t>
   </x:si>
   <x:si>
     <x:t>333-2230</x:t>
   </x:si>
   <x:si>
-    <x:t>amywoods</x:t>
+    <x:t>georgiam</x:t>
   </x:si>
   <x:si>
     <x:t>51.0204</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.shs.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KY-KY0-679</x:t>
   </x:si>
   <x:si>
     <x:t>1-679</x:t>
   </x:si>
   <x:si>
     <x:t>Tech for Health &amp; Independence</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">108 Huff Hall                 </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KY-KY0-378</x:t>
   </x:si>
   <x:si>
     <x:t>378</x:t>
   </x:si>
@@ -6581,80 +6581,50 @@
   <x:si>
     <x:t xml:space="preserve">jkeiken </x:t>
   </x:si>
   <x:si>
     <x:t>90.4302</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.fsi.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LF-LF0-305</x:t>
   </x:si>
   <x:si>
     <x:t>LF</x:t>
   </x:si>
   <x:si>
     <x:t>305</x:t>
   </x:si>
   <x:si>
     <x:t>1-305</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Public Safety                 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Police Training Institute     </x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">School of Labor &amp; Empl. Rel.  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Simon Restubog         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">147 LER                       </x:t>
   </x:si>
   <x:si>
     <x:t>333-1482</x:t>
   </x:si>
   <x:si>
     <x:t>simonldr</x:t>
   </x:si>
   <x:si>
     <x:t>52.1002</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.ler.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-LG-LG0-568</x:t>
   </x:si>
   <x:si>
     <x:t>LG</x:t>
@@ -7592,77 +7562,50 @@
   <x:si>
     <x:t>678</x:t>
   </x:si>
   <x:si>
     <x:t>1-678</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Student Financial Aid-Admin   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Student Services Arcade       </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://www.osfa.illinois.edu/                                                                                                                                                                          </x:t>
   </x:si>
   <x:si>
     <x:t>1B2-NB-NB1-972</x:t>
   </x:si>
   <x:si>
     <x:t>972</x:t>
   </x:si>
   <x:si>
     <x:t>1-972</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">UIUC Purchasing CMO           </x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Undergraduate Admissions      </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Sara MacKenzie         </x:t>
   </x:si>
   <x:si>
     <x:t>333-0302</x:t>
   </x:si>
   <x:si>
     <x:t>saramack</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://admissions.illinois.edu/                                                                                                                                                                         </x:t>
   </x:si>
   <x:si>
     <x:t>1B2-NB-NB1-593</x:t>
   </x:si>
   <x:si>
     <x:t>593</x:t>
   </x:si>
   <x:si>
     <x:t>1-593</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">University Laboratory HS      </x:t>
@@ -7718,102 +7661,129 @@
   <x:si>
     <x:t>1B2-NT-NT0-618</x:t>
   </x:si>
   <x:si>
     <x:t>NT</x:t>
   </x:si>
   <x:si>
     <x:t>1-618</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Technology Svcs at Illinois   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Campus Research IT            </x:t>
   </x:si>
   <x:si>
     <x:t>1B2-NT-NT0-749</x:t>
   </x:si>
   <x:si>
     <x:t>749</x:t>
   </x:si>
   <x:si>
     <x:t>1-749</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Swanlund IT                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">C.Montgomery/D.Strole  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">314 Harker Hall               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cwoodwor</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://swanlundit.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NT-NT0-365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-365</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Technology Services           </x:t>
   </x:si>
   <x:si>
     <x:t>244-7000</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.techservices.illinois.edu/                                                                                                                                                                   </x:t>
   </x:si>
   <x:si>
     <x:t>1B2-NT-NT0-798</x:t>
   </x:si>
   <x:si>
     <x:t>798</x:t>
   </x:si>
   <x:si>
     <x:t>1-798</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">TS IT Service Delivery        </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1304 W. Springfield Avenue    </x:t>
   </x:si>
   <x:si>
     <x:t>265-0806</x:t>
   </x:si>
   <x:si>
     <x:t>1B2-NT-NT0-860</x:t>
   </x:si>
   <x:si>
     <x:t>860</x:t>
   </x:si>
   <x:si>
     <x:t>1-860</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Services Administration</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Jeffrey Angiel         </x:t>
+    <x:t xml:space="preserve">Morgan White           </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Physical Plant Svcs Bldg      </x:t>
   </x:si>
   <x:si>
     <x:t>827</x:t>
   </x:si>
   <x:si>
     <x:t>333-2500</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">jangiel </x:t>
+    <x:t xml:space="preserve">mbwhite </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.energymanagement.illinois.edu/                                                                                                                                                               </x:t>
   </x:si>
   <x:si>
     <x:t>1C1-MY-MY0-862</x:t>
   </x:si>
   <x:si>
     <x:t>C1</x:t>
   </x:si>
   <x:si>
     <x:t>MY</x:t>
   </x:si>
   <x:si>
     <x:t>862</x:t>
   </x:si>
   <x:si>
     <x:t>1-862</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Energy Services               </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Utilities - UIUC              </x:t>
   </x:si>
@@ -8675,60 +8645,60 @@
   <x:si>
     <x:t>244-3344</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">aburton </x:t>
   </x:si>
   <x:si>
     <x:t>90.2401</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://hri.illinois.edu/                                                                                                                                                                               </x:t>
   </x:si>
   <x:si>
     <x:t>1D1-NP-NP0-327</x:t>
   </x:si>
   <x:si>
     <x:t>327</x:t>
   </x:si>
   <x:si>
     <x:t>1-327</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">IGB                           </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Gene Robinson          </x:t>
+    <x:t xml:space="preserve">Lisa Ainsworth         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1608 IGB                      </x:t>
   </x:si>
   <x:si>
     <x:t>244-3034</x:t>
   </x:si>
   <x:si>
-    <x:t>generobi</x:t>
+    <x:t>ainswort</x:t>
   </x:si>
   <x:si>
     <x:t>90.2608</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.igb.illinois.edu/                                                                                                                                                                            </x:t>
   </x:si>
   <x:si>
     <x:t>1D1-NP-NP0-231</x:t>
   </x:si>
   <x:si>
     <x:t>1-231</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">IL Natural History Survey     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Michael Dreslik        </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1816 S. Oak St.               </x:t>
   </x:si>
   <x:si>
     <x:t>333-6880</x:t>
   </x:si>
@@ -9548,234 +9518,252 @@
   <x:si>
     <x:t>dlwright</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://give.illinois.edu/                                                                                                                                                                               </x:t>
   </x:si>
   <x:si>
     <x:t>1F1-NS-NSO-280</x:t>
   </x:si>
   <x:si>
     <x:t>F1</x:t>
   </x:si>
   <x:si>
     <x:t>NS</x:t>
   </x:si>
   <x:si>
     <x:t>280</x:t>
   </x:si>
   <x:si>
     <x:t>1-280</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">VC for Inst Advancement       </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Vice Chancellor for Diversity </x:t>
+    <x:t xml:space="preserve">Vice Chancellor for Access    </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Gioconda Guerra Perez  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">614 E. Daniel St. 3rd Floor   </x:t>
   </x:si>
   <x:si>
     <x:t>244-3674</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">gguerra </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://diversity.illinois.edu/                                                                                                                                                                         </x:t>
   </x:si>
   <x:si>
     <x:t>1G1-NV-NV0-594</x:t>
   </x:si>
   <x:si>
     <x:t>G1</x:t>
   </x:si>
   <x:si>
     <x:t>NV</x:t>
   </x:si>
   <x:si>
     <x:t>1-594</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Business Community Econ Dev   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">	Gioconda Guerr Perez  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">614 E. Daniel Street          </x:t>
   </x:si>
   <x:si>
     <x:t>1G1-NV-NV0-394</x:t>
   </x:si>
   <x:si>
     <x:t>394</x:t>
   </x:si>
   <x:si>
     <x:t>1-394</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Campus Belonging              </x:t>
+    <x:t xml:space="preserve">Campus Climate and Belonging  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Datia Flowers          </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">dlf3    </x:t>
   </x:si>
   <x:si>
     <x:t>1G1-NV-NV0-534</x:t>
   </x:si>
   <x:si>
     <x:t>1-534</x:t>
   </x:si>
   <x:si>
-    <x:t>Diversity Committee &amp; Advocacy</x:t>
+    <x:t xml:space="preserve">Civil Rights Coords Admin     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Danielle Fleenor       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>616 E. Green Street, Suite 214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>daniemor</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://wecare.illinois.edu/titleix/                                                                                                                                                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1G1-NV-NV0-930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-930</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Comm Engage and Adv           </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">M. Roberts-Southerland </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">mrs     </x:t>
   </x:si>
   <x:si>
     <x:t>1G1-NV-NV0-267</x:t>
   </x:si>
   <x:si>
     <x:t>267</x:t>
   </x:si>
   <x:si>
     <x:t>1-267</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Illinois Scholars Program     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Norma Garcia           </x:t>
   </x:si>
   <x:si>
     <x:t>300-5968</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ntellez </x:t>
   </x:si>
   <x:si>
     <x:t>1G1-NV-NV0-852</x:t>
   </x:si>
   <x:si>
     <x:t>852</x:t>
   </x:si>
   <x:si>
     <x:t>1-852</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Office for Access and Equity  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Nizam Arain            </x:t>
   </x:si>
   <x:si>
-    <x:t>616 E. Green Street, Suite 214</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>244-3264</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">narain  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://oae.illinois.edu/                                                                                                                                                                               </x:t>
   </x:si>
   <x:si>
     <x:t>1G1-NV-NV0-433</x:t>
   </x:si>
   <x:si>
     <x:t>433</x:t>
   </x:si>
   <x:si>
     <x:t>1-433</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Title IX Office               </x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">VC Admin and Operations       </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Lowa Mwilambwe         </x:t>
   </x:si>
   <x:si>
     <x:t>lmwilamb</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://operations.illinois.edu/                                                                                                                                                                        </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL0-839</x:t>
   </x:si>
   <x:si>
     <x:t>H1</x:t>
   </x:si>
   <x:si>
     <x:t>NL</x:t>
   </x:si>
   <x:si>
     <x:t>839</x:t>
   </x:si>
   <x:si>
     <x:t>1-839</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">VC for Admin and Operations   </x:t>
+    <x:t xml:space="preserve">VC Finance and Administration </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">&amp;#160;Budget &amp; Resource Planning   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Aimee Heeter           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">507 E. Green St               </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">aheeter </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1H1-NL-NL2-677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-677</x:t>
   </x:si>
   <x:si>
     <x:t>Allerton Park &amp; Retreat Center</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Derek Peterson         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">515 Old Timber Rd.            </x:t>
   </x:si>
   <x:si>
     <x:t>333-3287</x:t>
   </x:si>
   <x:si>
     <x:t>depetrsn</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://allerton.illinois.edu/                                                                                                                                                                           </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL1-550</x:t>
   </x:si>
   <x:si>
     <x:t>550</x:t>
   </x:si>
@@ -9795,72 +9783,90 @@
     <x:t xml:space="preserve">
 http://www.arboretum.illinois.edu                                                                                                                                                                     </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL1-808</x:t>
   </x:si>
   <x:si>
     <x:t>808</x:t>
   </x:si>
   <x:si>
     <x:t>1-808</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Aviation Lease                </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL0-355</x:t>
   </x:si>
   <x:si>
     <x:t>355</x:t>
   </x:si>
   <x:si>
     <x:t>1-355</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Capital Planning              </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Brian Bundren          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">bundren </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1H1-NL-NL2-614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-614</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Division of Public Safety     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Matthew Ballinger      </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1110 W. Springfield           </x:t>
   </x:si>
   <x:si>
     <x:t>240</x:t>
   </x:si>
   <x:si>
     <x:t>333-1216</x:t>
   </x:si>
   <x:si>
     <x:t>mballing</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://police.illinois.edu                                                                                                                                                                              </x:t>
   </x:si>
   <x:si>
-    <x:t>1H1-NL-NL0-664</x:t>
+    <x:t>1H1-NL-NL3-664</x:t>
   </x:si>
   <x:si>
     <x:t>664</x:t>
   </x:si>
   <x:si>
     <x:t>1-664</x:t>
   </x:si>
   <x:si>
     <x:t>Facility Scheduling &amp; Logistic</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kristin McMurray       </x:t>
   </x:si>
   <x:si>
     <x:t>kduitsma</x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL0-907</x:t>
   </x:si>
   <x:si>
     <x:t>907</x:t>
   </x:si>
   <x:si>
     <x:t>1-907</x:t>
   </x:si>
@@ -9879,144 +9885,192 @@
   <x:si>
     <x:t>312</x:t>
   </x:si>
   <x:si>
     <x:t>575-7800</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">mbeeck  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">(312) Area Code     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.illinicenter.illinois.edu/                                                                                                                                                                   </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL0-611</x:t>
   </x:si>
   <x:si>
     <x:t>611</x:t>
   </x:si>
   <x:si>
     <x:t>1-611</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Office of Threat Assessment   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Monica Marcelo         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">707 S. Sixth St.              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>mmarcelo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1H1-NL-NL0-874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-874</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Police Training Institute     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Joseph Gallo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2337</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jfgallo </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.4301</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.pti.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1H1-NL-NL4-575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-575</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">UIUC Purchasing CMO           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Brad Henson            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">212 Illini Plaza              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bhenson4</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://www.uiucpurchasing.illinois.edu                                                                                                                                                                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1H1-NL-NL2-629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-629</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Willard Airport Commercial Op </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Timothy A. Bannon      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Willard Airport               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-8604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tbannon1</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.iflycu.com/                                                                                                                                                                                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1H1-NL-NL0-693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-693</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Chief of Staff                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1K1-NW-NW0-307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">VC Administrative Strategy    </x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Ofc of Strategic Project Mgmt </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Rebecca McNaught       </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">rkm     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://spmo.illinois.edu/                                                                                                                                                                              </x:t>
   </x:si>
   <x:si>
-    <x:t>1H1-NL-NL0-527</x:t>
+    <x:t>1K1-NW-NW1-527</x:t>
   </x:si>
   <x:si>
     <x:t>527</x:t>
   </x:si>
   <x:si>
     <x:t>1-527</x:t>
-  </x:si>
-[...73 lines deleted...]
-    <x:t>1-693</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Campus Insurance Coverage     </x:t>
   </x:si>
   <x:si>
     <x:t>1Z1-NG-NG0-376</x:t>
   </x:si>
   <x:si>
     <x:t>Z1</x:t>
   </x:si>
   <x:si>
     <x:t>NG</x:t>
   </x:si>
   <x:si>
     <x:t>376</x:t>
   </x:si>
   <x:si>
     <x:t>1-376</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Misc Admin Units              </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Development &amp; Foundation Svcs </x:t>
   </x:si>
@@ -11537,52 +11591,52 @@
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:S456" totalsRowShown="0">
-  <x:autoFilter ref="A1:S456"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:S459" totalsRowShown="0">
+  <x:autoFilter ref="A1:S459"/>
   <x:tableColumns count="19">
     <x:tableColumn id="1" name="DEPTNAME"/>
     <x:tableColumn id="2" name="NAME"/>
     <x:tableColumn id="3" name="ADDRESS"/>
     <x:tableColumn id="4" name="MC"/>
     <x:tableColumn id="5" name="AREACODE"/>
     <x:tableColumn id="6" name="PHONE"/>
     <x:tableColumn id="7" name="NETID"/>
     <x:tableColumn id="8" name="CIP"/>
     <x:tableColumn id="9" name="COMMENTS"/>
     <x:tableColumn id="10" name="DEPTTYPE"/>
     <x:tableColumn id="11" name="URL"/>
     <x:tableColumn id="12" name="ORG"/>
     <x:tableColumn id="13" name="CAMPUS"/>
     <x:tableColumn id="14" name="adminrollup"/>
     <x:tableColumn id="15" name="COLLEGE"/>
     <x:tableColumn id="16" name="DEPT"/>
     <x:tableColumn id="17" name="c_dept"/>
     <x:tableColumn id="18" name="collname"/>
     <x:tableColumn id="19" name="Dean"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -11855,51 +11909,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S456"/>
+  <x:dimension ref="A1:S459"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="33.270625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.840625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.550625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.700625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.700625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="9.550625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="15.130625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="11.550625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="125.84062499999999" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="17.840625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="10.550625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="13.840625000000001" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="10.550625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="7.4106250000000005" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="8.980625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="28.700625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="7.550625" style="0" customWidth="1"/>
   </x:cols>
@@ -25260,11633 +25314,11780 @@
       </x:c>
       <x:c r="O238" s="0" t="s">
         <x:v>2186</x:v>
       </x:c>
       <x:c r="P238" s="0" t="s">
         <x:v>2187</x:v>
       </x:c>
       <x:c r="Q238" s="0" t="s">
         <x:v>2188</x:v>
       </x:c>
       <x:c r="R238" s="0" t="s">
         <x:v>2189</x:v>
       </x:c>
       <x:c r="S238" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:19">
       <x:c r="A239" s="0" t="s">
         <x:v>2190</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>2191</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>2190</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>2192</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>2193</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>2194</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>2195</x:v>
       </x:c>
-      <x:c r="I239" s="0" t="s"/>
+      <x:c r="I239" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>2196</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>2197</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>2186</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>2198</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="Q239" s="0" t="s">
-        <x:v>2199</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>2189</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="S239" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:19">
       <x:c r="A240" s="0" t="s">
-        <x:v>2200</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>2201</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>2202</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>2203</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
-        <x:v>2204</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
-        <x:v>2205</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2207</x:v>
+      </x:c>
+      <x:c r="I240" s="0" t="s"/>
       <x:c r="J240" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
-        <x:v>2206</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
-        <x:v>2207</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
-        <x:v>2208</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="P240" s="0" t="s">
-        <x:v>2209</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="Q240" s="0" t="s">
-        <x:v>2210</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="R240" s="0" t="s">
-        <x:v>2200</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="S240" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:19">
       <x:c r="A241" s="0" t="s">
-        <x:v>2211</x:v>
-[...4 lines deleted...]
-      <x:c r="C241" s="0" t="s">
         <x:v>2213</x:v>
       </x:c>
-      <x:c r="D241" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="B241" s="0" t="s"/>
+      <x:c r="C241" s="0" t="s"/>
+      <x:c r="D241" s="0" t="s"/>
+      <x:c r="E241" s="0" t="s"/>
+      <x:c r="F241" s="0" t="s"/>
+      <x:c r="G241" s="0" t="s"/>
+      <x:c r="H241" s="0" t="s"/>
       <x:c r="I241" s="0" t="s"/>
       <x:c r="J241" s="0" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="K241" s="0" t="s"/>
       <x:c r="L241" s="0" t="s">
-        <x:v>2219</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>2220</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>2221</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="Q241" s="0" t="s">
-        <x:v>2222</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>2211</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="S241" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:19">
       <x:c r="A242" s="0" t="s">
+        <x:v>2219</x:v>
+      </x:c>
+      <x:c r="B242" s="0" t="s">
+        <x:v>2220</x:v>
+      </x:c>
+      <x:c r="C242" s="0" t="s">
+        <x:v>2221</x:v>
+      </x:c>
+      <x:c r="D242" s="0" t="s">
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="E242" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F242" s="0" t="s">
         <x:v>2223</x:v>
       </x:c>
-      <x:c r="B242" s="0" t="s"/>
-[...5 lines deleted...]
-      <x:c r="H242" s="0" t="s"/>
+      <x:c r="G242" s="0" t="s">
+        <x:v>2224</x:v>
+      </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>2225</x:v>
+      </x:c>
       <x:c r="I242" s="0" t="s"/>
       <x:c r="J242" s="0" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="K242" s="0" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K242" s="0" t="s">
+        <x:v>2226</x:v>
+      </x:c>
       <x:c r="L242" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="M242" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="P242" s="0" t="s">
-        <x:v>2226</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="Q242" s="0" t="s">
-        <x:v>2227</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="R242" s="0" t="s">
-        <x:v>2228</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="S242" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:19">
       <x:c r="A243" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>2231</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>2233</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>2235</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s"/>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
+        <x:v>2235</x:v>
+      </x:c>
+      <x:c r="L243" s="0" t="s">
         <x:v>2236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2237</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
+        <x:v>2228</x:v>
+      </x:c>
+      <x:c r="P243" s="0" t="s">
+        <x:v>2237</x:v>
+      </x:c>
+      <x:c r="Q243" s="0" t="s">
         <x:v>2238</x:v>
       </x:c>
-      <x:c r="P243" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="S243" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:19">
       <x:c r="A244" s="0" t="s">
-        <x:v>2242</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>2243</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>2244</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
-        <x:v>2235</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s"/>
       <x:c r="J244" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
-        <x:v>2245</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
-        <x:v>2246</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="M244" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O244" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="P244" s="0" t="s">
-        <x:v>2247</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="Q244" s="0" t="s">
-        <x:v>2248</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="R244" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="S244" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:19">
       <x:c r="A245" s="0" t="s">
-        <x:v>2249</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>2243</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>2250</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>2234</x:v>
-[...4 lines deleted...]
-      <x:c r="I245" s="0" t="s"/>
+        <x:v>2224</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s"/>
+      <x:c r="I245" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>2251</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>2252</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="Q245" s="0" t="s">
-        <x:v>2253</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="S245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:19">
       <x:c r="A246" s="0" t="s">
+        <x:v>2252</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>2253</x:v>
+      </x:c>
+      <x:c r="C246" s="0" t="s">
+        <x:v>2233</x:v>
+      </x:c>
+      <x:c r="D246" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E246" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F246" s="0" t="s">
+        <x:v>2223</x:v>
+      </x:c>
+      <x:c r="G246" s="0" t="s">
         <x:v>2254</x:v>
       </x:c>
-      <x:c r="B246" s="0" t="s">
-[...20 lines deleted...]
-      </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+      <x:c r="I246" s="0" t="s"/>
       <x:c r="J246" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K246" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K246" s="0" t="s"/>
       <x:c r="L246" s="0" t="s">
-        <x:v>2259</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="P246" s="0" t="s">
-        <x:v>2260</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="Q246" s="0" t="s">
-        <x:v>2261</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="R246" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="S246" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:19">
       <x:c r="A247" s="0" t="s">
-        <x:v>2262</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>2263</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>2243</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>402</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="E247" s="0" t="s"/>
+      <x:c r="F247" s="0" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>2264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2224</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s"/>
       <x:c r="I247" s="0" t="s"/>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s"/>
       <x:c r="L247" s="0" t="s">
-        <x:v>2265</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>2266</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="Q247" s="0" t="s">
-        <x:v>2267</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="S247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:19">
       <x:c r="A248" s="0" t="s">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="C248" s="0" t="s">
+        <x:v>2265</x:v>
+      </x:c>
+      <x:c r="D248" s="0" t="s">
+        <x:v>2266</x:v>
+      </x:c>
+      <x:c r="E248" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F248" s="0" t="s">
+        <x:v>2267</x:v>
+      </x:c>
+      <x:c r="G248" s="0" t="s">
         <x:v>2268</x:v>
       </x:c>
-      <x:c r="B248" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C248" s="0" t="s">
+      <x:c r="H248" s="0" t="s">
         <x:v>2269</x:v>
       </x:c>
-      <x:c r="D248" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="I248" s="0" t="s"/>
+      <x:c r="I248" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J248" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K248" s="0" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="K248" s="0" t="s">
+        <x:v>2270</x:v>
+      </x:c>
       <x:c r="L248" s="0" t="s">
-        <x:v>2270</x:v>
+        <x:v>2271</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="P248" s="0" t="s">
-        <x:v>2271</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="Q248" s="0" t="s">
-        <x:v>2272</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="R248" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="S248" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:19">
       <x:c r="A249" s="0" t="s">
-        <x:v>2273</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>2275</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>2276</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>2277</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
+        <x:v>2268</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
         <x:v>2278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2279</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
+        <x:v>2279</x:v>
+      </x:c>
+      <x:c r="L249" s="0" t="s">
         <x:v>2280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2281</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
+        <x:v>2272</x:v>
+      </x:c>
+      <x:c r="P249" s="0" t="s">
+        <x:v>2281</x:v>
+      </x:c>
+      <x:c r="Q249" s="0" t="s">
         <x:v>2282</x:v>
       </x:c>
-      <x:c r="P249" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="S249" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:19">
       <x:c r="A250" s="0" t="s">
+        <x:v>2283</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="C250" s="0" t="s">
+        <x:v>2284</x:v>
+      </x:c>
+      <x:c r="D250" s="0" t="s">
+        <x:v>2285</x:v>
+      </x:c>
+      <x:c r="E250" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
         <x:v>2286</x:v>
       </x:c>
-      <x:c r="B250" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F250" s="0" t="s">
+      <x:c r="G250" s="0" t="s">
+        <x:v>2268</x:v>
+      </x:c>
+      <x:c r="H250" s="0" t="s">
         <x:v>2287</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2288</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="L250" s="0" t="s">
         <x:v>2289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2290</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
-        <x:v>2282</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="P250" s="0" t="s">
-        <x:v>2291</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="Q250" s="0" t="s">
-        <x:v>2292</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="R250" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="S250" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:19">
       <x:c r="A251" s="0" t="s">
+        <x:v>2291</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
+        <x:v>2292</x:v>
+      </x:c>
+      <x:c r="C251" s="0" t="s">
         <x:v>2293</x:v>
       </x:c>
-      <x:c r="B251" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C251" s="0" t="s">
+      <x:c r="D251" s="0" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="E251" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F251" s="0" t="s">
         <x:v>2294</x:v>
       </x:c>
-      <x:c r="D251" s="0" t="s">
+      <x:c r="G251" s="0" t="s">
         <x:v>2295</x:v>
       </x:c>
-      <x:c r="E251" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F251" s="0" t="s">
+      <x:c r="H251" s="0" t="s"/>
+      <x:c r="I251" s="0" t="s"/>
+      <x:c r="J251" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="K251" s="0" t="s">
         <x:v>2296</x:v>
       </x:c>
-      <x:c r="G251" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H251" s="0" t="s">
+      <x:c r="L251" s="0" t="s">
         <x:v>2297</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2299</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>2282</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="Q251" s="0" t="s">
         <x:v>2300</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="S251" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:19">
       <x:c r="A252" s="0" t="s">
-        <x:v>2301</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>2302</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>2304</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>2305</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s"/>
       <x:c r="I252" s="0" t="s"/>
       <x:c r="J252" s="0" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="K252" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K252" s="0" t="s"/>
+      <x:c r="L252" s="0" t="s">
         <x:v>2306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2307</x:v>
       </x:c>
       <x:c r="M252" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O252" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="P252" s="0" t="s">
-        <x:v>2309</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="Q252" s="0" t="s">
-        <x:v>2310</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="R252" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="S252" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:19">
       <x:c r="A253" s="0" t="s">
-        <x:v>2312</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>2313</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>2314</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>2315</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s"/>
-      <x:c r="I253" s="0" t="s"/>
+      <x:c r="I253" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K253" s="0" t="s"/>
+      <x:c r="K253" s="0" t="s">
+        <x:v>2313</x:v>
+      </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>2316</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="Q253" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="S253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:19">
       <x:c r="A254" s="0" t="s">
-        <x:v>2318</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>2319</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>2320</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>2321</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>2322</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>2305</x:v>
+      </x:c>
+      <x:c r="H254" s="0" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="I254" s="0" t="s"/>
       <x:c r="J254" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
-        <x:v>2323</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
-        <x:v>2324</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="P254" s="0" t="s">
-        <x:v>1891</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="Q254" s="0" t="s">
-        <x:v>2325</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="R254" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="S254" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:19">
       <x:c r="A255" s="0" t="s">
-        <x:v>2326</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>2313</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>2327</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>2315</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2326</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s"/>
       <x:c r="I255" s="0" t="s"/>
       <x:c r="J255" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
+        <x:v>2327</x:v>
+      </x:c>
+      <x:c r="L255" s="0" t="s">
         <x:v>2328</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2329</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="Q255" s="0" t="s">
         <x:v>2330</x:v>
       </x:c>
-      <x:c r="Q255" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="S255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:19">
       <x:c r="A256" s="0" t="s">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
         <x:v>2332</x:v>
       </x:c>
-      <x:c r="B256" s="0" t="s">
+      <x:c r="C256" s="0" t="s">
         <x:v>2333</x:v>
       </x:c>
-      <x:c r="C256" s="0" t="s">
+      <x:c r="D256" s="0" t="s">
+        <x:v>1577</x:v>
+      </x:c>
+      <x:c r="E256" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F256" s="0" t="s">
         <x:v>2334</x:v>
       </x:c>
-      <x:c r="D256" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F256" s="0" t="s">
+      <x:c r="G256" s="0" t="s">
         <x:v>2335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2336</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s"/>
       <x:c r="I256" s="0" t="s"/>
       <x:c r="J256" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
+        <x:v>2336</x:v>
+      </x:c>
+      <x:c r="L256" s="0" t="s">
         <x:v>2337</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2338</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="P256" s="0" t="s">
         <x:v>2339</x:v>
       </x:c>
       <x:c r="Q256" s="0" t="s">
         <x:v>2340</x:v>
       </x:c>
       <x:c r="R256" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="S256" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:19">
       <x:c r="A257" s="0" t="s">
         <x:v>2341</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>2344</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>2345</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s"/>
       <x:c r="I257" s="0" t="s"/>
       <x:c r="J257" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>2346</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>2347</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>2349</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="Q257" s="0" t="s">
-        <x:v>2350</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="S257" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:19">
       <x:c r="A258" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>2344</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>2345</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s"/>
       <x:c r="I258" s="0" t="s"/>
       <x:c r="J258" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>2346</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
-        <x:v>2352</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="P258" s="0" t="s">
         <x:v>2348</x:v>
       </x:c>
-      <x:c r="P258" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q258" s="0" t="s">
-        <x:v>2354</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="R258" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="S258" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:19">
       <x:c r="A259" s="0" t="s">
-        <x:v>2355</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>2356</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>2345</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s"/>
       <x:c r="I259" s="0" t="s"/>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>2346</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>2357</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>2358</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="Q259" s="0" t="s">
-        <x:v>2359</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="S259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:19">
       <x:c r="A260" s="0" t="s">
-        <x:v>2360</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="G260" s="0" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="H260" s="0" t="s">
         <x:v>2356</x:v>
       </x:c>
-      <x:c r="G260" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H260" s="0" t="s"/>
       <x:c r="I260" s="0" t="s"/>
       <x:c r="J260" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
-        <x:v>2361</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
-        <x:v>2362</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="P260" s="0" t="s">
-        <x:v>2363</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="Q260" s="0" t="s">
-        <x:v>2364</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="R260" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="S260" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:19">
       <x:c r="A261" s="0" t="s">
+        <x:v>2361</x:v>
+      </x:c>
+      <x:c r="B261" s="0" t="s">
+        <x:v>2362</x:v>
+      </x:c>
+      <x:c r="C261" s="0" t="s">
+        <x:v>2363</x:v>
+      </x:c>
+      <x:c r="D261" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E261" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F261" s="0" t="s">
+        <x:v>2364</x:v>
+      </x:c>
+      <x:c r="G261" s="0" t="s">
         <x:v>2365</x:v>
       </x:c>
-      <x:c r="B261" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>2366</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s"/>
       <x:c r="J261" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
+        <x:v>2366</x:v>
+      </x:c>
+      <x:c r="L261" s="0" t="s">
         <x:v>2367</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2368</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>2369</x:v>
       </x:c>
       <x:c r="Q261" s="0" t="s">
         <x:v>2370</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="S261" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:19">
       <x:c r="A262" s="0" t="s">
-        <x:v>2371</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>2372</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E262" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E262" s="0" t="s"/>
+      <x:c r="F262" s="0" t="s"/>
       <x:c r="G262" s="0" t="s">
         <x:v>2375</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>2042</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s"/>
       <x:c r="J262" s="0" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="K262" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K262" s="0" t="s"/>
+      <x:c r="L262" s="0" t="s">
         <x:v>2376</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2377</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
+        <x:v>2368</x:v>
+      </x:c>
+      <x:c r="P262" s="0" t="s">
+        <x:v>2377</x:v>
+      </x:c>
+      <x:c r="Q262" s="0" t="s">
         <x:v>2378</x:v>
       </x:c>
-      <x:c r="P262" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R262" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="S262" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:19">
       <x:c r="A263" s="0" t="s">
-        <x:v>2382</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>2383</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>2384</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E263" s="0" t="s"/>
-      <x:c r="F263" s="0" t="s"/>
+      <x:c r="E263" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F263" s="0" t="s">
+        <x:v>2364</x:v>
+      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>2385</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>2042</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s"/>
       <x:c r="J263" s="0" t="s">
-        <x:v>29</x:v>
-[...1 lines deleted...]
-      <x:c r="K263" s="0" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="K263" s="0" t="s">
+        <x:v>2366</x:v>
+      </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>2386</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>2387</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="Q263" s="0" t="s">
-        <x:v>2388</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="S263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:19">
       <x:c r="A264" s="0" t="s">
-        <x:v>2389</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>2372</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>2373</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2385</x:v>
+      </x:c>
+      <x:c r="D264" s="0" t="s"/>
       <x:c r="E264" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>2374</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>2375</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>2042</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s"/>
       <x:c r="J264" s="0" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K264" s="0" t="s"/>
       <x:c r="L264" s="0" t="s">
-        <x:v>2390</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="P264" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="Q264" s="0" t="s">
-        <x:v>2392</x:v>
+        <x:v>2390</x:v>
       </x:c>
       <x:c r="R264" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="S264" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:19">
       <x:c r="A265" s="0" t="s">
+        <x:v>2391</x:v>
+      </x:c>
+      <x:c r="B265" s="0" t="s">
+        <x:v>2392</x:v>
+      </x:c>
+      <x:c r="C265" s="0" t="s">
         <x:v>2393</x:v>
       </x:c>
-      <x:c r="B265" s="0" t="s">
+      <x:c r="D265" s="0" t="s">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="E265" s="0" t="s"/>
+      <x:c r="F265" s="0" t="s"/>
+      <x:c r="G265" s="0" t="s">
         <x:v>2394</x:v>
       </x:c>
-      <x:c r="C265" s="0" t="s">
-[...14 lines deleted...]
-      </x:c>
+      <x:c r="H265" s="0" t="s"/>
       <x:c r="I265" s="0" t="s"/>
       <x:c r="J265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s"/>
       <x:c r="L265" s="0" t="s">
-        <x:v>2398</x:v>
+        <x:v>2395</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>2399</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="Q265" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="S265" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:19">
       <x:c r="A266" s="0" t="s">
-        <x:v>2401</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>2402</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s"/>
       <x:c r="F266" s="0" t="s"/>
       <x:c r="G266" s="0" t="s">
-        <x:v>2404</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s"/>
       <x:c r="I266" s="0" t="s"/>
       <x:c r="J266" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s"/>
       <x:c r="L266" s="0" t="s">
-        <x:v>2405</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="P266" s="0" t="s">
-        <x:v>2406</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="Q266" s="0" t="s">
-        <x:v>2407</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="R266" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="S266" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:19">
       <x:c r="A267" s="0" t="s">
-        <x:v>2408</x:v>
+        <x:v>2404</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>2409</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s"/>
       <x:c r="F267" s="0" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>2410</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s"/>
       <x:c r="I267" s="0" t="s"/>
       <x:c r="J267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s"/>
       <x:c r="L267" s="0" t="s">
-        <x:v>2411</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>2412</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="Q267" s="0" t="s">
-        <x:v>2413</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="S267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:19">
       <x:c r="A268" s="0" t="s">
-        <x:v>2414</x:v>
+        <x:v>2410</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>2415</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s"/>
       <x:c r="F268" s="0" t="s"/>
       <x:c r="G268" s="0" t="s">
-        <x:v>2416</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s"/>
       <x:c r="I268" s="0" t="s"/>
       <x:c r="J268" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s"/>
       <x:c r="L268" s="0" t="s">
-        <x:v>2417</x:v>
+        <x:v>2413</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="P268" s="0" t="s">
-        <x:v>2418</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="Q268" s="0" t="s">
-        <x:v>2419</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="R268" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="S268" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:19">
       <x:c r="A269" s="0" t="s">
+        <x:v>2416</x:v>
+      </x:c>
+      <x:c r="B269" s="0" t="s">
+        <x:v>2417</x:v>
+      </x:c>
+      <x:c r="C269" s="0" t="s">
+        <x:v>2418</x:v>
+      </x:c>
+      <x:c r="D269" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E269" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F269" s="0" t="s">
+        <x:v>2419</x:v>
+      </x:c>
+      <x:c r="G269" s="0" t="s">
         <x:v>2420</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>2422</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s"/>
       <x:c r="I269" s="0" t="s"/>
       <x:c r="J269" s="0" t="s">
-        <x:v>29</x:v>
-[...1 lines deleted...]
-      <x:c r="K269" s="0" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K269" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
       <x:c r="L269" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="M269" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N269" s="0" t="s">
         <x:v>2423</x:v>
       </x:c>
-      <x:c r="M269" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>2424</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="Q269" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S269" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:19">
       <x:c r="A270" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>2428</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>2430</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="0" t="s"/>
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="H270" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
       <x:c r="I270" s="0" t="s"/>
       <x:c r="J270" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>2431</x:v>
       </x:c>
       <x:c r="L270" s="0" t="s">
         <x:v>2432</x:v>
       </x:c>
       <x:c r="M270" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O270" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P270" s="0" t="s">
         <x:v>2433</x:v>
       </x:c>
-      <x:c r="O270" s="0" t="s">
+      <x:c r="Q270" s="0" t="s">
         <x:v>2434</x:v>
       </x:c>
-      <x:c r="P270" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R270" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S270" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:19">
       <x:c r="A271" s="0" t="s">
+        <x:v>2435</x:v>
+      </x:c>
+      <x:c r="B271" s="0" t="s">
+        <x:v>2436</x:v>
+      </x:c>
+      <x:c r="C271" s="0" t="s">
+        <x:v>2437</x:v>
+      </x:c>
+      <x:c r="D271" s="0" t="s">
         <x:v>2438</x:v>
       </x:c>
-      <x:c r="B271" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C271" s="0" t="s">
+      <x:c r="E271" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F271" s="0" t="s">
         <x:v>2439</x:v>
       </x:c>
-      <x:c r="D271" s="0" t="s">
+      <x:c r="G271" s="0" t="s">
         <x:v>2440</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1039</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s"/>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>2441</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>2442</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>2443</x:v>
       </x:c>
       <x:c r="Q271" s="0" t="s">
         <x:v>2444</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:19">
       <x:c r="A272" s="0" t="s">
         <x:v>2445</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>2446</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>2447</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="E272" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F272" s="0" t="s">
         <x:v>2448</x:v>
       </x:c>
-      <x:c r="E272" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G272" s="0" t="s">
-        <x:v>2450</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s"/>
       <x:c r="J272" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
+        <x:v>2449</x:v>
+      </x:c>
+      <x:c r="L272" s="0" t="s">
+        <x:v>2450</x:v>
+      </x:c>
+      <x:c r="M272" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N272" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O272" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P272" s="0" t="s">
         <x:v>2451</x:v>
       </x:c>
-      <x:c r="L272" s="0" t="s">
+      <x:c r="Q272" s="0" t="s">
         <x:v>2452</x:v>
       </x:c>
-      <x:c r="M272" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R272" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S272" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:19">
       <x:c r="A273" s="0" t="s">
+        <x:v>2453</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>2454</x:v>
+      </x:c>
+      <x:c r="C273" s="0" t="s">
         <x:v>2455</x:v>
       </x:c>
-      <x:c r="B273" s="0" t="s">
+      <x:c r="D273" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E273" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
         <x:v>2456</x:v>
       </x:c>
-      <x:c r="C273" s="0" t="s">
+      <x:c r="G273" s="0" t="s">
         <x:v>2457</x:v>
       </x:c>
-      <x:c r="D273" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="H273" s="0" t="s"/>
       <x:c r="I273" s="0" t="s"/>
       <x:c r="J273" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
+        <x:v>2458</x:v>
+      </x:c>
+      <x:c r="L273" s="0" t="s">
         <x:v>2459</x:v>
       </x:c>
-      <x:c r="L273" s="0" t="s">
+      <x:c r="M273" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N273" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O273" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P273" s="0" t="s">
         <x:v>2460</x:v>
       </x:c>
-      <x:c r="M273" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P273" s="0" t="s">
+      <x:c r="Q273" s="0" t="s">
         <x:v>2461</x:v>
       </x:c>
-      <x:c r="Q273" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S273" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:19">
       <x:c r="A274" s="0" t="s">
+        <x:v>2462</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
         <x:v>2463</x:v>
       </x:c>
-      <x:c r="B274" s="0" t="s">
+      <x:c r="C274" s="0" t="s">
         <x:v>2464</x:v>
       </x:c>
-      <x:c r="C274" s="0" t="s">
+      <x:c r="D274" s="0" t="s">
         <x:v>2465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>2466</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>2467</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s"/>
       <x:c r="I274" s="0" t="s"/>
       <x:c r="J274" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K274" s="0" t="s">
+      <x:c r="K274" s="0" t="s"/>
+      <x:c r="L274" s="0" t="s">
         <x:v>2468</x:v>
       </x:c>
-      <x:c r="L274" s="0" t="s">
+      <x:c r="M274" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N274" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O274" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P274" s="0" t="s">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="Q274" s="0" t="s">
         <x:v>2469</x:v>
       </x:c>
-      <x:c r="M274" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R274" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S274" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:19">
       <x:c r="A275" s="0" t="s">
+        <x:v>2470</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>2471</x:v>
+      </x:c>
+      <x:c r="C275" s="0" t="s">
         <x:v>2472</x:v>
       </x:c>
-      <x:c r="B275" s="0" t="s">
+      <x:c r="D275" s="0" t="s">
         <x:v>2473</x:v>
       </x:c>
-      <x:c r="C275" s="0" t="s">
+      <x:c r="E275" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F275" s="0" t="s">
         <x:v>2474</x:v>
       </x:c>
-      <x:c r="D275" s="0" t="s">
+      <x:c r="G275" s="0" t="s">
         <x:v>2475</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2477</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s"/>
       <x:c r="I275" s="0" t="s"/>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K275" s="0" t="s"/>
+      <x:c r="K275" s="0" t="s">
+        <x:v>2476</x:v>
+      </x:c>
       <x:c r="L275" s="0" t="s">
+        <x:v>2477</x:v>
+      </x:c>
+      <x:c r="M275" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N275" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O275" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P275" s="0" t="s">
         <x:v>2478</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1917</x:v>
       </x:c>
       <x:c r="Q275" s="0" t="s">
         <x:v>2479</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:19">
       <x:c r="A276" s="0" t="s">
         <x:v>2480</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>2482</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="E276" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F276" s="0" t="s"/>
+      <x:c r="G276" s="0" t="s">
         <x:v>2483</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2485</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s"/>
       <x:c r="I276" s="0" t="s"/>
       <x:c r="J276" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K276" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K276" s="0" t="s"/>
       <x:c r="L276" s="0" t="s">
-        <x:v>2487</x:v>
+        <x:v>2484</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O276" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="P276" s="0" t="s">
-        <x:v>2488</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="Q276" s="0" t="s">
-        <x:v>2489</x:v>
+        <x:v>2485</x:v>
       </x:c>
       <x:c r="R276" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S276" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:19">
       <x:c r="A277" s="0" t="s">
+        <x:v>2486</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>2487</x:v>
+      </x:c>
+      <x:c r="C277" s="0" t="s">
+        <x:v>2488</x:v>
+      </x:c>
+      <x:c r="D277" s="0" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="E277" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F277" s="0" t="s">
+        <x:v>2489</x:v>
+      </x:c>
+      <x:c r="G277" s="0" t="s">
         <x:v>2490</x:v>
-      </x:c>
-[...14 lines deleted...]
-        <x:v>2493</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s"/>
       <x:c r="I277" s="0" t="s"/>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K277" s="0" t="s"/>
+      <x:c r="K277" s="0" t="s">
+        <x:v>2491</x:v>
+      </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>2494</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="Q277" s="0" t="s">
-        <x:v>2495</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S277" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:19">
       <x:c r="A278" s="0" t="s">
+        <x:v>2494</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
+        <x:v>2495</x:v>
+      </x:c>
+      <x:c r="C278" s="0" t="s">
         <x:v>2496</x:v>
       </x:c>
-      <x:c r="B278" s="0" t="s">
+      <x:c r="D278" s="0" t="s">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="E278" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F278" s="0" t="s">
         <x:v>2497</x:v>
       </x:c>
-      <x:c r="C278" s="0" t="s">
+      <x:c r="G278" s="0" t="s">
         <x:v>2498</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2500</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s"/>
       <x:c r="I278" s="0" t="s"/>
       <x:c r="J278" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K278" s="0" t="s">
+      <x:c r="K278" s="0" t="s"/>
+      <x:c r="L278" s="0" t="s">
+        <x:v>2499</x:v>
+      </x:c>
+      <x:c r="M278" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N278" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O278" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P278" s="0" t="s">
+        <x:v>2500</x:v>
+      </x:c>
+      <x:c r="Q278" s="0" t="s">
         <x:v>2501</x:v>
       </x:c>
-      <x:c r="L278" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R278" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S278" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:19">
       <x:c r="A279" s="0" t="s">
+        <x:v>2502</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
+        <x:v>2503</x:v>
+      </x:c>
+      <x:c r="C279" s="0" t="s">
         <x:v>2504</x:v>
       </x:c>
-      <x:c r="B279" s="0" t="s">
+      <x:c r="D279" s="0" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="E279" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
         <x:v>2505</x:v>
       </x:c>
-      <x:c r="C279" s="0" t="s">
+      <x:c r="G279" s="0" t="s">
         <x:v>2506</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2508</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s"/>
       <x:c r="I279" s="0" t="s"/>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K279" s="0" t="s"/>
+      <x:c r="K279" s="0" t="s">
+        <x:v>2507</x:v>
+      </x:c>
       <x:c r="L279" s="0" t="s">
+        <x:v>2508</x:v>
+      </x:c>
+      <x:c r="M279" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N279" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O279" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P279" s="0" t="s">
         <x:v>2509</x:v>
       </x:c>
-      <x:c r="M279" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P279" s="0" t="s">
+      <x:c r="Q279" s="0" t="s">
         <x:v>2510</x:v>
       </x:c>
-      <x:c r="Q279" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:19">
       <x:c r="A280" s="0" t="s">
+        <x:v>2511</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
+        <x:v>2503</x:v>
+      </x:c>
+      <x:c r="C280" s="0" t="s">
         <x:v>2512</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2514</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>2515</x:v>
+        <x:v>2505</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>2516</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s"/>
       <x:c r="I280" s="0" t="s"/>
       <x:c r="J280" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
-        <x:v>2517</x:v>
+        <x:v>2513</x:v>
       </x:c>
       <x:c r="L280" s="0" t="s">
-        <x:v>2518</x:v>
+        <x:v>2514</x:v>
       </x:c>
       <x:c r="M280" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O280" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="P280" s="0" t="s">
-        <x:v>2519</x:v>
+        <x:v>2515</x:v>
       </x:c>
       <x:c r="Q280" s="0" t="s">
-        <x:v>2520</x:v>
+        <x:v>2516</x:v>
       </x:c>
       <x:c r="R280" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S280" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:19">
       <x:c r="A281" s="0" t="s">
-        <x:v>2521</x:v>
+        <x:v>2517</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>2513</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>2522</x:v>
+        <x:v>2464</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>2465</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>2515</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>2516</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s"/>
       <x:c r="I281" s="0" t="s"/>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
+        <x:v>2521</x:v>
+      </x:c>
+      <x:c r="L281" s="0" t="s">
+        <x:v>2522</x:v>
+      </x:c>
+      <x:c r="M281" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N281" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O281" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P281" s="0" t="s">
         <x:v>2523</x:v>
       </x:c>
-      <x:c r="L281" s="0" t="s">
+      <x:c r="Q281" s="0" t="s">
         <x:v>2524</x:v>
       </x:c>
-      <x:c r="M281" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:19">
       <x:c r="A282" s="0" t="s">
+        <x:v>2525</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
+        <x:v>2526</x:v>
+      </x:c>
+      <x:c r="C282" s="0" t="s">
         <x:v>2527</x:v>
       </x:c>
-      <x:c r="B282" s="0" t="s">
+      <x:c r="D282" s="0" t="s">
         <x:v>2528</x:v>
       </x:c>
-      <x:c r="C282" s="0" t="s">
+      <x:c r="E282" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F282" s="0" t="s">
         <x:v>2529</x:v>
       </x:c>
-      <x:c r="D282" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F282" s="0" t="s">
+      <x:c r="G282" s="0" t="s">
         <x:v>2530</x:v>
       </x:c>
-      <x:c r="G282" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H282" s="0" t="s"/>
+      <x:c r="H282" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
       <x:c r="I282" s="0" t="s"/>
       <x:c r="J282" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
+        <x:v>2531</x:v>
+      </x:c>
+      <x:c r="L282" s="0" t="s">
         <x:v>2532</x:v>
       </x:c>
-      <x:c r="L282" s="0" t="s">
+      <x:c r="M282" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N282" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="O282" s="0" t="s">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="P282" s="0" t="s">
         <x:v>2533</x:v>
       </x:c>
-      <x:c r="M282" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P282" s="0" t="s">
+      <x:c r="Q282" s="0" t="s">
         <x:v>2534</x:v>
       </x:c>
-      <x:c r="Q282" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R282" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="S282" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:19">
       <x:c r="A283" s="0" t="s">
+        <x:v>2535</x:v>
+      </x:c>
+      <x:c r="B283" s="0" t="s">
         <x:v>2536</x:v>
       </x:c>
-      <x:c r="B283" s="0" t="s">
+      <x:c r="C283" s="0" t="s">
         <x:v>2537</x:v>
       </x:c>
-      <x:c r="C283" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>2475</x:v>
+        <x:v>2538</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
-        <x:v>2538</x:v>
+        <x:v>2539</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>2539</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s"/>
       <x:c r="I283" s="0" t="s"/>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>2540</x:v>
+        <x:v>2541</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
-        <x:v>2541</x:v>
+        <x:v>2542</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>2542</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="Q283" s="0" t="s">
-        <x:v>2543</x:v>
+        <x:v>2544</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="S283" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:19">
       <x:c r="A284" s="0" t="s">
-        <x:v>2544</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>2545</x:v>
-[...12 lines deleted...]
-      </x:c>
+        <x:v>2536</x:v>
+      </x:c>
+      <x:c r="C284" s="0" t="s"/>
+      <x:c r="D284" s="0" t="s"/>
+      <x:c r="E284" s="0" t="s"/>
+      <x:c r="F284" s="0" t="s"/>
       <x:c r="G284" s="0" t="s">
-        <x:v>2549</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2540</x:v>
+      </x:c>
+      <x:c r="H284" s="0" t="s"/>
       <x:c r="I284" s="0" t="s"/>
       <x:c r="J284" s="0" t="s">
-        <x:v>341</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K284" s="0" t="s"/>
       <x:c r="L284" s="0" t="s">
-        <x:v>2551</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="M284" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O284" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="P284" s="0" t="s">
-        <x:v>2552</x:v>
+        <x:v>2548</x:v>
       </x:c>
       <x:c r="Q284" s="0" t="s">
-        <x:v>2553</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="R284" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="S284" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:19">
       <x:c r="A285" s="0" t="s">
+        <x:v>2550</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
+        <x:v>2551</x:v>
+      </x:c>
+      <x:c r="C285" s="0" t="s">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="D285" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E285" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F285" s="0" t="s">
+        <x:v>2553</x:v>
+      </x:c>
+      <x:c r="G285" s="0" t="s">
         <x:v>2554</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2559</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s"/>
       <x:c r="I285" s="0" t="s"/>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>2560</x:v>
+        <x:v>2555</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>2561</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>2562</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>2440</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="Q285" s="0" t="s">
-        <x:v>2563</x:v>
+        <x:v>2558</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>2564</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="S285" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:19">
       <x:c r="A286" s="0" t="s">
-        <x:v>2565</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>2555</x:v>
-[...4 lines deleted...]
-      <x:c r="F286" s="0" t="s"/>
+        <x:v>2536</x:v>
+      </x:c>
+      <x:c r="C286" s="0" t="s">
+        <x:v>2537</x:v>
+      </x:c>
+      <x:c r="D286" s="0" t="s">
+        <x:v>2538</x:v>
+      </x:c>
+      <x:c r="E286" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F286" s="0" t="s">
+        <x:v>2560</x:v>
+      </x:c>
       <x:c r="G286" s="0" t="s">
-        <x:v>2559</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s"/>
       <x:c r="I286" s="0" t="s"/>
       <x:c r="J286" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K286" s="0" t="s"/>
+      <x:c r="K286" s="0" t="s">
+        <x:v>2561</x:v>
+      </x:c>
       <x:c r="L286" s="0" t="s">
-        <x:v>2566</x:v>
+        <x:v>2562</x:v>
       </x:c>
       <x:c r="M286" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O286" s="0" t="s">
-        <x:v>2562</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="P286" s="0" t="s">
-        <x:v>2567</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="Q286" s="0" t="s">
-        <x:v>2568</x:v>
+        <x:v>2564</x:v>
       </x:c>
       <x:c r="R286" s="0" t="s">
-        <x:v>2564</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="S286" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:19">
       <x:c r="A287" s="0" t="s">
-        <x:v>2569</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>2555</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>2556</x:v>
+        <x:v>2566</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>2557</x:v>
+        <x:v>2538</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>2570</x:v>
+        <x:v>2567</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>2559</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s"/>
       <x:c r="I287" s="0" t="s"/>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K287" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K287" s="0" t="s"/>
       <x:c r="L287" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>2562</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2569</x:v>
       </x:c>
       <x:c r="Q287" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>2564</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="S287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:19">
       <x:c r="A288" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="B288" s="0" t="s">
+        <x:v>2572</x:v>
+      </x:c>
+      <x:c r="C288" s="0" t="s">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="D288" s="0" t="s">
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="E288" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F288" s="0" t="s">
         <x:v>2575</x:v>
       </x:c>
-      <x:c r="B288" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C288" s="0" t="s">
+      <x:c r="G288" s="0" t="s">
         <x:v>2576</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2559</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s"/>
       <x:c r="I288" s="0" t="s"/>
       <x:c r="J288" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K288" s="0" t="s"/>
+      <x:c r="K288" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
       <x:c r="L288" s="0" t="s">
         <x:v>2578</x:v>
       </x:c>
       <x:c r="M288" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O288" s="0" t="s">
-        <x:v>2562</x:v>
+        <x:v>2580</x:v>
       </x:c>
       <x:c r="P288" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2581</x:v>
       </x:c>
       <x:c r="Q288" s="0" t="s">
-        <x:v>2580</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="R288" s="0" t="s">
-        <x:v>2564</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="S288" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:19">
       <x:c r="A289" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>2584</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>2585</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s"/>
       <x:c r="I289" s="0" t="s"/>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
+        <x:v>2586</x:v>
+      </x:c>
+      <x:c r="L289" s="0" t="s">
         <x:v>2587</x:v>
       </x:c>
-      <x:c r="L289" s="0" t="s">
+      <x:c r="M289" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N289" s="0" t="s">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="O289" s="0" t="s">
+        <x:v>2580</x:v>
+      </x:c>
+      <x:c r="P289" s="0" t="s">
         <x:v>2588</x:v>
       </x:c>
-      <x:c r="M289" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N289" s="0" t="s">
+      <x:c r="Q289" s="0" t="s">
         <x:v>2589</x:v>
       </x:c>
-      <x:c r="O289" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>2593</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="S289" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:19">
       <x:c r="A290" s="0" t="s">
-        <x:v>2594</x:v>
+        <x:v>2590</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>2584</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2592</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s"/>
-      <x:c r="I290" s="0" t="s"/>
+      <x:c r="I290" s="0" t="s">
+        <x:v>1055</x:v>
+      </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="L290" s="0" t="s">
+        <x:v>2594</x:v>
+      </x:c>
+      <x:c r="M290" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N290" s="0" t="s">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="O290" s="0" t="s">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="P290" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q290" s="0" t="s">
         <x:v>2596</x:v>
       </x:c>
-      <x:c r="L290" s="0" t="s">
+      <x:c r="R290" s="0" t="s">
         <x:v>2597</x:v>
       </x:c>
-      <x:c r="M290" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="S290" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:19">
       <x:c r="A291" s="0" t="s">
+        <x:v>2598</x:v>
+      </x:c>
+      <x:c r="B291" s="0" t="s">
+        <x:v>2599</x:v>
+      </x:c>
+      <x:c r="C291" s="0" t="s">
         <x:v>2600</x:v>
       </x:c>
-      <x:c r="B291" s="0" t="s">
+      <x:c r="D291" s="0" t="s">
         <x:v>2601</x:v>
       </x:c>
-      <x:c r="C291" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2602</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>2602</x:v>
+        <x:v>2603</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s"/>
-      <x:c r="I291" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I291" s="0" t="s"/>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>2603</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>2604</x:v>
+        <x:v>2605</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>2605</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>2606</x:v>
       </x:c>
       <x:c r="Q291" s="0" t="s">
-        <x:v>2606</x:v>
+        <x:v>2607</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>2607</x:v>
+        <x:v>2597</x:v>
       </x:c>
       <x:c r="S291" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:19">
       <x:c r="A292" s="0" t="s">
         <x:v>2608</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>2609</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>2610</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E292" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F292" s="0" t="s">
         <x:v>2611</x:v>
       </x:c>
-      <x:c r="E292" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F292" s="0" t="s">
+      <x:c r="G292" s="0" t="s">
         <x:v>2612</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2613</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s"/>
       <x:c r="I292" s="0" t="s"/>
       <x:c r="J292" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
+        <x:v>2613</x:v>
+      </x:c>
+      <x:c r="L292" s="0" t="s">
         <x:v>2614</x:v>
       </x:c>
-      <x:c r="L292" s="0" t="s">
+      <x:c r="M292" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N292" s="0" t="s">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="O292" s="0" t="s">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="P292" s="0" t="s">
         <x:v>2615</x:v>
       </x:c>
-      <x:c r="M292" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P292" s="0" t="s">
+      <x:c r="Q292" s="0" t="s">
         <x:v>2616</x:v>
       </x:c>
-      <x:c r="Q292" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R292" s="0" t="s">
-        <x:v>2607</x:v>
+        <x:v>2597</x:v>
       </x:c>
       <x:c r="S292" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:19">
       <x:c r="A293" s="0" t="s">
+        <x:v>2617</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
         <x:v>2618</x:v>
       </x:c>
-      <x:c r="B293" s="0" t="s">
+      <x:c r="C293" s="0" t="s">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="D293" s="0" t="s">
         <x:v>2619</x:v>
       </x:c>
-      <x:c r="C293" s="0" t="s">
+      <x:c r="E293" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F293" s="0" t="s">
         <x:v>2620</x:v>
       </x:c>
-      <x:c r="D293" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F293" s="0" t="s">
+      <x:c r="G293" s="0" t="s">
         <x:v>2621</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2622</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s"/>
       <x:c r="I293" s="0" t="s"/>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
+        <x:v>2604</x:v>
+      </x:c>
+      <x:c r="L293" s="0" t="s">
+        <x:v>2622</x:v>
+      </x:c>
+      <x:c r="M293" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N293" s="0" t="s">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="O293" s="0" t="s">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="P293" s="0" t="s">
         <x:v>2623</x:v>
       </x:c>
-      <x:c r="L293" s="0" t="s">
+      <x:c r="Q293" s="0" t="s">
         <x:v>2624</x:v>
       </x:c>
-      <x:c r="M293" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>2607</x:v>
+        <x:v>2597</x:v>
       </x:c>
       <x:c r="S293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:19">
       <x:c r="A294" s="0" t="s">
-        <x:v>2627</x:v>
+        <x:v>2625</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>2628</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2626</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
-        <x:v>2630</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s"/>
       <x:c r="I294" s="0" t="s"/>
       <x:c r="J294" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
-        <x:v>2614</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L294" s="0" t="s">
+        <x:v>2628</x:v>
+      </x:c>
+      <x:c r="M294" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N294" s="0" t="s">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="O294" s="0" t="s">
+        <x:v>2629</x:v>
+      </x:c>
+      <x:c r="P294" s="0" t="s">
+        <x:v>2630</x:v>
+      </x:c>
+      <x:c r="Q294" s="0" t="s">
+        <x:v>2631</x:v>
+      </x:c>
+      <x:c r="R294" s="0" t="s">
         <x:v>2632</x:v>
       </x:c>
-      <x:c r="M294" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="S294" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:19">
       <x:c r="A295" s="0" t="s">
-        <x:v>2635</x:v>
+        <x:v>2633</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>2636</x:v>
+        <x:v>2626</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s"/>
       <x:c r="I295" s="0" t="s"/>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>2638</x:v>
+        <x:v>2634</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>2640</x:v>
+        <x:v>2635</x:v>
       </x:c>
       <x:c r="Q295" s="0" t="s">
-        <x:v>2641</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S295" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:19">
       <x:c r="A296" s="0" t="s">
-        <x:v>2643</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2638</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>2636</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s"/>
       <x:c r="I296" s="0" t="s"/>
       <x:c r="J296" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L296" s="0" t="s">
-        <x:v>2644</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="M296" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O296" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P296" s="0" t="s">
-        <x:v>2645</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="Q296" s="0" t="s">
-        <x:v>2646</x:v>
+        <x:v>2640</x:v>
       </x:c>
       <x:c r="R296" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S296" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:19">
       <x:c r="A297" s="0" t="s">
-        <x:v>2647</x:v>
+        <x:v>2641</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>2648</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>2584</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s"/>
       <x:c r="I297" s="0" t="s"/>
       <x:c r="J297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>2649</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="Q297" s="0" t="s">
-        <x:v>2650</x:v>
+        <x:v>2643</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:19">
       <x:c r="A298" s="0" t="s">
-        <x:v>2651</x:v>
+        <x:v>2644</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>2584</x:v>
+        <x:v>2626</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>2585</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s"/>
       <x:c r="I298" s="0" t="s"/>
       <x:c r="J298" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
-        <x:v>2652</x:v>
+        <x:v>2645</x:v>
       </x:c>
       <x:c r="M298" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O298" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P298" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>2646</x:v>
       </x:c>
       <x:c r="Q298" s="0" t="s">
-        <x:v>2653</x:v>
+        <x:v>2647</x:v>
       </x:c>
       <x:c r="R298" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S298" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:19">
       <x:c r="A299" s="0" t="s">
-        <x:v>2654</x:v>
+        <x:v>2648</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2649</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>2636</x:v>
+        <x:v>2626</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2650</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s"/>
-      <x:c r="I299" s="0" t="s"/>
+      <x:c r="I299" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>2655</x:v>
+        <x:v>2651</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>2656</x:v>
+        <x:v>2652</x:v>
       </x:c>
       <x:c r="Q299" s="0" t="s">
-        <x:v>2657</x:v>
+        <x:v>2653</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:19">
       <x:c r="A300" s="0" t="s">
-        <x:v>2658</x:v>
+        <x:v>2654</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>2659</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>2636</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
-        <x:v>2660</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s"/>
-      <x:c r="I300" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I300" s="0" t="s"/>
       <x:c r="J300" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L300" s="0" t="s">
-        <x:v>2661</x:v>
+        <x:v>2655</x:v>
       </x:c>
       <x:c r="M300" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O300" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P300" s="0" t="s">
-        <x:v>2662</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="Q300" s="0" t="s">
-        <x:v>2663</x:v>
+        <x:v>2656</x:v>
       </x:c>
       <x:c r="R300" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S300" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:19">
       <x:c r="A301" s="0" t="s">
-        <x:v>2664</x:v>
+        <x:v>2657</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>2584</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2626</x:v>
+      </x:c>
+      <x:c r="E301" s="0" t="s"/>
       <x:c r="F301" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s"/>
       <x:c r="I301" s="0" t="s"/>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>2665</x:v>
+        <x:v>2658</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>2659</x:v>
       </x:c>
       <x:c r="Q301" s="0" t="s">
-        <x:v>2666</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:19">
       <x:c r="A302" s="0" t="s">
-        <x:v>2667</x:v>
+        <x:v>2661</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>2636</x:v>
-[...1 lines deleted...]
-      <x:c r="E302" s="0" t="s"/>
+        <x:v>2662</x:v>
+      </x:c>
+      <x:c r="E302" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s"/>
       <x:c r="I302" s="0" t="s"/>
       <x:c r="J302" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L302" s="0" t="s">
-        <x:v>2668</x:v>
+        <x:v>2663</x:v>
       </x:c>
       <x:c r="M302" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O302" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P302" s="0" t="s">
-        <x:v>2669</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="Q302" s="0" t="s">
-        <x:v>2670</x:v>
+        <x:v>2665</x:v>
       </x:c>
       <x:c r="R302" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S302" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:19">
       <x:c r="A303" s="0" t="s">
-        <x:v>2671</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>2672</x:v>
+        <x:v>2626</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s"/>
       <x:c r="I303" s="0" t="s"/>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>2673</x:v>
+        <x:v>2667</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>2674</x:v>
+        <x:v>2668</x:v>
       </x:c>
       <x:c r="Q303" s="0" t="s">
-        <x:v>2675</x:v>
+        <x:v>2669</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:19">
       <x:c r="A304" s="0" t="s">
-        <x:v>2676</x:v>
+        <x:v>2670</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>2636</x:v>
+        <x:v>2626</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s"/>
       <x:c r="I304" s="0" t="s"/>
       <x:c r="J304" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
-        <x:v>2677</x:v>
+        <x:v>2671</x:v>
       </x:c>
       <x:c r="M304" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O304" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P304" s="0" t="s">
-        <x:v>2678</x:v>
+        <x:v>2672</x:v>
       </x:c>
       <x:c r="Q304" s="0" t="s">
-        <x:v>2679</x:v>
+        <x:v>2673</x:v>
       </x:c>
       <x:c r="R304" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S304" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:19">
       <x:c r="A305" s="0" t="s">
-        <x:v>2680</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2674</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s"/>
       <x:c r="C305" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2675</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>2636</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>2626</x:v>
+      </x:c>
+      <x:c r="E305" s="0" t="s"/>
+      <x:c r="F305" s="0" t="s"/>
+      <x:c r="G305" s="0" t="s"/>
       <x:c r="H305" s="0" t="s"/>
       <x:c r="I305" s="0" t="s"/>
       <x:c r="J305" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>2596</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>2681</x:v>
+        <x:v>2676</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>2682</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="Q305" s="0" t="s">
-        <x:v>2683</x:v>
+        <x:v>2678</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:19">
       <x:c r="A306" s="0" t="s">
-        <x:v>2684</x:v>
-[...1 lines deleted...]
-      <x:c r="B306" s="0" t="s"/>
+        <x:v>2679</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s">
+        <x:v>2572</x:v>
+      </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>2685</x:v>
+        <x:v>2680</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>2636</x:v>
-[...3 lines deleted...]
-      <x:c r="G306" s="0" t="s"/>
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="E306" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F306" s="0" t="s">
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="G306" s="0" t="s">
+        <x:v>2576</x:v>
+      </x:c>
       <x:c r="H306" s="0" t="s"/>
       <x:c r="I306" s="0" t="s"/>
       <x:c r="J306" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L306" s="0" t="s">
-        <x:v>2686</x:v>
+        <x:v>2681</x:v>
       </x:c>
       <x:c r="M306" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O306" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P306" s="0" t="s">
-        <x:v>2687</x:v>
+        <x:v>2682</x:v>
       </x:c>
       <x:c r="Q306" s="0" t="s">
-        <x:v>2688</x:v>
+        <x:v>2683</x:v>
       </x:c>
       <x:c r="R306" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S306" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:19">
       <x:c r="A307" s="0" t="s">
-        <x:v>2689</x:v>
+        <x:v>2684</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>2690</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>2584</x:v>
+        <x:v>2685</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2686</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s"/>
       <x:c r="I307" s="0" t="s"/>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>2691</x:v>
+        <x:v>2687</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>2692</x:v>
+        <x:v>2688</x:v>
       </x:c>
       <x:c r="Q307" s="0" t="s">
-        <x:v>2693</x:v>
+        <x:v>2689</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:19">
       <x:c r="A308" s="0" t="s">
-        <x:v>2694</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>2583</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2691</x:v>
+      </x:c>
+      <x:c r="D308" s="0" t="s"/>
       <x:c r="E308" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
-        <x:v>2696</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s"/>
       <x:c r="I308" s="0" t="s"/>
       <x:c r="J308" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
-        <x:v>2697</x:v>
+        <x:v>2692</x:v>
       </x:c>
       <x:c r="M308" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O308" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="P308" s="0" t="s">
-        <x:v>2698</x:v>
+        <x:v>2693</x:v>
       </x:c>
       <x:c r="Q308" s="0" t="s">
-        <x:v>2699</x:v>
+        <x:v>2694</x:v>
       </x:c>
       <x:c r="R308" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="S308" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:19">
       <x:c r="A309" s="0" t="s">
-        <x:v>2700</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>2701</x:v>
-[...1 lines deleted...]
-      <x:c r="D309" s="0" t="s"/>
+        <x:v>2697</x:v>
+      </x:c>
+      <x:c r="D309" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2698</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s"/>
       <x:c r="I309" s="0" t="s"/>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="M309" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N309" s="0" t="s">
         <x:v>2702</x:v>
       </x:c>
-      <x:c r="M309" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>2703</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="Q309" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2705</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S309" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:19">
       <x:c r="A310" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2708</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>2707</x:v>
+        <x:v>2709</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2710</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
-        <x:v>2709</x:v>
+        <x:v>2711</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s"/>
       <x:c r="I310" s="0" t="s"/>
       <x:c r="J310" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>2710</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="L310" s="0" t="s">
-        <x:v>2711</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="M310" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O310" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P310" s="0" t="s">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="Q310" s="0" t="s">
         <x:v>2715</x:v>
       </x:c>
       <x:c r="R310" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S310" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:19">
       <x:c r="A311" s="0" t="s">
+        <x:v>2716</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
+        <x:v>2708</x:v>
+      </x:c>
+      <x:c r="C311" s="0" t="s">
         <x:v>2717</x:v>
       </x:c>
-      <x:c r="B311" s="0" t="s">
+      <x:c r="D311" s="0" t="s">
         <x:v>2718</x:v>
       </x:c>
-      <x:c r="C311" s="0" t="s">
+      <x:c r="E311" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F311" s="0" t="s">
         <x:v>2719</x:v>
       </x:c>
-      <x:c r="D311" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>2721</x:v>
+        <x:v>2711</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s"/>
       <x:c r="I311" s="0" t="s"/>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
+        <x:v>2720</x:v>
+      </x:c>
+      <x:c r="L311" s="0" t="s">
+        <x:v>2721</x:v>
+      </x:c>
+      <x:c r="M311" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N311" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O311" s="0" t="s">
+        <x:v>2703</x:v>
+      </x:c>
+      <x:c r="P311" s="0" t="s">
         <x:v>2722</x:v>
       </x:c>
-      <x:c r="L311" s="0" t="s">
+      <x:c r="Q311" s="0" t="s">
         <x:v>2723</x:v>
       </x:c>
-      <x:c r="M311" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S311" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:19">
       <x:c r="A312" s="0" t="s">
+        <x:v>2724</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
+        <x:v>2725</x:v>
+      </x:c>
+      <x:c r="C312" s="0" t="s">
         <x:v>2726</x:v>
       </x:c>
-      <x:c r="B312" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C312" s="0" t="s">
+      <x:c r="D312" s="0" t="s">
         <x:v>2727</x:v>
       </x:c>
-      <x:c r="D312" s="0" t="s">
+      <x:c r="E312" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F312" s="0" t="s">
         <x:v>2728</x:v>
       </x:c>
-      <x:c r="E312" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F312" s="0" t="s">
+      <x:c r="G312" s="0" t="s">
         <x:v>2729</x:v>
       </x:c>
-      <x:c r="G312" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H312" s="0" t="s"/>
+      <x:c r="H312" s="0" t="s">
+        <x:v>2730</x:v>
+      </x:c>
       <x:c r="I312" s="0" t="s"/>
       <x:c r="J312" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
-        <x:v>2730</x:v>
+        <x:v>2731</x:v>
       </x:c>
       <x:c r="L312" s="0" t="s">
-        <x:v>2731</x:v>
+        <x:v>2732</x:v>
       </x:c>
       <x:c r="M312" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O312" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P312" s="0" t="s">
-        <x:v>2732</x:v>
+        <x:v>2733</x:v>
       </x:c>
       <x:c r="Q312" s="0" t="s">
-        <x:v>2733</x:v>
+        <x:v>2734</x:v>
       </x:c>
       <x:c r="R312" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S312" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:19">
       <x:c r="A313" s="0" t="s">
-        <x:v>2734</x:v>
+        <x:v>2735</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>2735</x:v>
+        <x:v>2736</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>2736</x:v>
+        <x:v>2737</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>2737</x:v>
+        <x:v>2738</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>2738</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>2739</x:v>
-[...1 lines deleted...]
-      <x:c r="H313" s="0" t="s">
         <x:v>2740</x:v>
       </x:c>
+      <x:c r="H313" s="0" t="s"/>
       <x:c r="I313" s="0" t="s"/>
       <x:c r="J313" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>2741</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>2742</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>2743</x:v>
       </x:c>
       <x:c r="Q313" s="0" t="s">
         <x:v>2744</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S313" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:19">
       <x:c r="A314" s="0" t="s">
         <x:v>2745</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>2746</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>2747</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="E314" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F314" s="0" t="s">
         <x:v>2748</x:v>
       </x:c>
-      <x:c r="E314" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F314" s="0" t="s">
+      <x:c r="G314" s="0" t="s">
         <x:v>2749</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2750</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s"/>
       <x:c r="I314" s="0" t="s"/>
       <x:c r="J314" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
+        <x:v>2750</x:v>
+      </x:c>
+      <x:c r="L314" s="0" t="s">
         <x:v>2751</x:v>
       </x:c>
-      <x:c r="L314" s="0" t="s">
+      <x:c r="M314" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N314" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O314" s="0" t="s">
+        <x:v>2703</x:v>
+      </x:c>
+      <x:c r="P314" s="0" t="s">
         <x:v>2752</x:v>
       </x:c>
-      <x:c r="M314" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P314" s="0" t="s">
+      <x:c r="Q314" s="0" t="s">
         <x:v>2753</x:v>
       </x:c>
-      <x:c r="Q314" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R314" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S314" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:19">
       <x:c r="A315" s="0" t="s">
+        <x:v>2754</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
         <x:v>2755</x:v>
       </x:c>
-      <x:c r="B315" s="0" t="s">
+      <x:c r="C315" s="0" t="s">
         <x:v>2756</x:v>
       </x:c>
-      <x:c r="C315" s="0" t="s">
+      <x:c r="D315" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E315" s="0" t="s"/>
+      <x:c r="F315" s="0" t="s">
         <x:v>2757</x:v>
       </x:c>
-      <x:c r="D315" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F315" s="0" t="s">
+      <x:c r="G315" s="0" t="s">
         <x:v>2758</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2759</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s"/>
       <x:c r="I315" s="0" t="s"/>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K315" s="0" t="s">
+      <x:c r="K315" s="0" t="s"/>
+      <x:c r="L315" s="0" t="s">
+        <x:v>2759</x:v>
+      </x:c>
+      <x:c r="M315" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N315" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O315" s="0" t="s">
+        <x:v>2703</x:v>
+      </x:c>
+      <x:c r="P315" s="0" t="s">
         <x:v>2760</x:v>
       </x:c>
-      <x:c r="L315" s="0" t="s">
+      <x:c r="Q315" s="0" t="s">
         <x:v>2761</x:v>
       </x:c>
-      <x:c r="M315" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S315" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:19">
       <x:c r="A316" s="0" t="s">
+        <x:v>2762</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
+        <x:v>2763</x:v>
+      </x:c>
+      <x:c r="C316" s="0" t="s">
         <x:v>2764</x:v>
       </x:c>
-      <x:c r="B316" s="0" t="s">
+      <x:c r="D316" s="0" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="E316" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F316" s="0" t="s">
         <x:v>2765</x:v>
       </x:c>
-      <x:c r="C316" s="0" t="s">
+      <x:c r="G316" s="0" t="s">
         <x:v>2766</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>2768</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s"/>
       <x:c r="I316" s="0" t="s"/>
       <x:c r="J316" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K316" s="0" t="s"/>
+      <x:c r="K316" s="0" t="s">
+        <x:v>2767</x:v>
+      </x:c>
       <x:c r="L316" s="0" t="s">
+        <x:v>2768</x:v>
+      </x:c>
+      <x:c r="M316" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N316" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O316" s="0" t="s">
+        <x:v>2703</x:v>
+      </x:c>
+      <x:c r="P316" s="0" t="s">
         <x:v>2769</x:v>
       </x:c>
-      <x:c r="M316" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P316" s="0" t="s">
+      <x:c r="Q316" s="0" t="s">
         <x:v>2770</x:v>
       </x:c>
-      <x:c r="Q316" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R316" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S316" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:19">
       <x:c r="A317" s="0" t="s">
+        <x:v>2771</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
         <x:v>2772</x:v>
       </x:c>
-      <x:c r="B317" s="0" t="s">
+      <x:c r="C317" s="0" t="s">
+        <x:v>2717</x:v>
+      </x:c>
+      <x:c r="D317" s="0" t="s">
+        <x:v>2718</x:v>
+      </x:c>
+      <x:c r="E317" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F317" s="0" t="s">
         <x:v>2773</x:v>
       </x:c>
-      <x:c r="C317" s="0" t="s">
+      <x:c r="G317" s="0" t="s">
         <x:v>2774</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2776</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s"/>
       <x:c r="I317" s="0" t="s"/>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
+        <x:v>2775</x:v>
+      </x:c>
+      <x:c r="L317" s="0" t="s">
+        <x:v>2776</x:v>
+      </x:c>
+      <x:c r="M317" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N317" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O317" s="0" t="s">
+        <x:v>2703</x:v>
+      </x:c>
+      <x:c r="P317" s="0" t="s">
         <x:v>2777</x:v>
       </x:c>
-      <x:c r="L317" s="0" t="s">
+      <x:c r="Q317" s="0" t="s">
         <x:v>2778</x:v>
       </x:c>
-      <x:c r="M317" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S317" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:19">
       <x:c r="A318" s="0" t="s">
+        <x:v>2779</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
+        <x:v>2780</x:v>
+      </x:c>
+      <x:c r="C318" s="0" t="s">
         <x:v>2781</x:v>
       </x:c>
-      <x:c r="B318" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>2728</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>2783</x:v>
+        <x:v>2765</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>2784</x:v>
+        <x:v>2766</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s"/>
       <x:c r="I318" s="0" t="s"/>
       <x:c r="J318" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
-        <x:v>2785</x:v>
+        <x:v>2782</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
-        <x:v>2786</x:v>
+        <x:v>2783</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O318" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P318" s="0" t="s">
-        <x:v>2787</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q318" s="0" t="s">
-        <x:v>2788</x:v>
+        <x:v>2784</x:v>
       </x:c>
       <x:c r="R318" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S318" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:19">
       <x:c r="A319" s="0" t="s">
-        <x:v>2789</x:v>
+        <x:v>2785</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>2790</x:v>
+        <x:v>2786</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>2791</x:v>
+        <x:v>2764</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>1523</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>2775</x:v>
+        <x:v>2787</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>2776</x:v>
+        <x:v>2788</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s"/>
       <x:c r="I319" s="0" t="s"/>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K319" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K319" s="0" t="s"/>
       <x:c r="L319" s="0" t="s">
-        <x:v>2793</x:v>
+        <x:v>2789</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>2790</x:v>
       </x:c>
       <x:c r="Q319" s="0" t="s">
-        <x:v>2794</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:19">
       <x:c r="A320" s="0" t="s">
-        <x:v>2795</x:v>
+        <x:v>2792</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>2796</x:v>
+        <x:v>2793</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>2774</x:v>
+        <x:v>2756</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>1523</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E320" s="0" t="s"/>
+      <x:c r="F320" s="0" t="s"/>
       <x:c r="G320" s="0" t="s">
-        <x:v>2798</x:v>
+        <x:v>2794</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s"/>
       <x:c r="I320" s="0" t="s"/>
       <x:c r="J320" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s"/>
       <x:c r="L320" s="0" t="s">
-        <x:v>2799</x:v>
+        <x:v>2795</x:v>
       </x:c>
       <x:c r="M320" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O320" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P320" s="0" t="s">
-        <x:v>2800</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="Q320" s="0" t="s">
-        <x:v>2801</x:v>
+        <x:v>2796</x:v>
       </x:c>
       <x:c r="R320" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S320" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:19">
       <x:c r="A321" s="0" t="s">
-        <x:v>2802</x:v>
+        <x:v>2797</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>2803</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>2766</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="E321" s="0" t="s"/>
-      <x:c r="F321" s="0" t="s"/>
+      <x:c r="E321" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F321" s="0" t="s">
+        <x:v>2698</x:v>
+      </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>2804</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s"/>
       <x:c r="I321" s="0" t="s"/>
       <x:c r="J321" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K321" s="0" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K321" s="0" t="s">
+        <x:v>2798</x:v>
+      </x:c>
       <x:c r="L321" s="0" t="s">
-        <x:v>2805</x:v>
+        <x:v>2799</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>2584</x:v>
+        <x:v>2800</x:v>
       </x:c>
       <x:c r="Q321" s="0" t="s">
-        <x:v>2806</x:v>
+        <x:v>2801</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S321" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:19">
       <x:c r="A322" s="0" t="s">
+        <x:v>2802</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
+        <x:v>2803</x:v>
+      </x:c>
+      <x:c r="C322" s="0" t="s">
+        <x:v>2804</x:v>
+      </x:c>
+      <x:c r="D322" s="0" t="s">
+        <x:v>2805</x:v>
+      </x:c>
+      <x:c r="E322" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F322" s="0" t="s">
+        <x:v>2806</x:v>
+      </x:c>
+      <x:c r="G322" s="0" t="s">
         <x:v>2807</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2709</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s"/>
       <x:c r="I322" s="0" t="s"/>
       <x:c r="J322" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>2808</x:v>
       </x:c>
       <x:c r="L322" s="0" t="s">
         <x:v>2809</x:v>
       </x:c>
       <x:c r="M322" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O322" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P322" s="0" t="s">
         <x:v>2810</x:v>
       </x:c>
       <x:c r="Q322" s="0" t="s">
         <x:v>2811</x:v>
       </x:c>
       <x:c r="R322" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S322" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:19">
       <x:c r="A323" s="0" t="s">
         <x:v>2812</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>2813</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
+        <x:v>2697</x:v>
+      </x:c>
+      <x:c r="D323" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E323" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F323" s="0" t="s">
         <x:v>2814</x:v>
       </x:c>
-      <x:c r="D323" s="0" t="s">
+      <x:c r="G323" s="0" t="s">
         <x:v>2815</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2817</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s"/>
       <x:c r="I323" s="0" t="s"/>
       <x:c r="J323" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
+        <x:v>2816</x:v>
+      </x:c>
+      <x:c r="L323" s="0" t="s">
+        <x:v>2817</x:v>
+      </x:c>
+      <x:c r="M323" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N323" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O323" s="0" t="s">
+        <x:v>2703</x:v>
+      </x:c>
+      <x:c r="P323" s="0" t="s">
         <x:v>2818</x:v>
       </x:c>
-      <x:c r="L323" s="0" t="s">
+      <x:c r="Q323" s="0" t="s">
         <x:v>2819</x:v>
       </x:c>
-      <x:c r="M323" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:19">
       <x:c r="A324" s="0" t="s">
-        <x:v>2822</x:v>
+        <x:v>2820</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>2823</x:v>
+        <x:v>2821</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>2707</x:v>
+        <x:v>2747</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>2824</x:v>
+        <x:v>2748</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>2825</x:v>
+        <x:v>2749</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s"/>
       <x:c r="I324" s="0" t="s"/>
       <x:c r="J324" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
-        <x:v>2826</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="L324" s="0" t="s">
-        <x:v>2827</x:v>
+        <x:v>2823</x:v>
       </x:c>
       <x:c r="M324" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O324" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P324" s="0" t="s">
-        <x:v>2828</x:v>
+        <x:v>2824</x:v>
       </x:c>
       <x:c r="Q324" s="0" t="s">
-        <x:v>2829</x:v>
+        <x:v>2825</x:v>
       </x:c>
       <x:c r="R324" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S324" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:19">
       <x:c r="A325" s="0" t="s">
-        <x:v>2830</x:v>
+        <x:v>2826</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>2831</x:v>
+        <x:v>2755</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>2757</x:v>
+        <x:v>2756</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>1135</x:v>
-[...4 lines deleted...]
-      <x:c r="F325" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E325" s="0" t="s"/>
+      <x:c r="F325" s="0" t="s"/>
+      <x:c r="G325" s="0" t="s">
         <x:v>2758</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2759</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s"/>
       <x:c r="I325" s="0" t="s"/>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K325" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K325" s="0" t="s"/>
       <x:c r="L325" s="0" t="s">
-        <x:v>2833</x:v>
+        <x:v>2827</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>2834</x:v>
+        <x:v>2828</x:v>
       </x:c>
       <x:c r="Q325" s="0" t="s">
-        <x:v>2835</x:v>
+        <x:v>2829</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S325" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:19">
       <x:c r="A326" s="0" t="s">
-        <x:v>2836</x:v>
+        <x:v>2830</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>2765</x:v>
+        <x:v>2831</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>2766</x:v>
+        <x:v>2804</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>22</x:v>
-[...2 lines deleted...]
-      <x:c r="F326" s="0" t="s"/>
+        <x:v>2805</x:v>
+      </x:c>
+      <x:c r="E326" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F326" s="0" t="s">
+        <x:v>2832</x:v>
+      </x:c>
       <x:c r="G326" s="0" t="s">
-        <x:v>2768</x:v>
+        <x:v>2833</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s"/>
       <x:c r="I326" s="0" t="s"/>
       <x:c r="J326" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K326" s="0" t="s"/>
+      <x:c r="K326" s="0" t="s">
+        <x:v>2834</x:v>
+      </x:c>
       <x:c r="L326" s="0" t="s">
+        <x:v>2835</x:v>
+      </x:c>
+      <x:c r="M326" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N326" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O326" s="0" t="s">
+        <x:v>2703</x:v>
+      </x:c>
+      <x:c r="P326" s="0" t="s">
+        <x:v>2836</x:v>
+      </x:c>
+      <x:c r="Q326" s="0" t="s">
         <x:v>2837</x:v>
       </x:c>
-      <x:c r="M326" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R326" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="S326" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:19">
       <x:c r="A327" s="0" t="s">
+        <x:v>1681</x:v>
+      </x:c>
+      <x:c r="B327" s="0" t="s">
+        <x:v>2838</x:v>
+      </x:c>
+      <x:c r="C327" s="0" t="s">
+        <x:v>2839</x:v>
+      </x:c>
+      <x:c r="D327" s="0" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E327" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F327" s="0" t="s">
         <x:v>2840</x:v>
       </x:c>
-      <x:c r="B327" s="0" t="s">
+      <x:c r="G327" s="0" t="s">
         <x:v>2841</x:v>
       </x:c>
-      <x:c r="C327" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F327" s="0" t="s">
+      <x:c r="H327" s="0" t="s">
         <x:v>2842</x:v>
       </x:c>
-      <x:c r="G327" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H327" s="0" t="s"/>
       <x:c r="I327" s="0" t="s"/>
       <x:c r="J327" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="L327" s="0" t="s">
         <x:v>2844</x:v>
       </x:c>
-      <x:c r="L327" s="0" t="s">
+      <x:c r="M327" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N327" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O327" s="0" t="s">
         <x:v>2845</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2713</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>2846</x:v>
       </x:c>
       <x:c r="Q327" s="0" t="s">
         <x:v>2847</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S327" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:19">
       <x:c r="A328" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>2849</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2850</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>2849</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>2851</x:v>
+      </x:c>
+      <x:c r="D328" s="0" t="s"/>
       <x:c r="E328" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2852</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
-        <x:v>2851</x:v>
+        <x:v>2853</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
-        <x:v>2852</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s"/>
-      <x:c r="J328" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J328" s="0" t="s"/>
       <x:c r="K328" s="0" t="s">
-        <x:v>2853</x:v>
+        <x:v>2854</x:v>
       </x:c>
       <x:c r="L328" s="0" t="s">
-        <x:v>2854</x:v>
+        <x:v>2855</x:v>
       </x:c>
       <x:c r="M328" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O328" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="P328" s="0" t="s">
         <x:v>2856</x:v>
       </x:c>
       <x:c r="Q328" s="0" t="s">
         <x:v>2857</x:v>
       </x:c>
       <x:c r="R328" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S328" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:19">
       <x:c r="A329" s="0" t="s">
+        <x:v>2858</x:v>
+      </x:c>
+      <x:c r="B329" s="0" t="s">
         <x:v>2859</x:v>
       </x:c>
-      <x:c r="B329" s="0" t="s">
+      <x:c r="C329" s="0" t="s">
         <x:v>2860</x:v>
       </x:c>
-      <x:c r="C329" s="0" t="s">
+      <x:c r="D329" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E329" s="0" t="s"/>
+      <x:c r="F329" s="0" t="s">
         <x:v>2861</x:v>
       </x:c>
-      <x:c r="D329" s="0" t="s"/>
-[...3 lines deleted...]
-      <x:c r="F329" s="0" t="s">
+      <x:c r="G329" s="0" t="s">
         <x:v>2862</x:v>
       </x:c>
-      <x:c r="G329" s="0" t="s">
+      <x:c r="H329" s="0" t="s"/>
+      <x:c r="I329" s="0" t="s"/>
+      <x:c r="J329" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K329" s="0" t="s"/>
+      <x:c r="L329" s="0" t="s">
         <x:v>2863</x:v>
       </x:c>
-      <x:c r="H329" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="K329" s="0" t="s">
+      <x:c r="M329" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N329" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O329" s="0" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="P329" s="0" t="s">
         <x:v>2864</x:v>
       </x:c>
-      <x:c r="L329" s="0" t="s">
+      <x:c r="Q329" s="0" t="s">
         <x:v>2865</x:v>
       </x:c>
-      <x:c r="M329" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:19">
       <x:c r="A330" s="0" t="s">
+        <x:v>2866</x:v>
+      </x:c>
+      <x:c r="B330" s="0" t="s">
+        <x:v>2867</x:v>
+      </x:c>
+      <x:c r="C330" s="0" t="s">
         <x:v>2868</x:v>
       </x:c>
-      <x:c r="B330" s="0" t="s">
+      <x:c r="D330" s="0" t="s">
         <x:v>2869</x:v>
       </x:c>
-      <x:c r="C330" s="0" t="s">
+      <x:c r="E330" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F330" s="0" t="s">
         <x:v>2870</x:v>
       </x:c>
-      <x:c r="D330" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F330" s="0" t="s">
+      <x:c r="G330" s="0" t="s">
         <x:v>2871</x:v>
       </x:c>
-      <x:c r="G330" s="0" t="s">
+      <x:c r="H330" s="0" t="s">
         <x:v>2872</x:v>
       </x:c>
-      <x:c r="H330" s="0" t="s"/>
       <x:c r="I330" s="0" t="s"/>
       <x:c r="J330" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K330" s="0" t="s"/>
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="K330" s="0" t="s">
+        <x:v>2873</x:v>
+      </x:c>
       <x:c r="L330" s="0" t="s">
-        <x:v>2873</x:v>
+        <x:v>2874</x:v>
       </x:c>
       <x:c r="M330" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O330" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="P330" s="0" t="s">
-        <x:v>2874</x:v>
+        <x:v>2875</x:v>
       </x:c>
       <x:c r="Q330" s="0" t="s">
-        <x:v>2875</x:v>
+        <x:v>2876</x:v>
       </x:c>
       <x:c r="R330" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S330" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:19">
       <x:c r="A331" s="0" t="s">
-        <x:v>2876</x:v>
+        <x:v>2877</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>2877</x:v>
+        <x:v>2878</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>2878</x:v>
+        <x:v>2879</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>2879</x:v>
+        <x:v>2727</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>2880</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>2881</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>2882</x:v>
       </x:c>
-      <x:c r="I331" s="0" t="s"/>
+      <x:c r="I331" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>2884</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="Q331" s="0" t="s">
         <x:v>2885</x:v>
       </x:c>
-      <x:c r="Q331" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:19">
       <x:c r="A332" s="0" t="s">
+        <x:v>2886</x:v>
+      </x:c>
+      <x:c r="B332" s="0" t="s">
         <x:v>2887</x:v>
       </x:c>
-      <x:c r="B332" s="0" t="s">
+      <x:c r="C332" s="0" t="s">
         <x:v>2888</x:v>
       </x:c>
-      <x:c r="C332" s="0" t="s">
+      <x:c r="D332" s="0" t="s">
+        <x:v>1737</x:v>
+      </x:c>
+      <x:c r="E332" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F332" s="0" t="s">
         <x:v>2889</x:v>
       </x:c>
-      <x:c r="D332" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F332" s="0" t="s">
+      <x:c r="G332" s="0" t="s">
         <x:v>2890</x:v>
       </x:c>
-      <x:c r="G332" s="0" t="s">
+      <x:c r="H332" s="0" t="s">
         <x:v>2891</x:v>
       </x:c>
-      <x:c r="H332" s="0" t="s">
+      <x:c r="I332" s="0" t="s"/>
+      <x:c r="J332" s="0" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="K332" s="0" t="s">
         <x:v>2892</x:v>
       </x:c>
-      <x:c r="I332" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="K332" s="0" t="s">
+      <x:c r="L332" s="0" t="s">
         <x:v>2893</x:v>
       </x:c>
-      <x:c r="L332" s="0" t="s">
+      <x:c r="M332" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N332" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O332" s="0" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="P332" s="0" t="s">
         <x:v>2894</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>772</x:v>
       </x:c>
       <x:c r="Q332" s="0" t="s">
         <x:v>2895</x:v>
       </x:c>
       <x:c r="R332" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S332" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:19">
       <x:c r="A333" s="0" t="s">
         <x:v>2896</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>2897</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>2898</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>2899</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
-        <x:v>2899</x:v>
+        <x:v>2900</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>2900</x:v>
+        <x:v>2901</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
-        <x:v>2901</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s"/>
       <x:c r="J333" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>2902</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>2903</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>2904</x:v>
       </x:c>
       <x:c r="Q333" s="0" t="s">
         <x:v>2905</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S333" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:19">
       <x:c r="A334" s="0" t="s">
         <x:v>2906</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>2907</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>2908</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>2909</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>2910</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>2911</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
-        <x:v>2901</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s"/>
       <x:c r="J334" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>2912</x:v>
       </x:c>
       <x:c r="L334" s="0" t="s">
         <x:v>2913</x:v>
       </x:c>
       <x:c r="M334" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O334" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="P334" s="0" t="s">
         <x:v>2914</x:v>
       </x:c>
       <x:c r="Q334" s="0" t="s">
         <x:v>2915</x:v>
       </x:c>
       <x:c r="R334" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S334" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:19">
       <x:c r="A335" s="0" t="s">
         <x:v>2916</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>2917</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>2918</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>2919</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>2920</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>2921</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>2901</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s"/>
       <x:c r="J335" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>2922</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>2923</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>2924</x:v>
       </x:c>
       <x:c r="Q335" s="0" t="s">
         <x:v>2925</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:19">
       <x:c r="A336" s="0" t="s">
         <x:v>2926</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>2927</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>2928</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E336" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F336" s="0" t="s">
         <x:v>2929</x:v>
       </x:c>
-      <x:c r="E336" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F336" s="0" t="s">
+      <x:c r="G336" s="0" t="s">
         <x:v>2930</x:v>
       </x:c>
-      <x:c r="G336" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H336" s="0" t="s">
-        <x:v>2901</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s"/>
       <x:c r="J336" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
+        <x:v>2931</x:v>
+      </x:c>
+      <x:c r="L336" s="0" t="s">
         <x:v>2932</x:v>
       </x:c>
-      <x:c r="L336" s="0" t="s">
+      <x:c r="M336" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N336" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O336" s="0" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="P336" s="0" t="s">
         <x:v>2933</x:v>
       </x:c>
-      <x:c r="M336" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P336" s="0" t="s">
+      <x:c r="Q336" s="0" t="s">
         <x:v>2934</x:v>
       </x:c>
-      <x:c r="Q336" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R336" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S336" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:19">
       <x:c r="A337" s="0" t="s">
+        <x:v>2935</x:v>
+      </x:c>
+      <x:c r="B337" s="0" t="s">
         <x:v>2936</x:v>
       </x:c>
-      <x:c r="B337" s="0" t="s">
+      <x:c r="C337" s="0" t="s">
         <x:v>2937</x:v>
       </x:c>
-      <x:c r="C337" s="0" t="s">
+      <x:c r="D337" s="0" t="s">
         <x:v>2938</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>2939</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>2940</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
-        <x:v>2901</x:v>
-[...1 lines deleted...]
-      <x:c r="I337" s="0" t="s"/>
+        <x:v>2891</x:v>
+      </x:c>
+      <x:c r="I337" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>2941</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>2942</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>2943</x:v>
       </x:c>
       <x:c r="Q337" s="0" t="s">
         <x:v>2944</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:19">
       <x:c r="A338" s="0" t="s">
         <x:v>2945</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>2946</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
+        <x:v>2839</x:v>
+      </x:c>
+      <x:c r="D338" s="0" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E338" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F338" s="0" t="s">
         <x:v>2947</x:v>
       </x:c>
-      <x:c r="D338" s="0" t="s">
+      <x:c r="G338" s="0" t="s">
         <x:v>2948</x:v>
       </x:c>
-      <x:c r="E338" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F338" s="0" t="s">
+      <x:c r="H338" s="0" t="s">
         <x:v>2949</x:v>
       </x:c>
-      <x:c r="G338" s="0" t="s">
+      <x:c r="I338" s="0" t="s"/>
+      <x:c r="J338" s="0" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="K338" s="0" t="s">
         <x:v>2950</x:v>
       </x:c>
-      <x:c r="H338" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="K338" s="0" t="s">
+      <x:c r="L338" s="0" t="s">
         <x:v>2951</x:v>
       </x:c>
-      <x:c r="L338" s="0" t="s">
+      <x:c r="M338" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N338" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O338" s="0" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="P338" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="Q338" s="0" t="s">
         <x:v>2952</x:v>
       </x:c>
-      <x:c r="M338" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R338" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S338" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:19">
       <x:c r="A339" s="0" t="s">
+        <x:v>2953</x:v>
+      </x:c>
+      <x:c r="B339" s="0" t="s">
+        <x:v>2954</x:v>
+      </x:c>
+      <x:c r="C339" s="0" t="s">
         <x:v>2955</x:v>
       </x:c>
-      <x:c r="B339" s="0" t="s">
+      <x:c r="D339" s="0" t="s">
+        <x:v>2909</x:v>
+      </x:c>
+      <x:c r="E339" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F339" s="0" t="s">
         <x:v>2956</x:v>
       </x:c>
-      <x:c r="C339" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F339" s="0" t="s">
+      <x:c r="G339" s="0" t="s">
         <x:v>2957</x:v>
       </x:c>
-      <x:c r="G339" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H339" s="0" t="s">
-        <x:v>2959</x:v>
-[...1 lines deleted...]
-      <x:c r="I339" s="0" t="s"/>
+        <x:v>2891</x:v>
+      </x:c>
+      <x:c r="I339" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
+        <x:v>2958</x:v>
+      </x:c>
+      <x:c r="L339" s="0" t="s">
+        <x:v>2959</x:v>
+      </x:c>
+      <x:c r="M339" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N339" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="O339" s="0" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="P339" s="0" t="s">
         <x:v>2960</x:v>
       </x:c>
-      <x:c r="L339" s="0" t="s">
+      <x:c r="Q339" s="0" t="s">
         <x:v>2961</x:v>
       </x:c>
-      <x:c r="M339" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:19">
       <x:c r="A340" s="0" t="s">
+        <x:v>2962</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
         <x:v>2963</x:v>
       </x:c>
-      <x:c r="B340" s="0" t="s">
+      <x:c r="C340" s="0" t="s">
         <x:v>2964</x:v>
       </x:c>
-      <x:c r="C340" s="0" t="s">
+      <x:c r="D340" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E340" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F340" s="0" t="s">
         <x:v>2965</x:v>
       </x:c>
-      <x:c r="D340" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F340" s="0" t="s">
+      <x:c r="G340" s="0" t="s">
         <x:v>2966</x:v>
       </x:c>
-      <x:c r="G340" s="0" t="s">
+      <x:c r="H340" s="0" t="s">
         <x:v>2967</x:v>
       </x:c>
-      <x:c r="H340" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="I340" s="0" t="s"/>
       <x:c r="J340" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>2968</x:v>
       </x:c>
       <x:c r="L340" s="0" t="s">
         <x:v>2969</x:v>
       </x:c>
       <x:c r="M340" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O340" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="P340" s="0" t="s">
         <x:v>2970</x:v>
       </x:c>
       <x:c r="Q340" s="0" t="s">
         <x:v>2971</x:v>
       </x:c>
       <x:c r="R340" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="S340" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:19">
       <x:c r="A341" s="0" t="s">
         <x:v>2972</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>2973</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>2974</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>2975</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>2976</x:v>
       </x:c>
-      <x:c r="H341" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H341" s="0" t="s"/>
       <x:c r="I341" s="0" t="s"/>
       <x:c r="J341" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="L341" s="0" t="s">
         <x:v>2978</x:v>
       </x:c>
-      <x:c r="L341" s="0" t="s">
+      <x:c r="M341" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N341" s="0" t="s">
         <x:v>2979</x:v>
       </x:c>
-      <x:c r="M341" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2980</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>2980</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="Q341" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2982</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S341" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:19">
       <x:c r="A342" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2984</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2985</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>2984</x:v>
+        <x:v>2986</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2987</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>2986</x:v>
+        <x:v>2988</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s"/>
       <x:c r="I342" s="0" t="s"/>
       <x:c r="J342" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
-        <x:v>2987</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="L342" s="0" t="s">
-        <x:v>2988</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="M342" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O342" s="0" t="s">
-        <x:v>2990</x:v>
+        <x:v>2980</x:v>
       </x:c>
       <x:c r="P342" s="0" t="s">
         <x:v>2991</x:v>
       </x:c>
       <x:c r="Q342" s="0" t="s">
         <x:v>2992</x:v>
       </x:c>
       <x:c r="R342" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S342" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:19">
       <x:c r="A343" s="0" t="s">
+        <x:v>2993</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
         <x:v>2994</x:v>
       </x:c>
-      <x:c r="B343" s="0" t="s">
+      <x:c r="C343" s="0" t="s">
         <x:v>2995</x:v>
       </x:c>
-      <x:c r="C343" s="0" t="s">
+      <x:c r="D343" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E343" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F343" s="0" t="s">
         <x:v>2996</x:v>
       </x:c>
-      <x:c r="D343" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F343" s="0" t="s">
+      <x:c r="G343" s="0" t="s">
         <x:v>2997</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2998</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s"/>
       <x:c r="I343" s="0" t="s"/>
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
+        <x:v>2998</x:v>
+      </x:c>
+      <x:c r="L343" s="0" t="s">
         <x:v>2999</x:v>
       </x:c>
-      <x:c r="L343" s="0" t="s">
+      <x:c r="M343" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N343" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O343" s="0" t="s">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="P343" s="0" t="s">
+        <x:v>2938</x:v>
+      </x:c>
+      <x:c r="Q343" s="0" t="s">
         <x:v>3000</x:v>
       </x:c>
-      <x:c r="M343" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S343" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:19">
       <x:c r="A344" s="0" t="s">
+        <x:v>3001</x:v>
+      </x:c>
+      <x:c r="B344" s="0" t="s">
+        <x:v>3002</x:v>
+      </x:c>
+      <x:c r="C344" s="0" t="s">
         <x:v>3003</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3005</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>3006</x:v>
+        <x:v>2975</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>3007</x:v>
+        <x:v>3004</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s"/>
       <x:c r="I344" s="0" t="s"/>
       <x:c r="J344" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
+        <x:v>3005</x:v>
+      </x:c>
+      <x:c r="L344" s="0" t="s">
+        <x:v>3006</x:v>
+      </x:c>
+      <x:c r="M344" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N344" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O344" s="0" t="s">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="P344" s="0" t="s">
+        <x:v>3007</x:v>
+      </x:c>
+      <x:c r="Q344" s="0" t="s">
         <x:v>3008</x:v>
       </x:c>
-      <x:c r="L344" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R344" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S344" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:19">
       <x:c r="A345" s="0" t="s">
+        <x:v>3009</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
+        <x:v>3010</x:v>
+      </x:c>
+      <x:c r="C345" s="0" t="s">
         <x:v>3011</x:v>
       </x:c>
-      <x:c r="B345" s="0" t="s">
+      <x:c r="D345" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E345" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F345" s="0" t="s">
         <x:v>3012</x:v>
       </x:c>
-      <x:c r="C345" s="0" t="s">
+      <x:c r="G345" s="0" t="s">
         <x:v>3013</x:v>
       </x:c>
-      <x:c r="D345" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H345" s="0" t="s"/>
-      <x:c r="I345" s="0" t="s"/>
+      <x:c r="I345" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
+        <x:v>3014</x:v>
+      </x:c>
+      <x:c r="L345" s="0" t="s">
         <x:v>3015</x:v>
       </x:c>
-      <x:c r="L345" s="0" t="s">
+      <x:c r="M345" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N345" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O345" s="0" t="s">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="P345" s="0" t="s">
         <x:v>3016</x:v>
       </x:c>
-      <x:c r="M345" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P345" s="0" t="s">
+      <x:c r="Q345" s="0" t="s">
         <x:v>3017</x:v>
       </x:c>
-      <x:c r="Q345" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S345" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:19">
       <x:c r="A346" s="0" t="s">
+        <x:v>3018</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
         <x:v>3019</x:v>
       </x:c>
-      <x:c r="B346" s="0" t="s">
+      <x:c r="C346" s="0" t="s">
         <x:v>3020</x:v>
       </x:c>
-      <x:c r="C346" s="0" t="s">
+      <x:c r="D346" s="0" t="s">
         <x:v>3021</x:v>
       </x:c>
-      <x:c r="D346" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F346" s="0" t="s">
+      <x:c r="F346" s="0" t="s"/>
+      <x:c r="G346" s="0" t="s">
         <x:v>3022</x:v>
       </x:c>
-      <x:c r="G346" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H346" s="0" t="s"/>
-      <x:c r="I346" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I346" s="0" t="s"/>
       <x:c r="J346" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K346" s="0" t="s">
+      <x:c r="K346" s="0" t="s"/>
+      <x:c r="L346" s="0" t="s">
+        <x:v>3023</x:v>
+      </x:c>
+      <x:c r="M346" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N346" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O346" s="0" t="s">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="P346" s="0" t="s">
         <x:v>3024</x:v>
       </x:c>
-      <x:c r="L346" s="0" t="s">
+      <x:c r="Q346" s="0" t="s">
         <x:v>3025</x:v>
       </x:c>
-      <x:c r="M346" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R346" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S346" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:19">
       <x:c r="A347" s="0" t="s">
+        <x:v>3026</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
+        <x:v>3027</x:v>
+      </x:c>
+      <x:c r="C347" s="0" t="s">
         <x:v>3028</x:v>
       </x:c>
-      <x:c r="B347" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>3031</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E347" s="0" t="s"/>
       <x:c r="F347" s="0" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>3032</x:v>
+        <x:v>3029</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s"/>
       <x:c r="I347" s="0" t="s"/>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s"/>
       <x:c r="L347" s="0" t="s">
-        <x:v>3033</x:v>
+        <x:v>3030</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>2990</x:v>
+        <x:v>2980</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>3034</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="Q347" s="0" t="s">
-        <x:v>3035</x:v>
+        <x:v>3031</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S347" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:19">
       <x:c r="A348" s="0" t="s">
+        <x:v>3032</x:v>
+      </x:c>
+      <x:c r="B348" s="0" t="s">
+        <x:v>3033</x:v>
+      </x:c>
+      <x:c r="C348" s="0" t="s">
+        <x:v>3034</x:v>
+      </x:c>
+      <x:c r="D348" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E348" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F348" s="0" t="s">
+        <x:v>3035</x:v>
+      </x:c>
+      <x:c r="G348" s="0" t="s">
         <x:v>3036</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>3039</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s"/>
       <x:c r="I348" s="0" t="s"/>
       <x:c r="J348" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K348" s="0" t="s"/>
+      <x:c r="K348" s="0" t="s">
+        <x:v>3037</x:v>
+      </x:c>
       <x:c r="L348" s="0" t="s">
+        <x:v>3038</x:v>
+      </x:c>
+      <x:c r="M348" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N348" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O348" s="0" t="s">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="P348" s="0" t="s">
+        <x:v>3039</x:v>
+      </x:c>
+      <x:c r="Q348" s="0" t="s">
         <x:v>3040</x:v>
       </x:c>
-      <x:c r="M348" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R348" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S348" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:19">
       <x:c r="A349" s="0" t="s">
+        <x:v>3041</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
         <x:v>3042</x:v>
       </x:c>
-      <x:c r="B349" s="0" t="s">
+      <x:c r="C349" s="0" t="s">
         <x:v>3043</x:v>
       </x:c>
-      <x:c r="C349" s="0" t="s">
+      <x:c r="D349" s="0" t="s">
         <x:v>3044</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>3045</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>3046</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s"/>
       <x:c r="I349" s="0" t="s"/>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>3047</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>3048</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>2990</x:v>
+        <x:v>2980</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>3049</x:v>
       </x:c>
       <x:c r="Q349" s="0" t="s">
         <x:v>3050</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S349" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:19">
       <x:c r="A350" s="0" t="s">
         <x:v>3051</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
+        <x:v>3002</x:v>
+      </x:c>
+      <x:c r="C350" s="0" t="s">
         <x:v>3052</x:v>
       </x:c>
-      <x:c r="C350" s="0" t="s">
+      <x:c r="D350" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E350" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F350" s="0" t="s">
         <x:v>3053</x:v>
       </x:c>
-      <x:c r="D350" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>3056</x:v>
+        <x:v>3004</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s"/>
       <x:c r="I350" s="0" t="s"/>
       <x:c r="J350" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
+        <x:v>3054</x:v>
+      </x:c>
+      <x:c r="L350" s="0" t="s">
+        <x:v>3055</x:v>
+      </x:c>
+      <x:c r="M350" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N350" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O350" s="0" t="s">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="P350" s="0" t="s">
+        <x:v>3056</x:v>
+      </x:c>
+      <x:c r="Q350" s="0" t="s">
         <x:v>3057</x:v>
       </x:c>
-      <x:c r="L350" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R350" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S350" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:19">
       <x:c r="A351" s="0" t="s">
+        <x:v>3058</x:v>
+      </x:c>
+      <x:c r="B351" s="0" t="s">
+        <x:v>3059</x:v>
+      </x:c>
+      <x:c r="C351" s="0" t="s">
+        <x:v>3060</x:v>
+      </x:c>
+      <x:c r="D351" s="0" t="s">
         <x:v>3061</x:v>
       </x:c>
-      <x:c r="B351" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C351" s="0" t="s">
+      <x:c r="E351" s="0" t="s"/>
+      <x:c r="F351" s="0" t="s"/>
+      <x:c r="G351" s="0" t="s">
         <x:v>3062</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3014</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s"/>
       <x:c r="I351" s="0" t="s"/>
       <x:c r="J351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K351" s="0" t="s">
+      <x:c r="K351" s="0" t="s"/>
+      <x:c r="L351" s="0" t="s">
+        <x:v>3063</x:v>
+      </x:c>
+      <x:c r="M351" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N351" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O351" s="0" t="s">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="P351" s="0" t="s">
         <x:v>3064</x:v>
       </x:c>
-      <x:c r="L351" s="0" t="s">
+      <x:c r="Q351" s="0" t="s">
         <x:v>3065</x:v>
       </x:c>
-      <x:c r="M351" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S351" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:19">
       <x:c r="A352" s="0" t="s">
+        <x:v>3066</x:v>
+      </x:c>
+      <x:c r="B352" s="0" t="s">
+        <x:v>3059</x:v>
+      </x:c>
+      <x:c r="C352" s="0" t="s">
+        <x:v>3067</x:v>
+      </x:c>
+      <x:c r="D352" s="0" t="s">
+        <x:v>1811</x:v>
+      </x:c>
+      <x:c r="E352" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F352" s="0" t="s">
         <x:v>3068</x:v>
       </x:c>
-      <x:c r="B352" s="0" t="s">
-[...9 lines deleted...]
-      <x:c r="F352" s="0" t="s"/>
       <x:c r="G352" s="0" t="s">
-        <x:v>3072</x:v>
+        <x:v>3062</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s"/>
       <x:c r="I352" s="0" t="s"/>
       <x:c r="J352" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K352" s="0" t="s"/>
+      <x:c r="K352" s="0" t="s">
+        <x:v>3069</x:v>
+      </x:c>
       <x:c r="L352" s="0" t="s">
-        <x:v>3073</x:v>
+        <x:v>3070</x:v>
       </x:c>
       <x:c r="M352" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O352" s="0" t="s">
-        <x:v>2990</x:v>
+        <x:v>2980</x:v>
       </x:c>
       <x:c r="P352" s="0" t="s">
-        <x:v>3074</x:v>
+        <x:v>3071</x:v>
       </x:c>
       <x:c r="Q352" s="0" t="s">
-        <x:v>3075</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="R352" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="S352" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:19">
       <x:c r="A353" s="0" t="s">
+        <x:v>3073</x:v>
+      </x:c>
+      <x:c r="B353" s="0" t="s">
+        <x:v>3074</x:v>
+      </x:c>
+      <x:c r="C353" s="0" t="s">
+        <x:v>3075</x:v>
+      </x:c>
+      <x:c r="D353" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E353" s="0" t="s"/>
+      <x:c r="F353" s="0" t="s"/>
+      <x:c r="G353" s="0" t="s">
         <x:v>3076</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3072</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s"/>
       <x:c r="I353" s="0" t="s"/>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K353" s="0" t="s">
+      <x:c r="K353" s="0" t="s"/>
+      <x:c r="L353" s="0" t="s">
+        <x:v>3077</x:v>
+      </x:c>
+      <x:c r="M353" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N353" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O353" s="0" t="s">
+        <x:v>3078</x:v>
+      </x:c>
+      <x:c r="P353" s="0" t="s">
         <x:v>3079</x:v>
       </x:c>
-      <x:c r="L353" s="0" t="s">
+      <x:c r="Q353" s="0" t="s">
         <x:v>3080</x:v>
       </x:c>
-      <x:c r="M353" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P353" s="0" t="s">
+      <x:c r="R353" s="0" t="s">
         <x:v>3081</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2993</x:v>
       </x:c>
       <x:c r="S353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:19">
       <x:c r="A354" s="0" t="s">
+        <x:v>3082</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
         <x:v>3083</x:v>
       </x:c>
-      <x:c r="B354" s="0" t="s">
+      <x:c r="C354" s="0" t="s">
         <x:v>3084</x:v>
       </x:c>
-      <x:c r="C354" s="0" t="s">
+      <x:c r="D354" s="0" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E354" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F354" s="0" t="s">
         <x:v>3085</x:v>
       </x:c>
-      <x:c r="D354" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F354" s="0" t="s"/>
       <x:c r="G354" s="0" t="s">
         <x:v>3086</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s"/>
       <x:c r="I354" s="0" t="s"/>
       <x:c r="J354" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K354" s="0" t="s"/>
+      <x:c r="K354" s="0" t="s">
+        <x:v>3087</x:v>
+      </x:c>
       <x:c r="L354" s="0" t="s">
-        <x:v>3087</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="M354" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O354" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="P354" s="0" t="s">
         <x:v>3089</x:v>
       </x:c>
       <x:c r="Q354" s="0" t="s">
         <x:v>3090</x:v>
       </x:c>
       <x:c r="R354" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S354" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:19">
       <x:c r="A355" s="0" t="s">
+        <x:v>3091</x:v>
+      </x:c>
+      <x:c r="B355" s="0" t="s">
+        <x:v>3074</x:v>
+      </x:c>
+      <x:c r="C355" s="0" t="s">
         <x:v>3092</x:v>
       </x:c>
-      <x:c r="B355" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
-        <x:v>3095</x:v>
+        <x:v>2975</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>3096</x:v>
+        <x:v>3076</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s"/>
       <x:c r="I355" s="0" t="s"/>
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>3097</x:v>
+        <x:v>3093</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>3098</x:v>
+        <x:v>3094</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>3099</x:v>
+        <x:v>3095</x:v>
       </x:c>
       <x:c r="Q355" s="0" t="s">
-        <x:v>3100</x:v>
+        <x:v>3096</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S355" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:19">
       <x:c r="A356" s="0" t="s">
-        <x:v>3101</x:v>
+        <x:v>3097</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>3084</x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>3102</x:v>
+        <x:v>3092</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>3098</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>3086</x:v>
+        <x:v>3076</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s"/>
       <x:c r="I356" s="0" t="s"/>
       <x:c r="J356" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
-        <x:v>3103</x:v>
+        <x:v>3099</x:v>
       </x:c>
       <x:c r="L356" s="0" t="s">
-        <x:v>3104</x:v>
+        <x:v>3100</x:v>
       </x:c>
       <x:c r="M356" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O356" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="P356" s="0" t="s">
-        <x:v>3105</x:v>
+        <x:v>3101</x:v>
       </x:c>
       <x:c r="Q356" s="0" t="s">
-        <x:v>3106</x:v>
+        <x:v>3102</x:v>
       </x:c>
       <x:c r="R356" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S356" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:19">
       <x:c r="A357" s="0" t="s">
+        <x:v>3103</x:v>
+      </x:c>
+      <x:c r="B357" s="0" t="s">
+        <x:v>3104</x:v>
+      </x:c>
+      <x:c r="C357" s="0" t="s">
+        <x:v>3105</x:v>
+      </x:c>
+      <x:c r="D357" s="0" t="s">
+        <x:v>3106</x:v>
+      </x:c>
+      <x:c r="E357" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F357" s="0" t="s">
         <x:v>3107</x:v>
       </x:c>
-      <x:c r="B357" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F357" s="0" t="s">
+      <x:c r="G357" s="0" t="s">
         <x:v>3108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3086</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s"/>
       <x:c r="I357" s="0" t="s"/>
       <x:c r="J357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>3109</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>3110</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N357" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
+        <x:v>2899</x:v>
+      </x:c>
+      <x:c r="Q357" s="0" t="s">
         <x:v>3111</x:v>
       </x:c>
-      <x:c r="Q357" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S357" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:19">
       <x:c r="A358" s="0" t="s">
+        <x:v>3112</x:v>
+      </x:c>
+      <x:c r="B358" s="0" t="s">
         <x:v>3113</x:v>
       </x:c>
-      <x:c r="B358" s="0" t="s">
+      <x:c r="C358" s="0" t="s">
         <x:v>3114</x:v>
       </x:c>
-      <x:c r="C358" s="0" t="s">
+      <x:c r="D358" s="0" t="s">
         <x:v>3115</x:v>
       </x:c>
-      <x:c r="D358" s="0" t="s">
+      <x:c r="E358" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F358" s="0" t="s">
         <x:v>3116</x:v>
       </x:c>
-      <x:c r="E358" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F358" s="0" t="s">
+      <x:c r="G358" s="0" t="s">
         <x:v>3117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3118</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s"/>
       <x:c r="I358" s="0" t="s"/>
       <x:c r="J358" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
+        <x:v>3118</x:v>
+      </x:c>
+      <x:c r="L358" s="0" t="s">
         <x:v>3119</x:v>
       </x:c>
-      <x:c r="L358" s="0" t="s">
+      <x:c r="M358" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N358" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O358" s="0" t="s">
+        <x:v>3078</x:v>
+      </x:c>
+      <x:c r="P358" s="0" t="s">
         <x:v>3120</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2909</x:v>
       </x:c>
       <x:c r="Q358" s="0" t="s">
         <x:v>3121</x:v>
       </x:c>
       <x:c r="R358" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S358" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:19">
       <x:c r="A359" s="0" t="s">
         <x:v>3122</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
+        <x:v>3074</x:v>
+      </x:c>
+      <x:c r="C359" s="0" t="s">
         <x:v>3123</x:v>
       </x:c>
-      <x:c r="C359" s="0" t="s">
+      <x:c r="D359" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E359" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F359" s="0" t="s">
         <x:v>3124</x:v>
       </x:c>
-      <x:c r="D359" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>3127</x:v>
+        <x:v>3076</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s"/>
       <x:c r="I359" s="0" t="s"/>
       <x:c r="J359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
+        <x:v>3125</x:v>
+      </x:c>
+      <x:c r="L359" s="0" t="s">
+        <x:v>3126</x:v>
+      </x:c>
+      <x:c r="M359" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N359" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O359" s="0" t="s">
+        <x:v>3078</x:v>
+      </x:c>
+      <x:c r="P359" s="0" t="s">
+        <x:v>3127</x:v>
+      </x:c>
+      <x:c r="Q359" s="0" t="s">
         <x:v>3128</x:v>
       </x:c>
-      <x:c r="L359" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S359" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:19">
       <x:c r="A360" s="0" t="s">
-        <x:v>3132</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>3084</x:v>
+        <x:v>3042</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>3133</x:v>
+        <x:v>3043</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>3044</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>3134</x:v>
+        <x:v>3130</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>3086</x:v>
+        <x:v>3046</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s"/>
       <x:c r="I360" s="0" t="s"/>
       <x:c r="J360" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
-        <x:v>3135</x:v>
+        <x:v>3131</x:v>
       </x:c>
       <x:c r="L360" s="0" t="s">
-        <x:v>3136</x:v>
+        <x:v>3132</x:v>
       </x:c>
       <x:c r="M360" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O360" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="P360" s="0" t="s">
-        <x:v>3137</x:v>
+        <x:v>3133</x:v>
       </x:c>
       <x:c r="Q360" s="0" t="s">
-        <x:v>3138</x:v>
+        <x:v>3134</x:v>
       </x:c>
       <x:c r="R360" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S360" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:19">
       <x:c r="A361" s="0" t="s">
-        <x:v>3139</x:v>
+        <x:v>3135</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>3052</x:v>
+        <x:v>3136</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>3053</x:v>
+        <x:v>3137</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>3054</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E361" s="0" t="s"/>
+      <x:c r="F361" s="0" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>3056</x:v>
+        <x:v>3036</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s"/>
       <x:c r="I361" s="0" t="s"/>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K361" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K361" s="0" t="s"/>
       <x:c r="L361" s="0" t="s">
-        <x:v>3142</x:v>
+        <x:v>3138</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>3143</x:v>
+        <x:v>3139</x:v>
       </x:c>
       <x:c r="Q361" s="0" t="s">
-        <x:v>3144</x:v>
+        <x:v>3140</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S361" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:19">
       <x:c r="A362" s="0" t="s">
-        <x:v>3145</x:v>
+        <x:v>3141</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>3146</x:v>
+        <x:v>2609</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>3147</x:v>
+        <x:v>3142</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-      <x:c r="F362" s="0" t="s"/>
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="E362" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F362" s="0" t="s">
+        <x:v>3143</x:v>
+      </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>3046</x:v>
+        <x:v>2612</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s"/>
       <x:c r="I362" s="0" t="s"/>
       <x:c r="J362" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K362" s="0" t="s"/>
+      <x:c r="K362" s="0" t="s">
+        <x:v>3144</x:v>
+      </x:c>
       <x:c r="L362" s="0" t="s">
-        <x:v>3148</x:v>
+        <x:v>3145</x:v>
       </x:c>
       <x:c r="M362" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O362" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="P362" s="0" t="s">
-        <x:v>3149</x:v>
+        <x:v>3146</x:v>
       </x:c>
       <x:c r="Q362" s="0" t="s">
-        <x:v>3150</x:v>
+        <x:v>3147</x:v>
       </x:c>
       <x:c r="R362" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S362" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:19">
       <x:c r="A363" s="0" t="s">
+        <x:v>3148</x:v>
+      </x:c>
+      <x:c r="B363" s="0" t="s">
+        <x:v>3149</x:v>
+      </x:c>
+      <x:c r="C363" s="0" t="s">
+        <x:v>3150</x:v>
+      </x:c>
+      <x:c r="D363" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E363" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F363" s="0" t="s">
         <x:v>3151</x:v>
       </x:c>
-      <x:c r="B363" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C363" s="0" t="s">
+      <x:c r="G363" s="0" t="s">
         <x:v>3152</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2622</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s"/>
       <x:c r="I363" s="0" t="s"/>
       <x:c r="J363" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K363" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K363" s="0" t="s"/>
+      <x:c r="L363" s="0" t="s">
+        <x:v>3153</x:v>
+      </x:c>
+      <x:c r="M363" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N363" s="0" t="s">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O363" s="0" t="s">
+        <x:v>3078</x:v>
+      </x:c>
+      <x:c r="P363" s="0" t="s">
         <x:v>3154</x:v>
       </x:c>
-      <x:c r="L363" s="0" t="s">
+      <x:c r="Q363" s="0" t="s">
         <x:v>3155</x:v>
       </x:c>
-      <x:c r="M363" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="S363" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:19">
       <x:c r="A364" s="0" t="s">
+        <x:v>3156</x:v>
+      </x:c>
+      <x:c r="B364" s="0" t="s">
+        <x:v>3157</x:v>
+      </x:c>
+      <x:c r="C364" s="0" t="s">
         <x:v>3158</x:v>
       </x:c>
-      <x:c r="B364" s="0" t="s">
+      <x:c r="D364" s="0" t="s">
         <x:v>3159</x:v>
       </x:c>
-      <x:c r="C364" s="0" t="s">
+      <x:c r="E364" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F364" s="0" t="s">
         <x:v>3160</x:v>
       </x:c>
-      <x:c r="D364" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F364" s="0" t="s">
+      <x:c r="G364" s="0" t="s">
         <x:v>3161</x:v>
       </x:c>
-      <x:c r="G364" s="0" t="s">
+      <x:c r="H364" s="0" t="s"/>
+      <x:c r="I364" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J364" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K364" s="0" t="s">
         <x:v>3162</x:v>
       </x:c>
-      <x:c r="H364" s="0" t="s"/>
-[...4 lines deleted...]
-      <x:c r="K364" s="0" t="s"/>
       <x:c r="L364" s="0" t="s">
         <x:v>3163</x:v>
       </x:c>
       <x:c r="M364" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>3164</x:v>
       </x:c>
       <x:c r="O364" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3165</x:v>
       </x:c>
       <x:c r="P364" s="0" t="s">
-        <x:v>3164</x:v>
+        <x:v>3166</x:v>
       </x:c>
       <x:c r="Q364" s="0" t="s">
-        <x:v>3165</x:v>
+        <x:v>3167</x:v>
       </x:c>
       <x:c r="R364" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="S364" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:19">
       <x:c r="A365" s="0" t="s">
-        <x:v>3166</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>3167</x:v>
+        <x:v>3170</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>3168</x:v>
+        <x:v>3171</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>3169</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>3170</x:v>
+        <x:v>3172</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>3171</x:v>
+        <x:v>3173</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s"/>
       <x:c r="I365" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>3172</x:v>
+        <x:v>3174</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>3173</x:v>
+        <x:v>3175</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="0" t="s">
-        <x:v>3174</x:v>
+        <x:v>3176</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>3175</x:v>
+        <x:v>3177</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>3176</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="Q365" s="0" t="s">
-        <x:v>3177</x:v>
+        <x:v>3178</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>3178</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="S365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:19">
       <x:c r="A366" s="0" t="s">
         <x:v>3179</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>3180</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>3181</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>2674</x:v>
-[...4 lines deleted...]
-      <x:c r="F366" s="0" t="s">
+        <x:v>2664</x:v>
+      </x:c>
+      <x:c r="E366" s="0" t="s"/>
+      <x:c r="F366" s="0" t="s"/>
+      <x:c r="G366" s="0" t="s">
+        <x:v>3173</x:v>
+      </x:c>
+      <x:c r="H366" s="0" t="s"/>
+      <x:c r="I366" s="0" t="s"/>
+      <x:c r="J366" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K366" s="0" t="s"/>
+      <x:c r="L366" s="0" t="s">
         <x:v>3182</x:v>
       </x:c>
-      <x:c r="G366" s="0" t="s">
+      <x:c r="M366" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N366" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="O366" s="0" t="s">
+        <x:v>3177</x:v>
+      </x:c>
+      <x:c r="P366" s="0" t="s">
         <x:v>3183</x:v>
       </x:c>
-      <x:c r="H366" s="0" t="s"/>
-[...6 lines deleted...]
-      <x:c r="K366" s="0" t="s">
+      <x:c r="Q366" s="0" t="s">
         <x:v>3184</x:v>
       </x:c>
-      <x:c r="L366" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R366" s="0" t="s">
-        <x:v>3179</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="S366" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:19">
       <x:c r="A367" s="0" t="s">
-        <x:v>3189</x:v>
+        <x:v>3185</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>3190</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>3191</x:v>
+        <x:v>3171</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>2674</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s"/>
       <x:c r="F367" s="0" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>3183</x:v>
+        <x:v>3187</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s"/>
       <x:c r="I367" s="0" t="s"/>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s"/>
       <x:c r="L367" s="0" t="s">
-        <x:v>3192</x:v>
+        <x:v>3188</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="0" t="s">
-        <x:v>3186</x:v>
+        <x:v>3176</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>3187</x:v>
+        <x:v>3177</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>3193</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="Q367" s="0" t="s">
-        <x:v>3194</x:v>
+        <x:v>3189</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>3179</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="S367" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:19">
       <x:c r="A368" s="0" t="s">
+        <x:v>3190</x:v>
+      </x:c>
+      <x:c r="B368" s="0" t="s">
+        <x:v>3191</x:v>
+      </x:c>
+      <x:c r="C368" s="0" t="s">
+        <x:v>3192</x:v>
+      </x:c>
+      <x:c r="D368" s="0" t="s">
+        <x:v>3193</x:v>
+      </x:c>
+      <x:c r="E368" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F368" s="0" t="s">
+        <x:v>3194</x:v>
+      </x:c>
+      <x:c r="G368" s="0" t="s">
         <x:v>3195</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>3197</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s"/>
       <x:c r="I368" s="0" t="s"/>
       <x:c r="J368" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K368" s="0" t="s"/>
+      <x:c r="K368" s="0" t="s">
+        <x:v>3196</x:v>
+      </x:c>
       <x:c r="L368" s="0" t="s">
+        <x:v>3197</x:v>
+      </x:c>
+      <x:c r="M368" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N368" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="O368" s="0" t="s">
+        <x:v>3177</x:v>
+      </x:c>
+      <x:c r="P368" s="0" t="s">
         <x:v>3198</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1582</x:v>
       </x:c>
       <x:c r="Q368" s="0" t="s">
         <x:v>3199</x:v>
       </x:c>
       <x:c r="R368" s="0" t="s">
-        <x:v>3179</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="S368" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:19">
       <x:c r="A369" s="0" t="s">
         <x:v>3200</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>3201</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>3181</x:v>
+        <x:v>3171</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>2674</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s"/>
       <x:c r="F369" s="0" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>3202</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s"/>
       <x:c r="I369" s="0" t="s"/>
       <x:c r="J369" s="0" t="s"/>
       <x:c r="K369" s="0" t="s"/>
       <x:c r="L369" s="0" t="s">
         <x:v>3203</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="0" t="s">
-        <x:v>3186</x:v>
+        <x:v>3176</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>3187</x:v>
+        <x:v>3177</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>3204</x:v>
       </x:c>
       <x:c r="Q369" s="0" t="s">
         <x:v>3205</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>3179</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="S369" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:19">
       <x:c r="A370" s="0" t="s">
         <x:v>3206</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>3207</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>3181</x:v>
+        <x:v>3171</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>2674</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s"/>
       <x:c r="F370" s="0" t="s">
         <x:v>3208</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>3209</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s"/>
       <x:c r="I370" s="0" t="s"/>
       <x:c r="J370" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s"/>
       <x:c r="L370" s="0" t="s">
         <x:v>3210</x:v>
       </x:c>
       <x:c r="M370" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="0" t="s">
-        <x:v>3186</x:v>
+        <x:v>3176</x:v>
       </x:c>
       <x:c r="O370" s="0" t="s">
-        <x:v>3187</x:v>
+        <x:v>3177</x:v>
       </x:c>
       <x:c r="P370" s="0" t="s">
         <x:v>3211</x:v>
       </x:c>
       <x:c r="Q370" s="0" t="s">
         <x:v>3212</x:v>
       </x:c>
       <x:c r="R370" s="0" t="s">
-        <x:v>3179</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="S370" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:19">
       <x:c r="A371" s="0" t="s">
         <x:v>3213</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>3214</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
+        <x:v>3192</x:v>
+      </x:c>
+      <x:c r="D371" s="0" t="s">
+        <x:v>3193</x:v>
+      </x:c>
+      <x:c r="E371" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F371" s="0" t="s">
         <x:v>3215</x:v>
       </x:c>
-      <x:c r="D371" s="0" t="s">
+      <x:c r="G371" s="0" t="s">
         <x:v>3216</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3218</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s"/>
       <x:c r="I371" s="0" t="s"/>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
+        <x:v>3217</x:v>
+      </x:c>
+      <x:c r="L371" s="0" t="s">
+        <x:v>3218</x:v>
+      </x:c>
+      <x:c r="M371" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N371" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="O371" s="0" t="s">
+        <x:v>3177</x:v>
+      </x:c>
+      <x:c r="P371" s="0" t="s">
         <x:v>3219</x:v>
       </x:c>
-      <x:c r="L371" s="0" t="s">
+      <x:c r="Q371" s="0" t="s">
         <x:v>3220</x:v>
       </x:c>
-      <x:c r="M371" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>3179</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="S371" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:19">
       <x:c r="A372" s="0" t="s">
+        <x:v>3221</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
+        <x:v>3222</x:v>
+      </x:c>
+      <x:c r="C372" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D372" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E372" s="0" t="s"/>
+      <x:c r="F372" s="0" t="s"/>
+      <x:c r="G372" s="0" t="s">
         <x:v>3223</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3226</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s"/>
       <x:c r="I372" s="0" t="s"/>
       <x:c r="J372" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
+        <x:v>3224</x:v>
+      </x:c>
+      <x:c r="L372" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="M372" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N372" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="O372" s="0" t="s">
         <x:v>3227</x:v>
       </x:c>
-      <x:c r="L372" s="0" t="s">
+      <x:c r="P372" s="0" t="s">
         <x:v>3228</x:v>
       </x:c>
-      <x:c r="M372" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P372" s="0" t="s">
+      <x:c r="Q372" s="0" t="s">
         <x:v>3229</x:v>
       </x:c>
-      <x:c r="Q372" s="0" t="s">
+      <x:c r="R372" s="0" t="s">
         <x:v>3230</x:v>
       </x:c>
-      <x:c r="R372" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S372" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:19">
       <x:c r="A373" s="0" t="s">
         <x:v>3231</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>3232</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>3233</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s"/>
       <x:c r="F373" s="0" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>3233</x:v>
+        <x:v>3234</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s"/>
       <x:c r="I373" s="0" t="s"/>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K373" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K373" s="0" t="s"/>
       <x:c r="L373" s="0" t="s">
         <x:v>3235</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="O373" s="0" t="s">
+        <x:v>3227</x:v>
+      </x:c>
+      <x:c r="P373" s="0" t="s">
+        <x:v>2619</x:v>
+      </x:c>
+      <x:c r="Q373" s="0" t="s">
         <x:v>3236</x:v>
       </x:c>
-      <x:c r="O373" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S373" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:19">
       <x:c r="A374" s="0" t="s">
-        <x:v>3241</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>3242</x:v>
+        <x:v>3238</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>3243</x:v>
+        <x:v>3239</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>3244</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>3245</x:v>
+        <x:v>3241</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
-        <x:v>2235</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s"/>
       <x:c r="J374" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
-        <x:v>3246</x:v>
+        <x:v>3242</x:v>
       </x:c>
       <x:c r="L374" s="0" t="s">
-        <x:v>3247</x:v>
+        <x:v>3243</x:v>
       </x:c>
       <x:c r="M374" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O374" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P374" s="0" t="s">
-        <x:v>3248</x:v>
+        <x:v>3244</x:v>
       </x:c>
       <x:c r="Q374" s="0" t="s">
-        <x:v>3249</x:v>
+        <x:v>3245</x:v>
       </x:c>
       <x:c r="R374" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S374" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:19">
       <x:c r="A375" s="0" t="s">
-        <x:v>3250</x:v>
+        <x:v>3246</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>3242</x:v>
+        <x:v>3238</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>3251</x:v>
+        <x:v>3247</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>3252</x:v>
+        <x:v>3248</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>3245</x:v>
+        <x:v>3241</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s"/>
       <x:c r="I375" s="0" t="s"/>
       <x:c r="J375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>3253</x:v>
+        <x:v>3249</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>3254</x:v>
+        <x:v>3250</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>3255</x:v>
+        <x:v>3251</x:v>
       </x:c>
       <x:c r="Q375" s="0" t="s">
-        <x:v>3256</x:v>
+        <x:v>3252</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S375" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:19">
       <x:c r="A376" s="0" t="s">
-        <x:v>3257</x:v>
+        <x:v>3253</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s"/>
       <x:c r="C376" s="0" t="s"/>
       <x:c r="D376" s="0" t="s"/>
       <x:c r="E376" s="0" t="s"/>
       <x:c r="F376" s="0" t="s"/>
       <x:c r="G376" s="0" t="s"/>
       <x:c r="H376" s="0" t="s"/>
       <x:c r="I376" s="0" t="s"/>
       <x:c r="J376" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s"/>
       <x:c r="L376" s="0" t="s">
-        <x:v>3258</x:v>
+        <x:v>3254</x:v>
       </x:c>
       <x:c r="M376" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O376" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P376" s="0" t="s">
-        <x:v>3259</x:v>
+        <x:v>3255</x:v>
       </x:c>
       <x:c r="Q376" s="0" t="s">
-        <x:v>3260</x:v>
+        <x:v>3256</x:v>
       </x:c>
       <x:c r="R376" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S376" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:19">
       <x:c r="A377" s="0" t="s">
-        <x:v>3261</x:v>
+        <x:v>3257</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>3262</x:v>
+        <x:v>3258</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>3263</x:v>
+        <x:v>3233</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>3264</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="E377" s="0" t="s"/>
+      <x:c r="F377" s="0" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>3266</x:v>
+        <x:v>3259</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s"/>
       <x:c r="I377" s="0" t="s"/>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K377" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K377" s="0" t="s"/>
       <x:c r="L377" s="0" t="s">
-        <x:v>3268</x:v>
+        <x:v>3260</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>3269</x:v>
+        <x:v>3261</x:v>
       </x:c>
       <x:c r="Q377" s="0" t="s">
-        <x:v>3270</x:v>
+        <x:v>3262</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S377" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:19">
       <x:c r="A378" s="0" t="s">
-        <x:v>3271</x:v>
+        <x:v>3263</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>3272</x:v>
+        <x:v>3264</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>3265</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F378" s="0" t="s"/>
+      <x:c r="F378" s="0" t="s">
+        <x:v>3267</x:v>
+      </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>3273</x:v>
+        <x:v>3268</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s"/>
       <x:c r="I378" s="0" t="s"/>
       <x:c r="J378" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K378" s="0" t="s"/>
+      <x:c r="K378" s="0" t="s">
+        <x:v>3269</x:v>
+      </x:c>
       <x:c r="L378" s="0" t="s">
-        <x:v>3274</x:v>
+        <x:v>3270</x:v>
       </x:c>
       <x:c r="M378" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O378" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P378" s="0" t="s">
-        <x:v>3275</x:v>
+        <x:v>3271</x:v>
       </x:c>
       <x:c r="Q378" s="0" t="s">
-        <x:v>3276</x:v>
+        <x:v>3272</x:v>
       </x:c>
       <x:c r="R378" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S378" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:19">
       <x:c r="A379" s="0" t="s">
-        <x:v>3277</x:v>
+        <x:v>3273</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>3278</x:v>
+        <x:v>3274</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>3279</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>3280</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>3281</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F379" s="0" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>3283</x:v>
+        <x:v>3275</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s"/>
-      <x:c r="I379" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I379" s="0" t="s"/>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K379" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K379" s="0" t="s"/>
       <x:c r="L379" s="0" t="s">
-        <x:v>3286</x:v>
+        <x:v>3276</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>3287</x:v>
+        <x:v>3277</x:v>
       </x:c>
       <x:c r="Q379" s="0" t="s">
-        <x:v>3288</x:v>
+        <x:v>3278</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S379" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:19">
       <x:c r="A380" s="0" t="s">
-        <x:v>3289</x:v>
+        <x:v>3279</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>3290</x:v>
+        <x:v>3280</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>3281</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>22</x:v>
-[...2 lines deleted...]
-      <x:c r="F380" s="0" t="s"/>
+        <x:v>3282</x:v>
+      </x:c>
+      <x:c r="E380" s="0" t="s">
+        <x:v>3283</x:v>
+      </x:c>
+      <x:c r="F380" s="0" t="s">
+        <x:v>3284</x:v>
+      </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>3291</x:v>
+        <x:v>3285</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s"/>
-      <x:c r="I380" s="0" t="s"/>
+      <x:c r="I380" s="0" t="s">
+        <x:v>3286</x:v>
+      </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
-        <x:v>3292</x:v>
+        <x:v>3287</x:v>
       </x:c>
       <x:c r="L380" s="0" t="s">
-        <x:v>3293</x:v>
+        <x:v>3288</x:v>
       </x:c>
       <x:c r="M380" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O380" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P380" s="0" t="s">
-        <x:v>3294</x:v>
+        <x:v>3289</x:v>
       </x:c>
       <x:c r="Q380" s="0" t="s">
-        <x:v>3295</x:v>
+        <x:v>3290</x:v>
       </x:c>
       <x:c r="R380" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S380" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:19">
       <x:c r="A381" s="0" t="s">
-        <x:v>3296</x:v>
+        <x:v>3291</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>3297</x:v>
+        <x:v>3292</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>3298</x:v>
+        <x:v>3293</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s"/>
       <x:c r="E381" s="0" t="s"/>
       <x:c r="F381" s="0" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>3299</x:v>
+        <x:v>3294</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s"/>
       <x:c r="I381" s="0" t="s"/>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s"/>
       <x:c r="L381" s="0" t="s">
-        <x:v>3300</x:v>
+        <x:v>3295</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>3301</x:v>
+        <x:v>3296</x:v>
       </x:c>
       <x:c r="Q381" s="0" t="s">
-        <x:v>3302</x:v>
+        <x:v>3297</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S381" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:19">
       <x:c r="A382" s="0" t="s">
+        <x:v>3298</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
+        <x:v>3299</x:v>
+      </x:c>
+      <x:c r="C382" s="0" t="s">
+        <x:v>3298</x:v>
+      </x:c>
+      <x:c r="D382" s="0" t="s">
+        <x:v>3300</x:v>
+      </x:c>
+      <x:c r="E382" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F382" s="0" t="s">
+        <x:v>3301</x:v>
+      </x:c>
+      <x:c r="G382" s="0" t="s">
+        <x:v>3302</x:v>
+      </x:c>
+      <x:c r="H382" s="0" t="s">
         <x:v>3303</x:v>
       </x:c>
-      <x:c r="B382" s="0" t="s">
-[...17 lines deleted...]
-      <x:c r="H382" s="0" t="s"/>
       <x:c r="I382" s="0" t="s"/>
       <x:c r="J382" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
-        <x:v>3308</x:v>
+        <x:v>3304</x:v>
       </x:c>
       <x:c r="L382" s="0" t="s">
-        <x:v>3309</x:v>
+        <x:v>3305</x:v>
       </x:c>
       <x:c r="M382" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O382" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P382" s="0" t="s">
-        <x:v>3310</x:v>
+        <x:v>3306</x:v>
       </x:c>
       <x:c r="Q382" s="0" t="s">
-        <x:v>3311</x:v>
+        <x:v>3307</x:v>
       </x:c>
       <x:c r="R382" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S382" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:19">
       <x:c r="A383" s="0" t="s">
+        <x:v>3308</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
+        <x:v>3309</x:v>
+      </x:c>
+      <x:c r="C383" s="0" t="s">
+        <x:v>3310</x:v>
+      </x:c>
+      <x:c r="D383" s="0" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="E383" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F383" s="0" t="s">
+        <x:v>3311</x:v>
+      </x:c>
+      <x:c r="G383" s="0" t="s">
         <x:v>3312</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3316</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s"/>
       <x:c r="I383" s="0" t="s"/>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>3317</x:v>
+        <x:v>3313</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
-        <x:v>3318</x:v>
+        <x:v>3314</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>3319</x:v>
+        <x:v>3315</x:v>
       </x:c>
       <x:c r="Q383" s="0" t="s">
-        <x:v>3320</x:v>
+        <x:v>3316</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S383" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:19">
       <x:c r="A384" s="0" t="s">
+        <x:v>3317</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
+        <x:v>3318</x:v>
+      </x:c>
+      <x:c r="C384" s="0" t="s">
+        <x:v>3319</x:v>
+      </x:c>
+      <x:c r="D384" s="0" t="s">
+        <x:v>3183</x:v>
+      </x:c>
+      <x:c r="E384" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F384" s="0" t="s">
+        <x:v>3320</x:v>
+      </x:c>
+      <x:c r="G384" s="0" t="s">
         <x:v>3321</x:v>
       </x:c>
-      <x:c r="B384" s="0" t="s"/>
-[...4 lines deleted...]
-      <x:c r="G384" s="0" t="s"/>
       <x:c r="H384" s="0" t="s"/>
       <x:c r="I384" s="0" t="s"/>
       <x:c r="J384" s="0" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="K384" s="0" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K384" s="0" t="s">
+        <x:v>3322</x:v>
+      </x:c>
       <x:c r="L384" s="0" t="s">
-        <x:v>3322</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="M384" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="O384" s="0" t="s">
+        <x:v>3227</x:v>
+      </x:c>
+      <x:c r="P384" s="0" t="s">
         <x:v>3324</x:v>
       </x:c>
-      <x:c r="P384" s="0" t="s">
+      <x:c r="Q384" s="0" t="s">
         <x:v>3325</x:v>
       </x:c>
-      <x:c r="Q384" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R384" s="0" t="s">
-        <x:v>3327</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="S384" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:19">
       <x:c r="A385" s="0" t="s">
-        <x:v>3328</x:v>
-[...3 lines deleted...]
-      <x:c r="D385" s="0" t="s"/>
+        <x:v>3326</x:v>
+      </x:c>
+      <x:c r="B385" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C385" s="0" t="s">
+        <x:v>2455</x:v>
+      </x:c>
+      <x:c r="D385" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="E385" s="0" t="s"/>
       <x:c r="F385" s="0" t="s"/>
-      <x:c r="G385" s="0" t="s"/>
+      <x:c r="G385" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="H385" s="0" t="s"/>
       <x:c r="I385" s="0" t="s"/>
       <x:c r="J385" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s"/>
       <x:c r="L385" s="0" t="s">
+        <x:v>3327</x:v>
+      </x:c>
+      <x:c r="M385" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N385" s="0" t="s">
+        <x:v>3328</x:v>
+      </x:c>
+      <x:c r="O385" s="0" t="s">
         <x:v>3329</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3324</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>3330</x:v>
       </x:c>
       <x:c r="Q385" s="0" t="s">
+        <x:v>2188</x:v>
+      </x:c>
+      <x:c r="R385" s="0" t="s">
         <x:v>3331</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3327</x:v>
       </x:c>
       <x:c r="S385" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:19">
       <x:c r="A386" s="0" t="s">
         <x:v>3332</x:v>
       </x:c>
-      <x:c r="B386" s="0" t="s"/>
-[...1 lines deleted...]
-      <x:c r="D386" s="0" t="s"/>
+      <x:c r="B386" s="0" t="s">
+        <x:v>3333</x:v>
+      </x:c>
+      <x:c r="C386" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D386" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="E386" s="0" t="s"/>
       <x:c r="F386" s="0" t="s"/>
-      <x:c r="G386" s="0" t="s"/>
+      <x:c r="G386" s="0" t="s">
+        <x:v>3334</x:v>
+      </x:c>
       <x:c r="H386" s="0" t="s"/>
       <x:c r="I386" s="0" t="s"/>
       <x:c r="J386" s="0" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="K386" s="0" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K386" s="0" t="s">
+        <x:v>3335</x:v>
+      </x:c>
       <x:c r="L386" s="0" t="s">
-        <x:v>3333</x:v>
+        <x:v>3336</x:v>
       </x:c>
       <x:c r="M386" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>3328</x:v>
       </x:c>
       <x:c r="O386" s="0" t="s">
-        <x:v>3324</x:v>
+        <x:v>3329</x:v>
       </x:c>
       <x:c r="P386" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>3337</x:v>
       </x:c>
       <x:c r="Q386" s="0" t="s">
-        <x:v>3334</x:v>
+        <x:v>3338</x:v>
       </x:c>
       <x:c r="R386" s="0" t="s">
-        <x:v>3327</x:v>
+        <x:v>3331</x:v>
       </x:c>
       <x:c r="S386" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:19">
       <x:c r="A387" s="0" t="s">
-        <x:v>3335</x:v>
+        <x:v>3339</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s"/>
       <x:c r="C387" s="0" t="s"/>
       <x:c r="D387" s="0" t="s"/>
       <x:c r="E387" s="0" t="s"/>
       <x:c r="F387" s="0" t="s"/>
       <x:c r="G387" s="0" t="s"/>
       <x:c r="H387" s="0" t="s"/>
       <x:c r="I387" s="0" t="s"/>
       <x:c r="J387" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s"/>
       <x:c r="L387" s="0" t="s">
-        <x:v>3336</x:v>
+        <x:v>3340</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>3324</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>3337</x:v>
+        <x:v>3343</x:v>
       </x:c>
       <x:c r="Q387" s="0" t="s">
-        <x:v>3338</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>3327</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="S387" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:19">
       <x:c r="A388" s="0" t="s">
-        <x:v>3339</x:v>
+        <x:v>3346</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s"/>
       <x:c r="C388" s="0" t="s"/>
       <x:c r="D388" s="0" t="s"/>
       <x:c r="E388" s="0" t="s"/>
       <x:c r="F388" s="0" t="s"/>
       <x:c r="G388" s="0" t="s"/>
       <x:c r="H388" s="0" t="s"/>
       <x:c r="I388" s="0" t="s"/>
       <x:c r="J388" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s"/>
       <x:c r="L388" s="0" t="s">
-        <x:v>3340</x:v>
+        <x:v>3347</x:v>
       </x:c>
       <x:c r="M388" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="O388" s="0" t="s">
-        <x:v>3324</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="P388" s="0" t="s">
-        <x:v>3341</x:v>
+        <x:v>3348</x:v>
       </x:c>
       <x:c r="Q388" s="0" t="s">
-        <x:v>3342</x:v>
+        <x:v>3349</x:v>
       </x:c>
       <x:c r="R388" s="0" t="s">
-        <x:v>3327</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="S388" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:19">
       <x:c r="A389" s="0" t="s">
-        <x:v>3343</x:v>
+        <x:v>3350</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s"/>
       <x:c r="C389" s="0" t="s"/>
       <x:c r="D389" s="0" t="s"/>
       <x:c r="E389" s="0" t="s"/>
       <x:c r="F389" s="0" t="s"/>
       <x:c r="G389" s="0" t="s"/>
       <x:c r="H389" s="0" t="s"/>
       <x:c r="I389" s="0" t="s"/>
       <x:c r="J389" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="K389" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K389" s="0" t="s"/>
       <x:c r="L389" s="0" t="s">
+        <x:v>3351</x:v>
+      </x:c>
+      <x:c r="M389" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N389" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="O389" s="0" t="s">
+        <x:v>3342</x:v>
+      </x:c>
+      <x:c r="P389" s="0" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="Q389" s="0" t="s">
+        <x:v>3352</x:v>
+      </x:c>
+      <x:c r="R389" s="0" t="s">
         <x:v>3345</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3327</x:v>
       </x:c>
       <x:c r="S389" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:19">
       <x:c r="A390" s="0" t="s">
-        <x:v>3348</x:v>
+        <x:v>3353</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s"/>
       <x:c r="C390" s="0" t="s"/>
       <x:c r="D390" s="0" t="s"/>
-      <x:c r="E390" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E390" s="0" t="s"/>
+      <x:c r="F390" s="0" t="s"/>
       <x:c r="G390" s="0" t="s"/>
       <x:c r="H390" s="0" t="s"/>
       <x:c r="I390" s="0" t="s"/>
       <x:c r="J390" s="0" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K390" s="0" t="s"/>
       <x:c r="L390" s="0" t="s">
-        <x:v>3351</x:v>
+        <x:v>3354</x:v>
       </x:c>
       <x:c r="M390" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="O390" s="0" t="s">
-        <x:v>3324</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="P390" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3355</x:v>
       </x:c>
       <x:c r="Q390" s="0" t="s">
-        <x:v>3353</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="R390" s="0" t="s">
-        <x:v>3327</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="S390" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:19">
       <x:c r="A391" s="0" t="s">
-        <x:v>3354</x:v>
-[...7 lines deleted...]
-      <x:c r="D391" s="0" t="s">
         <x:v>3357</x:v>
       </x:c>
-      <x:c r="E391" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="B391" s="0" t="s"/>
+      <x:c r="C391" s="0" t="s"/>
+      <x:c r="D391" s="0" t="s"/>
+      <x:c r="E391" s="0" t="s"/>
+      <x:c r="F391" s="0" t="s"/>
+      <x:c r="G391" s="0" t="s"/>
+      <x:c r="H391" s="0" t="s"/>
       <x:c r="I391" s="0" t="s"/>
       <x:c r="J391" s="0" t="s">
-        <x:v>757</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K391" s="0" t="s"/>
       <x:c r="L391" s="0" t="s">
-        <x:v>3362</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>3363</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>3364</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="Q391" s="0" t="s">
-        <x:v>3365</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="S391" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:19">
       <x:c r="A392" s="0" t="s">
-        <x:v>3367</x:v>
-[...21 lines deleted...]
-      </x:c>
+        <x:v>3361</x:v>
+      </x:c>
+      <x:c r="B392" s="0" t="s"/>
+      <x:c r="C392" s="0" t="s"/>
+      <x:c r="D392" s="0" t="s"/>
+      <x:c r="E392" s="0" t="s"/>
+      <x:c r="F392" s="0" t="s"/>
+      <x:c r="G392" s="0" t="s"/>
+      <x:c r="H392" s="0" t="s"/>
       <x:c r="I392" s="0" t="s"/>
       <x:c r="J392" s="0" t="s">
-        <x:v>757</x:v>
-[...1 lines deleted...]
-      <x:c r="K392" s="0" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K392" s="0" t="s">
+        <x:v>3362</x:v>
+      </x:c>
       <x:c r="L392" s="0" t="s">
-        <x:v>3368</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="M392" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="O392" s="0" t="s">
-        <x:v>3363</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="P392" s="0" t="s">
-        <x:v>2611</x:v>
+        <x:v>3364</x:v>
       </x:c>
       <x:c r="Q392" s="0" t="s">
-        <x:v>3369</x:v>
+        <x:v>3365</x:v>
       </x:c>
       <x:c r="R392" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="S392" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:19">
       <x:c r="A393" s="0" t="s">
-        <x:v>3370</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>3366</x:v>
+      </x:c>
+      <x:c r="B393" s="0" t="s"/>
+      <x:c r="C393" s="0" t="s"/>
+      <x:c r="D393" s="0" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>3358</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>3367</x:v>
+      </x:c>
+      <x:c r="G393" s="0" t="s"/>
+      <x:c r="H393" s="0" t="s"/>
       <x:c r="I393" s="0" t="s"/>
       <x:c r="J393" s="0" t="s">
-        <x:v>757</x:v>
-[...1 lines deleted...]
-      <x:c r="K393" s="0" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K393" s="0" t="s">
+        <x:v>3368</x:v>
+      </x:c>
       <x:c r="L393" s="0" t="s">
+        <x:v>3369</x:v>
+      </x:c>
+      <x:c r="M393" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N393" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="O393" s="0" t="s">
+        <x:v>3342</x:v>
+      </x:c>
+      <x:c r="P393" s="0" t="s">
+        <x:v>3370</x:v>
+      </x:c>
+      <x:c r="Q393" s="0" t="s">
         <x:v>3371</x:v>
       </x:c>
-      <x:c r="M393" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="S393" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:19">
       <x:c r="A394" s="0" t="s">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
+        <x:v>3373</x:v>
+      </x:c>
+      <x:c r="C394" s="0" t="s">
         <x:v>3374</x:v>
       </x:c>
-      <x:c r="B394" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>3357</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>3359</x:v>
+        <x:v>3377</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
-        <x:v>3360</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s"/>
       <x:c r="J394" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="K394" s="0" t="s"/>
+      <x:c r="K394" s="0" t="s">
+        <x:v>3379</x:v>
+      </x:c>
       <x:c r="L394" s="0" t="s">
-        <x:v>3375</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="M394" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N394" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O394" s="0" t="s">
-        <x:v>3363</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="P394" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>3382</x:v>
       </x:c>
       <x:c r="Q394" s="0" t="s">
-        <x:v>3376</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="R394" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="S394" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:19">
       <x:c r="A395" s="0" t="s">
+        <x:v>3385</x:v>
+      </x:c>
+      <x:c r="B395" s="0" t="s">
+        <x:v>3373</x:v>
+      </x:c>
+      <x:c r="C395" s="0" t="s">
+        <x:v>3374</x:v>
+      </x:c>
+      <x:c r="D395" s="0" t="s">
+        <x:v>3375</x:v>
+      </x:c>
+      <x:c r="E395" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F395" s="0" t="s">
+        <x:v>3376</x:v>
+      </x:c>
+      <x:c r="G395" s="0" t="s">
         <x:v>3377</x:v>
       </x:c>
-      <x:c r="B395" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>3360</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s"/>
       <x:c r="J395" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s"/>
       <x:c r="L395" s="0" t="s">
-        <x:v>3378</x:v>
+        <x:v>3386</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N395" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>3363</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>3379</x:v>
+        <x:v>2601</x:v>
       </x:c>
       <x:c r="Q395" s="0" t="s">
-        <x:v>3380</x:v>
+        <x:v>3387</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="S395" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:19">
       <x:c r="A396" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3388</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>3356</x:v>
+        <x:v>3374</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>3357</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>3359</x:v>
+        <x:v>3377</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
-        <x:v>3360</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s"/>
       <x:c r="J396" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s"/>
       <x:c r="L396" s="0" t="s">
-        <x:v>3382</x:v>
+        <x:v>3389</x:v>
       </x:c>
       <x:c r="M396" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N396" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O396" s="0" t="s">
-        <x:v>3363</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="P396" s="0" t="s">
-        <x:v>3383</x:v>
+        <x:v>3390</x:v>
       </x:c>
       <x:c r="Q396" s="0" t="s">
+        <x:v>3391</x:v>
+      </x:c>
+      <x:c r="R396" s="0" t="s">
         <x:v>3384</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3366</x:v>
       </x:c>
       <x:c r="S396" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:19">
       <x:c r="A397" s="0" t="s">
-        <x:v>3385</x:v>
+        <x:v>3392</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>3356</x:v>
+        <x:v>3374</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>3357</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>3359</x:v>
+        <x:v>3377</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>3360</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s"/>
       <x:c r="J397" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s"/>
       <x:c r="L397" s="0" t="s">
-        <x:v>3386</x:v>
+        <x:v>3393</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N397" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>3363</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>3387</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="Q397" s="0" t="s">
-        <x:v>3388</x:v>
+        <x:v>3394</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="S397" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:19">
       <x:c r="A398" s="0" t="s">
-        <x:v>3389</x:v>
+        <x:v>3395</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>3355</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>3390</x:v>
+        <x:v>3374</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>3391</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
-        <x:v>3358</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>3359</x:v>
+        <x:v>3377</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
-        <x:v>3360</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s"/>
       <x:c r="J398" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="K398" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K398" s="0" t="s"/>
       <x:c r="L398" s="0" t="s">
-        <x:v>3393</x:v>
+        <x:v>3396</x:v>
       </x:c>
       <x:c r="M398" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N398" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O398" s="0" t="s">
-        <x:v>3363</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="P398" s="0" t="s">
-        <x:v>3394</x:v>
+        <x:v>3397</x:v>
       </x:c>
       <x:c r="Q398" s="0" t="s">
-        <x:v>3395</x:v>
+        <x:v>3398</x:v>
       </x:c>
       <x:c r="R398" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="S398" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:19">
       <x:c r="A399" s="0" t="s">
-        <x:v>3396</x:v>
+        <x:v>3399</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>3397</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>3398</x:v>
+        <x:v>3374</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
-        <x:v>3399</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>3400</x:v>
+        <x:v>3377</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s"/>
       <x:c r="J399" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="K399" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K399" s="0" t="s"/>
       <x:c r="L399" s="0" t="s">
-        <x:v>3401</x:v>
+        <x:v>3400</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N399" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="O399" s="0" t="s">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="P399" s="0" t="s">
+        <x:v>3401</x:v>
+      </x:c>
+      <x:c r="Q399" s="0" t="s">
         <x:v>3402</x:v>
       </x:c>
-      <x:c r="O399" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>3405</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="S399" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:19">
       <x:c r="A400" s="0" t="s">
-        <x:v>3406</x:v>
+        <x:v>3403</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>3407</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>3408</x:v>
+        <x:v>3374</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>3409</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>3410</x:v>
-[...1 lines deleted...]
-      <x:c r="H400" s="0" t="s"/>
+        <x:v>3377</x:v>
+      </x:c>
+      <x:c r="H400" s="0" t="s">
+        <x:v>3378</x:v>
+      </x:c>
       <x:c r="I400" s="0" t="s"/>
       <x:c r="J400" s="0" t="s">
-        <x:v>1553</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="K400" s="0" t="s"/>
       <x:c r="L400" s="0" t="s">
-        <x:v>3412</x:v>
+        <x:v>3404</x:v>
       </x:c>
       <x:c r="M400" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="N400" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="O400" s="0" t="s">
-        <x:v>3413</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="P400" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>3405</x:v>
       </x:c>
       <x:c r="Q400" s="0" t="s">
-        <x:v>3414</x:v>
+        <x:v>3406</x:v>
       </x:c>
       <x:c r="R400" s="0" t="s">
-        <x:v>3415</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="S400" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:19">
       <x:c r="A401" s="0" t="s">
-        <x:v>3416</x:v>
+        <x:v>3407</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>3417</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>3418</x:v>
+        <x:v>3408</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>3419</x:v>
+        <x:v>3409</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
-        <x:v>3420</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>3421</x:v>
-[...1 lines deleted...]
-      <x:c r="H401" s="0" t="s"/>
+        <x:v>3377</x:v>
+      </x:c>
+      <x:c r="H401" s="0" t="s">
+        <x:v>3378</x:v>
+      </x:c>
       <x:c r="I401" s="0" t="s"/>
       <x:c r="J401" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>3422</x:v>
+        <x:v>3410</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
-        <x:v>3423</x:v>
+        <x:v>3411</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="N401" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="P401" s="0" t="s">
+        <x:v>3412</x:v>
+      </x:c>
+      <x:c r="Q401" s="0" t="s">
         <x:v>3413</x:v>
       </x:c>
-      <x:c r="P401" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>3415</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="S401" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:19">
       <x:c r="A402" s="0" t="s">
-        <x:v>3425</x:v>
+        <x:v>3414</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>3426</x:v>
+        <x:v>3415</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>3408</x:v>
+        <x:v>3416</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>324</x:v>
-[...2 lines deleted...]
-      <x:c r="F402" s="0" t="s"/>
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="E402" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F402" s="0" t="s">
+        <x:v>3417</x:v>
+      </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>3427</x:v>
-[...1 lines deleted...]
-      <x:c r="H402" s="0" t="s"/>
+        <x:v>3418</x:v>
+      </x:c>
+      <x:c r="H402" s="0" t="s">
+        <x:v>2042</x:v>
+      </x:c>
       <x:c r="I402" s="0" t="s"/>
       <x:c r="J402" s="0" t="s">
-        <x:v>1553</x:v>
-[...1 lines deleted...]
-      <x:c r="K402" s="0" t="s"/>
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="K402" s="0" t="s">
+        <x:v>2043</x:v>
+      </x:c>
       <x:c r="L402" s="0" t="s">
-        <x:v>3428</x:v>
+        <x:v>3419</x:v>
       </x:c>
       <x:c r="M402" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="N402" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>3420</x:v>
       </x:c>
       <x:c r="O402" s="0" t="s">
-        <x:v>3413</x:v>
+        <x:v>3421</x:v>
       </x:c>
       <x:c r="P402" s="0" t="s">
-        <x:v>3429</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="Q402" s="0" t="s">
-        <x:v>3430</x:v>
+        <x:v>3422</x:v>
       </x:c>
       <x:c r="R402" s="0" t="s">
-        <x:v>3415</x:v>
+        <x:v>3423</x:v>
       </x:c>
       <x:c r="S402" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:19">
       <x:c r="A403" s="0" t="s">
-        <x:v>3431</x:v>
+        <x:v>3424</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>3432</x:v>
+        <x:v>3425</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>3433</x:v>
+        <x:v>3426</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>3434</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
-        <x:v>3435</x:v>
+        <x:v>3427</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>3436</x:v>
+        <x:v>3428</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s"/>
       <x:c r="I403" s="0" t="s"/>
       <x:c r="J403" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>3437</x:v>
+        <x:v>3429</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>3438</x:v>
+        <x:v>3430</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>3413</x:v>
+        <x:v>3431</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>3248</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="Q403" s="0" t="s">
-        <x:v>3439</x:v>
+        <x:v>3432</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>3415</x:v>
+        <x:v>3433</x:v>
       </x:c>
       <x:c r="S403" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:19">
       <x:c r="A404" s="0" t="s">
-        <x:v>3440</x:v>
+        <x:v>3434</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>3441</x:v>
+        <x:v>3435</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>3442</x:v>
-[...1 lines deleted...]
-      <x:c r="D404" s="0" t="s"/>
+        <x:v>3436</x:v>
+      </x:c>
+      <x:c r="D404" s="0" t="s">
+        <x:v>3437</x:v>
+      </x:c>
       <x:c r="E404" s="0" t="s">
-        <x:v>3443</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>3444</x:v>
+        <x:v>3438</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
-        <x:v>3445</x:v>
+        <x:v>3439</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s"/>
-      <x:c r="I404" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I404" s="0" t="s"/>
       <x:c r="J404" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
-        <x:v>3447</x:v>
+        <x:v>3440</x:v>
       </x:c>
       <x:c r="L404" s="0" t="s">
-        <x:v>3448</x:v>
+        <x:v>3441</x:v>
       </x:c>
       <x:c r="M404" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N404" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O404" s="0" t="s">
-        <x:v>3449</x:v>
+        <x:v>3431</x:v>
       </x:c>
       <x:c r="P404" s="0" t="s">
-        <x:v>2714</x:v>
+        <x:v>3071</x:v>
       </x:c>
       <x:c r="Q404" s="0" t="s">
-        <x:v>3450</x:v>
+        <x:v>3442</x:v>
       </x:c>
       <x:c r="R404" s="0" t="s">
-        <x:v>3451</x:v>
+        <x:v>3433</x:v>
       </x:c>
       <x:c r="S404" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:19">
       <x:c r="A405" s="0" t="s">
-        <x:v>3452</x:v>
+        <x:v>3443</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>3453</x:v>
+        <x:v>3444</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>3454</x:v>
+        <x:v>3426</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>2714</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E405" s="0" t="s"/>
       <x:c r="F405" s="0" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>3455</x:v>
+        <x:v>3445</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s"/>
       <x:c r="I405" s="0" t="s"/>
       <x:c r="J405" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s"/>
       <x:c r="L405" s="0" t="s">
-        <x:v>3456</x:v>
+        <x:v>3446</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N405" s="0" t="s">
-        <x:v>3457</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>3458</x:v>
+        <x:v>3431</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>3379</x:v>
+        <x:v>3447</x:v>
       </x:c>
       <x:c r="Q405" s="0" t="s">
-        <x:v>3459</x:v>
+        <x:v>3448</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3433</x:v>
       </x:c>
       <x:c r="S405" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:19">
       <x:c r="A406" s="0" t="s">
-        <x:v>3461</x:v>
+        <x:v>3449</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>3462</x:v>
-[...2 lines deleted...]
-      <x:c r="D406" s="0" t="s"/>
+        <x:v>3450</x:v>
+      </x:c>
+      <x:c r="C406" s="0" t="s">
+        <x:v>3451</x:v>
+      </x:c>
+      <x:c r="D406" s="0" t="s">
+        <x:v>3452</x:v>
+      </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>3463</x:v>
+        <x:v>3453</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>3464</x:v>
+        <x:v>3454</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s"/>
       <x:c r="I406" s="0" t="s"/>
       <x:c r="J406" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
-        <x:v>3465</x:v>
+        <x:v>3455</x:v>
       </x:c>
       <x:c r="L406" s="0" t="s">
-        <x:v>3466</x:v>
+        <x:v>3456</x:v>
       </x:c>
       <x:c r="M406" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N406" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="O406" s="0" t="s">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="P406" s="0" t="s">
+        <x:v>3244</x:v>
+      </x:c>
+      <x:c r="Q406" s="0" t="s">
         <x:v>3457</x:v>
       </x:c>
-      <x:c r="O406" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="R406" s="0" t="s">
-        <x:v>3460</x:v>
+        <x:v>3433</x:v>
       </x:c>
       <x:c r="S406" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:19">
       <x:c r="A407" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3458</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>3469</x:v>
+        <x:v>3459</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>3470</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>3460</x:v>
+      </x:c>
+      <x:c r="D407" s="0" t="s"/>
       <x:c r="E407" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>3461</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>3471</x:v>
+        <x:v>3462</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>3472</x:v>
+        <x:v>3463</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s"/>
-      <x:c r="I407" s="0" t="s"/>
+      <x:c r="I407" s="0" t="s">
+        <x:v>3464</x:v>
+      </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>3473</x:v>
+        <x:v>3465</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
-        <x:v>3474</x:v>
+        <x:v>3466</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N407" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3467</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>3476</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="Q407" s="0" t="s">
-        <x:v>3477</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3469</x:v>
       </x:c>
       <x:c r="S407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:19">
       <x:c r="A408" s="0" t="s">
-        <x:v>3478</x:v>
+        <x:v>3470</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>3471</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>3479</x:v>
+        <x:v>3472</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>3310</x:v>
-[...1 lines deleted...]
-      <x:c r="E408" s="0" t="s"/>
+        <x:v>2704</x:v>
+      </x:c>
+      <x:c r="E408" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F408" s="0" t="s"/>
       <x:c r="G408" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>3473</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s"/>
-      <x:c r="I408" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I408" s="0" t="s"/>
       <x:c r="J408" s="0" t="s">
-        <x:v>1553</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K408" s="0" t="s"/>
       <x:c r="L408" s="0" t="s">
-        <x:v>3481</x:v>
+        <x:v>3474</x:v>
       </x:c>
       <x:c r="M408" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N408" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="O408" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3476</x:v>
       </x:c>
       <x:c r="P408" s="0" t="s">
-        <x:v>3482</x:v>
+        <x:v>3397</x:v>
       </x:c>
       <x:c r="Q408" s="0" t="s">
-        <x:v>3483</x:v>
+        <x:v>3477</x:v>
       </x:c>
       <x:c r="R408" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3478</x:v>
       </x:c>
       <x:c r="S408" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:19">
       <x:c r="A409" s="0" t="s">
-        <x:v>3484</x:v>
+        <x:v>3479</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>3485</x:v>
+        <x:v>3480</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s"/>
       <x:c r="D409" s="0" t="s"/>
-      <x:c r="E409" s="0" t="s"/>
-      <x:c r="F409" s="0" t="s"/>
+      <x:c r="E409" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F409" s="0" t="s">
+        <x:v>3481</x:v>
+      </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3482</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s"/>
       <x:c r="I409" s="0" t="s"/>
       <x:c r="J409" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K409" s="0" t="s"/>
+      <x:c r="K409" s="0" t="s">
+        <x:v>3483</x:v>
+      </x:c>
       <x:c r="L409" s="0" t="s">
-        <x:v>3487</x:v>
+        <x:v>3484</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N409" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>3475</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3476</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>3488</x:v>
+        <x:v>3324</x:v>
       </x:c>
       <x:c r="Q409" s="0" t="s">
-        <x:v>3489</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3478</x:v>
       </x:c>
       <x:c r="S409" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:19">
       <x:c r="A410" s="0" t="s">
+        <x:v>3486</x:v>
+      </x:c>
+      <x:c r="B410" s="0" t="s">
+        <x:v>3487</x:v>
+      </x:c>
+      <x:c r="C410" s="0" t="s">
+        <x:v>3488</x:v>
+      </x:c>
+      <x:c r="D410" s="0" t="s">
+        <x:v>2557</x:v>
+      </x:c>
+      <x:c r="E410" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F410" s="0" t="s">
+        <x:v>3489</x:v>
+      </x:c>
+      <x:c r="G410" s="0" t="s">
         <x:v>3490</x:v>
       </x:c>
-      <x:c r="B410" s="0" t="s"/>
-[...4 lines deleted...]
-      <x:c r="G410" s="0" t="s"/>
       <x:c r="H410" s="0" t="s"/>
       <x:c r="I410" s="0" t="s"/>
       <x:c r="J410" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K410" s="0" t="s"/>
+      <x:c r="K410" s="0" t="s">
+        <x:v>3491</x:v>
+      </x:c>
       <x:c r="L410" s="0" t="s">
-        <x:v>3491</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="M410" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N410" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O410" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P410" s="0" t="s">
-        <x:v>3143</x:v>
+        <x:v>3494</x:v>
       </x:c>
       <x:c r="Q410" s="0" t="s">
-        <x:v>3492</x:v>
+        <x:v>3495</x:v>
       </x:c>
       <x:c r="R410" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S410" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:19">
       <x:c r="A411" s="0" t="s">
-        <x:v>3493</x:v>
-[...3 lines deleted...]
-      <x:c r="D411" s="0" t="s"/>
+        <x:v>3496</x:v>
+      </x:c>
+      <x:c r="B411" s="0" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C411" s="0" t="s">
+        <x:v>3497</x:v>
+      </x:c>
+      <x:c r="D411" s="0" t="s">
+        <x:v>2557</x:v>
+      </x:c>
       <x:c r="E411" s="0" t="s"/>
       <x:c r="F411" s="0" t="s"/>
-      <x:c r="G411" s="0" t="s"/>
+      <x:c r="G411" s="0" t="s">
+        <x:v>695</x:v>
+      </x:c>
       <x:c r="H411" s="0" t="s"/>
-      <x:c r="I411" s="0" t="s"/>
+      <x:c r="I411" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K411" s="0" t="s"/>
+      <x:c r="K411" s="0" t="s">
+        <x:v>3498</x:v>
+      </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>3494</x:v>
+        <x:v>3499</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N411" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>3495</x:v>
+        <x:v>3500</x:v>
       </x:c>
       <x:c r="Q411" s="0" t="s">
-        <x:v>3496</x:v>
+        <x:v>3501</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S411" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:19">
       <x:c r="A412" s="0" t="s">
-        <x:v>3497</x:v>
-[...1 lines deleted...]
-      <x:c r="B412" s="0" t="s"/>
+        <x:v>3502</x:v>
+      </x:c>
+      <x:c r="B412" s="0" t="s">
+        <x:v>3503</x:v>
+      </x:c>
       <x:c r="C412" s="0" t="s"/>
       <x:c r="D412" s="0" t="s"/>
       <x:c r="E412" s="0" t="s"/>
       <x:c r="F412" s="0" t="s"/>
-      <x:c r="G412" s="0" t="s"/>
+      <x:c r="G412" s="0" t="s">
+        <x:v>3504</x:v>
+      </x:c>
       <x:c r="H412" s="0" t="s"/>
       <x:c r="I412" s="0" t="s"/>
       <x:c r="J412" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s"/>
       <x:c r="L412" s="0" t="s">
-        <x:v>3498</x:v>
+        <x:v>3505</x:v>
       </x:c>
       <x:c r="M412" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N412" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O412" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P412" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>3506</x:v>
       </x:c>
       <x:c r="Q412" s="0" t="s">
-        <x:v>3499</x:v>
+        <x:v>3507</x:v>
       </x:c>
       <x:c r="R412" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S412" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:19">
       <x:c r="A413" s="0" t="s">
-        <x:v>3500</x:v>
-[...18 lines deleted...]
-      </x:c>
+        <x:v>3508</x:v>
+      </x:c>
+      <x:c r="B413" s="0" t="s"/>
+      <x:c r="C413" s="0" t="s"/>
+      <x:c r="D413" s="0" t="s"/>
+      <x:c r="E413" s="0" t="s"/>
+      <x:c r="F413" s="0" t="s"/>
+      <x:c r="G413" s="0" t="s"/>
       <x:c r="H413" s="0" t="s"/>
-      <x:c r="I413" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I413" s="0" t="s"/>
       <x:c r="J413" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K413" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K413" s="0" t="s"/>
       <x:c r="L413" s="0" t="s">
-        <x:v>3507</x:v>
+        <x:v>3509</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N413" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>3508</x:v>
+        <x:v>3133</x:v>
       </x:c>
       <x:c r="Q413" s="0" t="s">
-        <x:v>3509</x:v>
+        <x:v>3510</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S413" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:19">
       <x:c r="A414" s="0" t="s">
-        <x:v>3510</x:v>
-[...4 lines deleted...]
-      <x:c r="C414" s="0" t="s">
         <x:v>3511</x:v>
       </x:c>
-      <x:c r="D414" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="B414" s="0" t="s"/>
+      <x:c r="C414" s="0" t="s"/>
+      <x:c r="D414" s="0" t="s"/>
       <x:c r="E414" s="0" t="s"/>
       <x:c r="F414" s="0" t="s"/>
-      <x:c r="G414" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G414" s="0" t="s"/>
       <x:c r="H414" s="0" t="s"/>
       <x:c r="I414" s="0" t="s"/>
       <x:c r="J414" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s"/>
       <x:c r="L414" s="0" t="s">
         <x:v>3512</x:v>
       </x:c>
       <x:c r="M414" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N414" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O414" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P414" s="0" t="s">
         <x:v>3513</x:v>
       </x:c>
       <x:c r="Q414" s="0" t="s">
         <x:v>3514</x:v>
       </x:c>
       <x:c r="R414" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S414" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:19">
       <x:c r="A415" s="0" t="s">
         <x:v>3515</x:v>
       </x:c>
-      <x:c r="B415" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
+      <x:c r="B415" s="0" t="s"/>
+      <x:c r="C415" s="0" t="s"/>
+      <x:c r="D415" s="0" t="s"/>
+      <x:c r="E415" s="0" t="s"/>
+      <x:c r="F415" s="0" t="s"/>
+      <x:c r="G415" s="0" t="s"/>
       <x:c r="H415" s="0" t="s"/>
       <x:c r="I415" s="0" t="s"/>
       <x:c r="J415" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K415" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K415" s="0" t="s"/>
       <x:c r="L415" s="0" t="s">
-        <x:v>3521</x:v>
+        <x:v>3516</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N415" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>3475</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="Q415" s="0" t="s">
-        <x:v>3522</x:v>
+        <x:v>3517</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>3468</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S415" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:19">
       <x:c r="A416" s="0" t="s">
+        <x:v>3518</x:v>
+      </x:c>
+      <x:c r="B416" s="0" t="s">
+        <x:v>3519</x:v>
+      </x:c>
+      <x:c r="C416" s="0" t="s">
+        <x:v>3520</x:v>
+      </x:c>
+      <x:c r="D416" s="0" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="E416" s="0" t="s">
+        <x:v>3283</x:v>
+      </x:c>
+      <x:c r="F416" s="0" t="s">
+        <x:v>3521</x:v>
+      </x:c>
+      <x:c r="G416" s="0" t="s">
+        <x:v>3522</x:v>
+      </x:c>
+      <x:c r="H416" s="0" t="s"/>
+      <x:c r="I416" s="0" t="s">
         <x:v>3523</x:v>
       </x:c>
-      <x:c r="B416" s="0" t="s">
-[...18 lines deleted...]
-      <x:c r="I416" s="0" t="s"/>
       <x:c r="J416" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
-        <x:v>3528</x:v>
+        <x:v>3524</x:v>
       </x:c>
       <x:c r="L416" s="0" t="s">
-        <x:v>3529</x:v>
+        <x:v>3525</x:v>
       </x:c>
       <x:c r="M416" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N416" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O416" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P416" s="0" t="s">
-        <x:v>3531</x:v>
+        <x:v>3526</x:v>
       </x:c>
       <x:c r="Q416" s="0" t="s">
-        <x:v>3532</x:v>
+        <x:v>3527</x:v>
       </x:c>
       <x:c r="R416" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S416" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:19">
       <x:c r="A417" s="0" t="s">
-        <x:v>3533</x:v>
+        <x:v>3528</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>3534</x:v>
+        <x:v>3519</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>3525</x:v>
+        <x:v>3529</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>168</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1947</x:v>
+      </x:c>
+      <x:c r="E417" s="0" t="s"/>
+      <x:c r="F417" s="0" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>3536</x:v>
+        <x:v>3522</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s"/>
       <x:c r="I417" s="0" t="s"/>
       <x:c r="J417" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K417" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K417" s="0" t="s"/>
       <x:c r="L417" s="0" t="s">
-        <x:v>3538</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N417" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>3539</x:v>
+        <x:v>3531</x:v>
       </x:c>
       <x:c r="Q417" s="0" t="s">
-        <x:v>3540</x:v>
+        <x:v>3532</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S417" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:19">
       <x:c r="A418" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3533</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>3542</x:v>
+        <x:v>3534</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>3543</x:v>
-[...1 lines deleted...]
-      <x:c r="D418" s="0" t="s"/>
+        <x:v>3535</x:v>
+      </x:c>
+      <x:c r="D418" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
-        <x:v>3544</x:v>
+        <x:v>3536</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
-        <x:v>3545</x:v>
+        <x:v>3537</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s"/>
       <x:c r="I418" s="0" t="s"/>
       <x:c r="J418" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
-        <x:v>3546</x:v>
+        <x:v>3538</x:v>
       </x:c>
       <x:c r="L418" s="0" t="s">
-        <x:v>3547</x:v>
+        <x:v>3539</x:v>
       </x:c>
       <x:c r="M418" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N418" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="O418" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="P418" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="Q418" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="R418" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="S418" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:19">
       <x:c r="A419" s="0" t="s">
-        <x:v>3549</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>3550</x:v>
+        <x:v>3542</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>3551</x:v>
+        <x:v>3543</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>3539</x:v>
-[...2 lines deleted...]
-      <x:c r="F419" s="0" t="s"/>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E419" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F419" s="0" t="s">
+        <x:v>3544</x:v>
+      </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>3552</x:v>
+        <x:v>3545</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s"/>
       <x:c r="I419" s="0" t="s"/>
       <x:c r="J419" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K419" s="0" t="s"/>
+      <x:c r="K419" s="0" t="s">
+        <x:v>3546</x:v>
+      </x:c>
       <x:c r="L419" s="0" t="s">
-        <x:v>3553</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N419" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>3554</x:v>
+        <x:v>3549</x:v>
       </x:c>
       <x:c r="Q419" s="0" t="s">
-        <x:v>3555</x:v>
+        <x:v>3550</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S419" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:19">
       <x:c r="A420" s="0" t="s">
-        <x:v>3556</x:v>
+        <x:v>3551</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>3557</x:v>
+        <x:v>3552</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>3558</x:v>
+        <x:v>3543</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>3559</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
-        <x:v>3560</x:v>
+        <x:v>3553</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
-        <x:v>3561</x:v>
+        <x:v>3554</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s"/>
       <x:c r="I420" s="0" t="s"/>
       <x:c r="J420" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
-        <x:v>3562</x:v>
+        <x:v>3555</x:v>
       </x:c>
       <x:c r="L420" s="0" t="s">
-        <x:v>3563</x:v>
+        <x:v>3556</x:v>
       </x:c>
       <x:c r="M420" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N420" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O420" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P420" s="0" t="s">
-        <x:v>3564</x:v>
+        <x:v>3557</x:v>
       </x:c>
       <x:c r="Q420" s="0" t="s">
-        <x:v>3565</x:v>
+        <x:v>3558</x:v>
       </x:c>
       <x:c r="R420" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S420" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:19">
       <x:c r="A421" s="0" t="s">
-        <x:v>3566</x:v>
+        <x:v>3559</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>3567</x:v>
+        <x:v>3560</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>3568</x:v>
-[...5 lines deleted...]
-      <x:c r="F421" s="0" t="s"/>
+        <x:v>3561</x:v>
+      </x:c>
+      <x:c r="D421" s="0" t="s"/>
+      <x:c r="E421" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F421" s="0" t="s">
+        <x:v>3562</x:v>
+      </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>3570</x:v>
+        <x:v>3563</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s"/>
       <x:c r="I421" s="0" t="s"/>
       <x:c r="J421" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K421" s="0" t="s"/>
+      <x:c r="K421" s="0" t="s">
+        <x:v>3564</x:v>
+      </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>3571</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N421" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>3204</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="Q421" s="0" t="s">
-        <x:v>3572</x:v>
+        <x:v>3566</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S421" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:19">
       <x:c r="A422" s="0" t="s">
-        <x:v>3573</x:v>
-[...3 lines deleted...]
-      <x:c r="D422" s="0" t="s"/>
+        <x:v>3567</x:v>
+      </x:c>
+      <x:c r="B422" s="0" t="s">
+        <x:v>3568</x:v>
+      </x:c>
+      <x:c r="C422" s="0" t="s">
+        <x:v>3569</x:v>
+      </x:c>
+      <x:c r="D422" s="0" t="s">
+        <x:v>3557</x:v>
+      </x:c>
       <x:c r="E422" s="0" t="s"/>
       <x:c r="F422" s="0" t="s"/>
-      <x:c r="G422" s="0" t="s"/>
+      <x:c r="G422" s="0" t="s">
+        <x:v>3570</x:v>
+      </x:c>
       <x:c r="H422" s="0" t="s"/>
       <x:c r="I422" s="0" t="s"/>
       <x:c r="J422" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s"/>
       <x:c r="L422" s="0" t="s">
-        <x:v>3574</x:v>
+        <x:v>3571</x:v>
       </x:c>
       <x:c r="M422" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N422" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O422" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P422" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>3572</x:v>
       </x:c>
       <x:c r="Q422" s="0" t="s">
-        <x:v>3575</x:v>
+        <x:v>3573</x:v>
       </x:c>
       <x:c r="R422" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S422" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:19">
       <x:c r="A423" s="0" t="s">
+        <x:v>3574</x:v>
+      </x:c>
+      <x:c r="B423" s="0" t="s">
+        <x:v>3575</x:v>
+      </x:c>
+      <x:c r="C423" s="0" t="s">
         <x:v>3576</x:v>
       </x:c>
-      <x:c r="B423" s="0" t="s">
+      <x:c r="D423" s="0" t="s">
         <x:v>3577</x:v>
       </x:c>
-      <x:c r="C423" s="0" t="s">
+      <x:c r="E423" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F423" s="0" t="s">
         <x:v>3578</x:v>
       </x:c>
-      <x:c r="D423" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F423" s="0" t="s">
+      <x:c r="G423" s="0" t="s">
         <x:v>3579</x:v>
       </x:c>
-      <x:c r="G423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H423" s="0" t="s"/>
-      <x:c r="I423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I423" s="0" t="s"/>
       <x:c r="J423" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
+        <x:v>3580</x:v>
+      </x:c>
+      <x:c r="L423" s="0" t="s">
         <x:v>3581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3582</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N423" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
+        <x:v>3582</x:v>
+      </x:c>
+      <x:c r="Q423" s="0" t="s">
         <x:v>3583</x:v>
       </x:c>
-      <x:c r="Q423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S423" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:19">
       <x:c r="A424" s="0" t="s">
+        <x:v>3584</x:v>
+      </x:c>
+      <x:c r="B424" s="0" t="s">
         <x:v>3585</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3577</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>3586</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>3587</x:v>
       </x:c>
-      <x:c r="E424" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F424" s="0" t="s">
+      <x:c r="E424" s="0" t="s"/>
+      <x:c r="F424" s="0" t="s"/>
+      <x:c r="G424" s="0" t="s">
         <x:v>3588</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3580</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s"/>
       <x:c r="I424" s="0" t="s"/>
       <x:c r="J424" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s"/>
       <x:c r="L424" s="0" t="s">
         <x:v>3589</x:v>
       </x:c>
       <x:c r="M424" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N424" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O424" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P424" s="0" t="s">
+        <x:v>3204</x:v>
+      </x:c>
+      <x:c r="Q424" s="0" t="s">
         <x:v>3590</x:v>
       </x:c>
-      <x:c r="Q424" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R424" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S424" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:19">
       <x:c r="A425" s="0" t="s">
-        <x:v>3592</x:v>
-[...18 lines deleted...]
-      </x:c>
+        <x:v>3591</x:v>
+      </x:c>
+      <x:c r="B425" s="0" t="s"/>
+      <x:c r="C425" s="0" t="s"/>
+      <x:c r="D425" s="0" t="s"/>
+      <x:c r="E425" s="0" t="s"/>
+      <x:c r="F425" s="0" t="s"/>
+      <x:c r="G425" s="0" t="s"/>
       <x:c r="H425" s="0" t="s"/>
       <x:c r="I425" s="0" t="s"/>
       <x:c r="J425" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K425" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K425" s="0" t="s"/>
       <x:c r="L425" s="0" t="s">
-        <x:v>3597</x:v>
+        <x:v>3592</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N425" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>1729</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="Q425" s="0" t="s">
-        <x:v>3598</x:v>
+        <x:v>3593</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S425" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:19">
       <x:c r="A426" s="0" t="s">
-        <x:v>3599</x:v>
+        <x:v>3594</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>3600</x:v>
+        <x:v>3595</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>3601</x:v>
+        <x:v>3596</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>2616</x:v>
+        <x:v>3283</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>3602</x:v>
+        <x:v>3597</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
-        <x:v>3603</x:v>
+        <x:v>3598</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s"/>
-      <x:c r="I426" s="0" t="s"/>
+      <x:c r="I426" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
-        <x:v>3604</x:v>
+        <x:v>3599</x:v>
       </x:c>
       <x:c r="L426" s="0" t="s">
-        <x:v>3605</x:v>
+        <x:v>3600</x:v>
       </x:c>
       <x:c r="M426" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N426" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O426" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P426" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>3601</x:v>
       </x:c>
       <x:c r="Q426" s="0" t="s">
-        <x:v>3606</x:v>
+        <x:v>3602</x:v>
       </x:c>
       <x:c r="R426" s="0" t="s">
-        <x:v>3523</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S426" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:19">
       <x:c r="A427" s="0" t="s">
-        <x:v>3607</x:v>
+        <x:v>3603</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>3608</x:v>
+        <x:v>3595</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>3609</x:v>
+        <x:v>3604</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>3610</x:v>
+        <x:v>3605</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>3611</x:v>
+        <x:v>3606</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>3612</x:v>
+        <x:v>3598</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s"/>
       <x:c r="I427" s="0" t="s"/>
       <x:c r="J427" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K427" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K427" s="0" t="s"/>
       <x:c r="L427" s="0" t="s">
-        <x:v>3614</x:v>
+        <x:v>3607</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N427" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>3615</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>3616</x:v>
+        <x:v>3608</x:v>
       </x:c>
       <x:c r="Q427" s="0" t="s">
-        <x:v>3617</x:v>
+        <x:v>3609</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>3618</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S427" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:19">
       <x:c r="A428" s="0" t="s">
-        <x:v>3619</x:v>
+        <x:v>3610</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>3620</x:v>
+        <x:v>3611</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>3621</x:v>
+        <x:v>3569</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>3622</x:v>
+        <x:v>3557</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
-        <x:v>3623</x:v>
+        <x:v>3612</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
-        <x:v>3624</x:v>
+        <x:v>3613</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s"/>
       <x:c r="I428" s="0" t="s"/>
       <x:c r="J428" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
-        <x:v>3625</x:v>
+        <x:v>3614</x:v>
       </x:c>
       <x:c r="L428" s="0" t="s">
-        <x:v>3626</x:v>
+        <x:v>3615</x:v>
       </x:c>
       <x:c r="M428" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N428" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O428" s="0" t="s">
-        <x:v>3627</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P428" s="0" t="s">
-        <x:v>3628</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="Q428" s="0" t="s">
-        <x:v>3629</x:v>
+        <x:v>3616</x:v>
       </x:c>
       <x:c r="R428" s="0" t="s">
-        <x:v>3619</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S428" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:19">
       <x:c r="A429" s="0" t="s">
-        <x:v>3630</x:v>
+        <x:v>3617</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>3631</x:v>
+        <x:v>3618</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>3632</x:v>
+        <x:v>3619</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>3633</x:v>
-[...2 lines deleted...]
-      <x:c r="F429" s="0" t="s"/>
+        <x:v>2606</x:v>
+      </x:c>
+      <x:c r="E429" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F429" s="0" t="s">
+        <x:v>3620</x:v>
+      </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>3634</x:v>
+        <x:v>3621</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s"/>
-      <x:c r="I429" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="K429" s="0" t="s"/>
+      <x:c r="I429" s="0" t="s"/>
+      <x:c r="J429" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K429" s="0" t="s">
+        <x:v>3622</x:v>
+      </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>3635</x:v>
+        <x:v>3623</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N429" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>3627</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="Q429" s="0" t="s">
-        <x:v>3636</x:v>
+        <x:v>3624</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>3619</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="S429" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:19">
       <x:c r="A430" s="0" t="s">
-        <x:v>3637</x:v>
+        <x:v>3625</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>3638</x:v>
+        <x:v>3626</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>3639</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>3640</x:v>
+        <x:v>3628</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>3641</x:v>
+        <x:v>3629</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
-        <x:v>3642</x:v>
+        <x:v>3630</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s"/>
       <x:c r="I430" s="0" t="s"/>
       <x:c r="J430" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K430" s="0" t="s"/>
+      <x:c r="K430" s="0" t="s">
+        <x:v>3631</x:v>
+      </x:c>
       <x:c r="L430" s="0" t="s">
-        <x:v>3643</x:v>
+        <x:v>3632</x:v>
       </x:c>
       <x:c r="M430" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N430" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O430" s="0" t="s">
-        <x:v>3644</x:v>
+        <x:v>3633</x:v>
       </x:c>
       <x:c r="P430" s="0" t="s">
-        <x:v>2672</x:v>
+        <x:v>3634</x:v>
       </x:c>
       <x:c r="Q430" s="0" t="s">
-        <x:v>3645</x:v>
+        <x:v>3635</x:v>
       </x:c>
       <x:c r="R430" s="0" t="s">
-        <x:v>3646</x:v>
+        <x:v>3636</x:v>
       </x:c>
       <x:c r="S430" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:19">
       <x:c r="A431" s="0" t="s">
-        <x:v>3647</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>3638</x:v>
       </x:c>
-      <x:c r="C431" s="0" t="s"/>
-[...2 lines deleted...]
-      <x:c r="F431" s="0" t="s"/>
+      <x:c r="C431" s="0" t="s">
+        <x:v>3639</x:v>
+      </x:c>
+      <x:c r="D431" s="0" t="s">
+        <x:v>3640</x:v>
+      </x:c>
+      <x:c r="E431" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F431" s="0" t="s">
+        <x:v>3641</x:v>
+      </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>3642</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s"/>
       <x:c r="I431" s="0" t="s"/>
       <x:c r="J431" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K431" s="0" t="s"/>
+      <x:c r="K431" s="0" t="s">
+        <x:v>3643</x:v>
+      </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>3648</x:v>
+        <x:v>3644</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N431" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>3644</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>3649</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="Q431" s="0" t="s">
-        <x:v>3650</x:v>
+        <x:v>3647</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>3646</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="S431" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:19">
       <x:c r="A432" s="0" t="s">
+        <x:v>3648</x:v>
+      </x:c>
+      <x:c r="B432" s="0" t="s">
+        <x:v>3649</x:v>
+      </x:c>
+      <x:c r="C432" s="0" t="s">
+        <x:v>3650</x:v>
+      </x:c>
+      <x:c r="D432" s="0" t="s">
         <x:v>3651</x:v>
       </x:c>
-      <x:c r="B432" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C432" s="0" t="s">
+      <x:c r="E432" s="0" t="s"/>
+      <x:c r="F432" s="0" t="s"/>
+      <x:c r="G432" s="0" t="s">
         <x:v>3652</x:v>
       </x:c>
-      <x:c r="D432" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H432" s="0" t="s"/>
-      <x:c r="I432" s="0" t="s"/>
-[...2 lines deleted...]
-      </x:c>
+      <x:c r="I432" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J432" s="0" t="s"/>
       <x:c r="K432" s="0" t="s"/>
       <x:c r="L432" s="0" t="s">
         <x:v>3653</x:v>
       </x:c>
       <x:c r="M432" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N432" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O432" s="0" t="s">
-        <x:v>3644</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="P432" s="0" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="Q432" s="0" t="s">
         <x:v>3654</x:v>
       </x:c>
-      <x:c r="Q432" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R432" s="0" t="s">
-        <x:v>3646</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="S432" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:19">
       <x:c r="A433" s="0" t="s">
+        <x:v>3655</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
         <x:v>3656</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3638</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>3657</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>3658</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
-        <x:v>3658</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>3642</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s"/>
       <x:c r="I433" s="0" t="s"/>
       <x:c r="J433" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s"/>
       <x:c r="L433" s="0" t="s">
-        <x:v>3659</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N433" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>3644</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>2124</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="Q433" s="0" t="s">
-        <x:v>3660</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>3646</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="S433" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:19">
       <x:c r="A434" s="0" t="s">
-        <x:v>3661</x:v>
+        <x:v>3665</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>3662</x:v>
-[...12 lines deleted...]
-      </x:c>
+        <x:v>3656</x:v>
+      </x:c>
+      <x:c r="C434" s="0" t="s"/>
+      <x:c r="D434" s="0" t="s"/>
+      <x:c r="E434" s="0" t="s"/>
+      <x:c r="F434" s="0" t="s"/>
       <x:c r="G434" s="0" t="s">
-        <x:v>3666</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s"/>
       <x:c r="I434" s="0" t="s"/>
       <x:c r="J434" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K434" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K434" s="0" t="s"/>
       <x:c r="L434" s="0" t="s">
-        <x:v>3668</x:v>
+        <x:v>3666</x:v>
       </x:c>
       <x:c r="M434" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N434" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O434" s="0" t="s">
-        <x:v>3644</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="P434" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>3667</x:v>
       </x:c>
       <x:c r="Q434" s="0" t="s">
-        <x:v>3669</x:v>
+        <x:v>3668</x:v>
       </x:c>
       <x:c r="R434" s="0" t="s">
-        <x:v>3646</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="S434" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:19">
       <x:c r="A435" s="0" t="s">
+        <x:v>3669</x:v>
+      </x:c>
+      <x:c r="B435" s="0" t="s">
+        <x:v>3656</x:v>
+      </x:c>
+      <x:c r="C435" s="0" t="s">
         <x:v>3670</x:v>
       </x:c>
-      <x:c r="B435" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>3672</x:v>
-[...2 lines deleted...]
-      <x:c r="F435" s="0" t="s"/>
+        <x:v>3658</x:v>
+      </x:c>
+      <x:c r="E435" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F435" s="0" t="s">
+        <x:v>3659</x:v>
+      </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>3673</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s"/>
       <x:c r="I435" s="0" t="s"/>
       <x:c r="J435" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s"/>
       <x:c r="L435" s="0" t="s">
-        <x:v>3674</x:v>
+        <x:v>3671</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N435" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>3644</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>3672</x:v>
       </x:c>
       <x:c r="Q435" s="0" t="s">
-        <x:v>3675</x:v>
+        <x:v>3673</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>3646</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="S435" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:19">
       <x:c r="A436" s="0" t="s">
+        <x:v>3674</x:v>
+      </x:c>
+      <x:c r="B436" s="0" t="s">
+        <x:v>3656</x:v>
+      </x:c>
+      <x:c r="C436" s="0" t="s">
+        <x:v>3675</x:v>
+      </x:c>
+      <x:c r="D436" s="0" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="E436" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F436" s="0" t="s">
         <x:v>3676</x:v>
       </x:c>
-      <x:c r="B436" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>3673</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s"/>
       <x:c r="I436" s="0" t="s"/>
       <x:c r="J436" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K436" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K436" s="0" t="s"/>
       <x:c r="L436" s="0" t="s">
-        <x:v>3680</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="M436" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N436" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O436" s="0" t="s">
-        <x:v>3681</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="P436" s="0" t="s">
-        <x:v>3682</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="Q436" s="0" t="s">
-        <x:v>3683</x:v>
+        <x:v>3678</x:v>
       </x:c>
       <x:c r="R436" s="0" t="s">
-        <x:v>3676</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="S436" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:19">
       <x:c r="A437" s="0" t="s">
+        <x:v>3679</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
+        <x:v>3680</x:v>
+      </x:c>
+      <x:c r="C437" s="0" t="s">
+        <x:v>3681</x:v>
+      </x:c>
+      <x:c r="D437" s="0" t="s">
+        <x:v>3682</x:v>
+      </x:c>
+      <x:c r="E437" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F437" s="0" t="s">
+        <x:v>3683</x:v>
+      </x:c>
+      <x:c r="G437" s="0" t="s">
         <x:v>3684</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3689</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s"/>
       <x:c r="I437" s="0" t="s"/>
       <x:c r="J437" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K437" s="0" t="s"/>
+      <x:c r="K437" s="0" t="s">
+        <x:v>3685</x:v>
+      </x:c>
       <x:c r="L437" s="0" t="s">
-        <x:v>3690</x:v>
+        <x:v>3686</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N437" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>3691</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>3330</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q437" s="0" t="s">
-        <x:v>3692</x:v>
+        <x:v>3687</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>3693</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="S437" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:19">
       <x:c r="A438" s="0" t="s">
-        <x:v>3694</x:v>
+        <x:v>3688</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>3695</x:v>
+        <x:v>3689</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>3568</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>3569</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>3690</x:v>
+      </x:c>
+      <x:c r="E438" s="0" t="s"/>
+      <x:c r="F438" s="0" t="s"/>
       <x:c r="G438" s="0" t="s">
-        <x:v>3697</x:v>
+        <x:v>3691</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s"/>
       <x:c r="I438" s="0" t="s"/>
       <x:c r="J438" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s"/>
       <x:c r="L438" s="0" t="s">
-        <x:v>3698</x:v>
+        <x:v>3692</x:v>
       </x:c>
       <x:c r="M438" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N438" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O438" s="0" t="s">
-        <x:v>3699</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="P438" s="0" t="s">
-        <x:v>3700</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="Q438" s="0" t="s">
-        <x:v>3701</x:v>
+        <x:v>3693</x:v>
       </x:c>
       <x:c r="R438" s="0" t="s">
-        <x:v>3694</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="S438" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:19">
       <x:c r="A439" s="0" t="s">
-        <x:v>3702</x:v>
+        <x:v>3694</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>3567</x:v>
+        <x:v>3695</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>3568</x:v>
+        <x:v>3670</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>3569</x:v>
-[...2 lines deleted...]
-      <x:c r="F439" s="0" t="s"/>
+        <x:v>3079</x:v>
+      </x:c>
+      <x:c r="E439" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F439" s="0" t="s">
+        <x:v>3696</x:v>
+      </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>3570</x:v>
+        <x:v>3691</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s"/>
       <x:c r="I439" s="0" t="s"/>
       <x:c r="J439" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K439" s="0" t="s"/>
+      <x:c r="K439" s="0" t="s">
+        <x:v>3697</x:v>
+      </x:c>
       <x:c r="L439" s="0" t="s">
-        <x:v>3703</x:v>
+        <x:v>3698</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N439" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>3699</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>3704</x:v>
+        <x:v>3700</x:v>
       </x:c>
       <x:c r="Q439" s="0" t="s">
-        <x:v>3705</x:v>
+        <x:v>3701</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>3694</x:v>
       </x:c>
       <x:c r="S439" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:19">
       <x:c r="A440" s="0" t="s">
+        <x:v>3702</x:v>
+      </x:c>
+      <x:c r="B440" s="0" t="s">
+        <x:v>3703</x:v>
+      </x:c>
+      <x:c r="C440" s="0" t="s">
+        <x:v>3704</x:v>
+      </x:c>
+      <x:c r="D440" s="0" t="s">
+        <x:v>3705</x:v>
+      </x:c>
+      <x:c r="E440" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F440" s="0" t="s">
         <x:v>3706</x:v>
       </x:c>
-      <x:c r="B440" s="0" t="s">
+      <x:c r="G440" s="0" t="s">
         <x:v>3707</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>3709</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s"/>
       <x:c r="I440" s="0" t="s"/>
       <x:c r="J440" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s"/>
       <x:c r="L440" s="0" t="s">
-        <x:v>3710</x:v>
+        <x:v>3708</x:v>
       </x:c>
       <x:c r="M440" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N440" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O440" s="0" t="s">
-        <x:v>3699</x:v>
+        <x:v>3709</x:v>
       </x:c>
       <x:c r="P440" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>3348</x:v>
       </x:c>
       <x:c r="Q440" s="0" t="s">
+        <x:v>3710</x:v>
+      </x:c>
+      <x:c r="R440" s="0" t="s">
         <x:v>3711</x:v>
       </x:c>
-      <x:c r="R440" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S440" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:19">
       <x:c r="A441" s="0" t="s">
         <x:v>3712</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>3713</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
+        <x:v>3586</x:v>
+      </x:c>
+      <x:c r="D441" s="0" t="s">
+        <x:v>3587</x:v>
+      </x:c>
+      <x:c r="E441" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F441" s="0" t="s">
         <x:v>3714</x:v>
       </x:c>
-      <x:c r="D441" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F441" s="0" t="s">
+      <x:c r="G441" s="0" t="s">
         <x:v>3715</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3716</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s"/>
       <x:c r="I441" s="0" t="s"/>
       <x:c r="J441" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K441" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K441" s="0" t="s"/>
       <x:c r="L441" s="0" t="s">
-        <x:v>3718</x:v>
+        <x:v>3716</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N441" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
+        <x:v>3717</x:v>
+      </x:c>
+      <x:c r="P441" s="0" t="s">
+        <x:v>3718</x:v>
+      </x:c>
+      <x:c r="Q441" s="0" t="s">
         <x:v>3719</x:v>
       </x:c>
-      <x:c r="P441" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>3721</x:v>
+        <x:v>3712</x:v>
       </x:c>
       <x:c r="S441" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:19">
       <x:c r="A442" s="0" t="s">
-        <x:v>3722</x:v>
+        <x:v>3720</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>3723</x:v>
+        <x:v>3585</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>3724</x:v>
+        <x:v>3586</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>3725</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>3587</x:v>
+      </x:c>
+      <x:c r="E442" s="0" t="s"/>
+      <x:c r="F442" s="0" t="s"/>
       <x:c r="G442" s="0" t="s">
-        <x:v>3727</x:v>
+        <x:v>3588</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s"/>
       <x:c r="I442" s="0" t="s"/>
       <x:c r="J442" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K442" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K442" s="0" t="s"/>
       <x:c r="L442" s="0" t="s">
-        <x:v>3729</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="M442" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N442" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O442" s="0" t="s">
-        <x:v>3719</x:v>
+        <x:v>3717</x:v>
       </x:c>
       <x:c r="P442" s="0" t="s">
-        <x:v>3730</x:v>
+        <x:v>3722</x:v>
       </x:c>
       <x:c r="Q442" s="0" t="s">
-        <x:v>3731</x:v>
+        <x:v>3723</x:v>
       </x:c>
       <x:c r="R442" s="0" t="s">
-        <x:v>3721</x:v>
+        <x:v>3712</x:v>
       </x:c>
       <x:c r="S442" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:19">
       <x:c r="A443" s="0" t="s">
-        <x:v>3732</x:v>
+        <x:v>3724</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>3723</x:v>
+        <x:v>3725</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>3733</x:v>
+        <x:v>3726</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>3640</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="E443" s="0" t="s"/>
+      <x:c r="F443" s="0" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>3727</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s"/>
       <x:c r="I443" s="0" t="s"/>
       <x:c r="J443" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s"/>
       <x:c r="L443" s="0" t="s">
-        <x:v>3734</x:v>
+        <x:v>3728</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N443" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>3719</x:v>
+        <x:v>3717</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>3346</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q443" s="0" t="s">
-        <x:v>3735</x:v>
+        <x:v>3729</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>3721</x:v>
+        <x:v>3712</x:v>
       </x:c>
       <x:c r="S443" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:19">
       <x:c r="A444" s="0" t="s">
-        <x:v>3736</x:v>
+        <x:v>3730</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>3737</x:v>
+        <x:v>3731</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>3738</x:v>
+        <x:v>3732</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>3739</x:v>
+        <x:v>3658</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
-        <x:v>3740</x:v>
+        <x:v>3733</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
-        <x:v>3741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>3734</x:v>
+      </x:c>
+      <x:c r="H444" s="0" t="s"/>
       <x:c r="I444" s="0" t="s"/>
       <x:c r="J444" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
-        <x:v>3743</x:v>
+        <x:v>3735</x:v>
       </x:c>
       <x:c r="L444" s="0" t="s">
-        <x:v>3744</x:v>
+        <x:v>3736</x:v>
       </x:c>
       <x:c r="M444" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N444" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O444" s="0" t="s">
-        <x:v>3719</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="P444" s="0" t="s">
-        <x:v>3745</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q444" s="0" t="s">
-        <x:v>3746</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="R444" s="0" t="s">
-        <x:v>3721</x:v>
+        <x:v>3739</x:v>
       </x:c>
       <x:c r="S444" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:19">
       <x:c r="A445" s="0" t="s">
-        <x:v>3747</x:v>
+        <x:v>3740</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>3748</x:v>
+        <x:v>3741</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>3749</x:v>
+        <x:v>3742</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>3743</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
-        <x:v>3750</x:v>
+        <x:v>3744</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>3751</x:v>
+        <x:v>3745</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s"/>
       <x:c r="I445" s="0" t="s"/>
       <x:c r="J445" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>3752</x:v>
+        <x:v>3746</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
-        <x:v>3753</x:v>
+        <x:v>3747</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N445" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>3719</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>3748</x:v>
       </x:c>
       <x:c r="Q445" s="0" t="s">
-        <x:v>3754</x:v>
+        <x:v>3749</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>3721</x:v>
+        <x:v>3739</x:v>
       </x:c>
       <x:c r="S445" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:19">
       <x:c r="A446" s="0" t="s">
-        <x:v>3755</x:v>
+        <x:v>3750</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>3756</x:v>
+        <x:v>3741</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>3757</x:v>
+        <x:v>3751</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>3758</x:v>
+        <x:v>3658</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
-        <x:v>3715</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>3759</x:v>
+        <x:v>3745</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s"/>
       <x:c r="I446" s="0" t="s"/>
       <x:c r="J446" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s"/>
       <x:c r="L446" s="0" t="s">
-        <x:v>3760</x:v>
+        <x:v>3752</x:v>
       </x:c>
       <x:c r="M446" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N446" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O446" s="0" t="s">
-        <x:v>3719</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="P446" s="0" t="s">
-        <x:v>3761</x:v>
+        <x:v>3364</x:v>
       </x:c>
       <x:c r="Q446" s="0" t="s">
-        <x:v>3762</x:v>
+        <x:v>3753</x:v>
       </x:c>
       <x:c r="R446" s="0" t="s">
-        <x:v>3721</x:v>
+        <x:v>3739</x:v>
       </x:c>
       <x:c r="S446" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:19">
       <x:c r="A447" s="0" t="s">
-        <x:v>3763</x:v>
+        <x:v>3754</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>3577</x:v>
+        <x:v>3755</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>3764</x:v>
+        <x:v>3756</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>1886</x:v>
-[...2 lines deleted...]
-      <x:c r="F447" s="0" t="s"/>
+        <x:v>3757</x:v>
+      </x:c>
+      <x:c r="E447" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F447" s="0" t="s">
+        <x:v>3758</x:v>
+      </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>3580</x:v>
-[...1 lines deleted...]
-      <x:c r="H447" s="0" t="s"/>
+        <x:v>3759</x:v>
+      </x:c>
+      <x:c r="H447" s="0" t="s">
+        <x:v>3760</x:v>
+      </x:c>
       <x:c r="I447" s="0" t="s"/>
       <x:c r="J447" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K447" s="0" t="s"/>
+      <x:c r="K447" s="0" t="s">
+        <x:v>3761</x:v>
+      </x:c>
       <x:c r="L447" s="0" t="s">
-        <x:v>3765</x:v>
+        <x:v>3762</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N447" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>3766</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>3767</x:v>
+        <x:v>3763</x:v>
       </x:c>
       <x:c r="Q447" s="0" t="s">
-        <x:v>3768</x:v>
+        <x:v>3764</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>3769</x:v>
+        <x:v>3739</x:v>
       </x:c>
       <x:c r="S447" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:19">
       <x:c r="A448" s="0" t="s">
-        <x:v>3770</x:v>
+        <x:v>3765</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>3631</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>3771</x:v>
+        <x:v>3767</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>2815</x:v>
-[...2 lines deleted...]
-      <x:c r="F448" s="0" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E448" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F448" s="0" t="s">
+        <x:v>3768</x:v>
+      </x:c>
       <x:c r="G448" s="0" t="s">
-        <x:v>3634</x:v>
+        <x:v>3769</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s"/>
-      <x:c r="I448" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I448" s="0" t="s"/>
       <x:c r="J448" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K448" s="0" t="s"/>
+      <x:c r="K448" s="0" t="s">
+        <x:v>3770</x:v>
+      </x:c>
       <x:c r="L448" s="0" t="s">
-        <x:v>3772</x:v>
+        <x:v>3771</x:v>
       </x:c>
       <x:c r="M448" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N448" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O448" s="0" t="s">
-        <x:v>3766</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="P448" s="0" t="s">
-        <x:v>3773</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q448" s="0" t="s">
-        <x:v>3774</x:v>
+        <x:v>3772</x:v>
       </x:c>
       <x:c r="R448" s="0" t="s">
-        <x:v>3769</x:v>
+        <x:v>3739</x:v>
       </x:c>
       <x:c r="S448" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:19">
       <x:c r="A449" s="0" t="s">
+        <x:v>3773</x:v>
+      </x:c>
+      <x:c r="B449" s="0" t="s">
+        <x:v>3774</x:v>
+      </x:c>
+      <x:c r="C449" s="0" t="s">
         <x:v>3775</x:v>
       </x:c>
-      <x:c r="B449" s="0" t="s">
+      <x:c r="D449" s="0" t="s">
         <x:v>3776</x:v>
       </x:c>
-      <x:c r="C449" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
+        <x:v>3733</x:v>
+      </x:c>
+      <x:c r="G449" s="0" t="s">
         <x:v>3777</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3778</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s"/>
       <x:c r="I449" s="0" t="s"/>
       <x:c r="J449" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s"/>
       <x:c r="L449" s="0" t="s">
-        <x:v>3779</x:v>
+        <x:v>3778</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N449" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>3766</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>2239</x:v>
+        <x:v>3779</x:v>
       </x:c>
       <x:c r="Q449" s="0" t="s">
         <x:v>3780</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>3769</x:v>
+        <x:v>3739</x:v>
       </x:c>
       <x:c r="S449" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:19">
       <x:c r="A450" s="0" t="s">
         <x:v>3781</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
+        <x:v>3595</x:v>
+      </x:c>
+      <x:c r="C450" s="0" t="s">
         <x:v>3782</x:v>
       </x:c>
-      <x:c r="C450" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>3633</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1886</x:v>
+      </x:c>
+      <x:c r="E450" s="0" t="s"/>
+      <x:c r="F450" s="0" t="s"/>
       <x:c r="G450" s="0" t="s">
-        <x:v>3785</x:v>
+        <x:v>3598</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s"/>
       <x:c r="I450" s="0" t="s"/>
       <x:c r="J450" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s"/>
       <x:c r="L450" s="0" t="s">
-        <x:v>3786</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="M450" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N450" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O450" s="0" t="s">
-        <x:v>3766</x:v>
+        <x:v>3784</x:v>
       </x:c>
       <x:c r="P450" s="0" t="s">
+        <x:v>3785</x:v>
+      </x:c>
+      <x:c r="Q450" s="0" t="s">
+        <x:v>3786</x:v>
+      </x:c>
+      <x:c r="R450" s="0" t="s">
         <x:v>3787</x:v>
       </x:c>
-      <x:c r="Q450" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S450" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:19">
       <x:c r="A451" s="0" t="s">
+        <x:v>3788</x:v>
+      </x:c>
+      <x:c r="B451" s="0" t="s">
+        <x:v>3649</x:v>
+      </x:c>
+      <x:c r="C451" s="0" t="s">
         <x:v>3789</x:v>
       </x:c>
-      <x:c r="B451" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>2418</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>2805</x:v>
+      </x:c>
+      <x:c r="E451" s="0" t="s"/>
+      <x:c r="F451" s="0" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>3793</x:v>
+        <x:v>3652</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s"/>
       <x:c r="I451" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K451" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K451" s="0" t="s"/>
       <x:c r="L451" s="0" t="s">
-        <x:v>3795</x:v>
+        <x:v>3790</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N451" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>3766</x:v>
+        <x:v>3784</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>3791</x:v>
       </x:c>
       <x:c r="Q451" s="0" t="s">
-        <x:v>3796</x:v>
+        <x:v>3792</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>3769</x:v>
+        <x:v>3787</x:v>
       </x:c>
       <x:c r="S451" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:19">
       <x:c r="A452" s="0" t="s">
-        <x:v>3797</x:v>
-[...1 lines deleted...]
-      <x:c r="B452" s="0" t="s"/>
+        <x:v>3793</x:v>
+      </x:c>
+      <x:c r="B452" s="0" t="s">
+        <x:v>3794</x:v>
+      </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>3708</x:v>
+        <x:v>3782</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1480</x:v>
-[...3 lines deleted...]
-      <x:c r="G452" s="0" t="s"/>
+        <x:v>1886</x:v>
+      </x:c>
+      <x:c r="E452" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F452" s="0" t="s">
+        <x:v>3795</x:v>
+      </x:c>
+      <x:c r="G452" s="0" t="s">
+        <x:v>3796</x:v>
+      </x:c>
       <x:c r="H452" s="0" t="s"/>
       <x:c r="I452" s="0" t="s"/>
       <x:c r="J452" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s"/>
       <x:c r="L452" s="0" t="s">
-        <x:v>3798</x:v>
+        <x:v>3797</x:v>
       </x:c>
       <x:c r="M452" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N452" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O452" s="0" t="s">
-        <x:v>3799</x:v>
+        <x:v>3784</x:v>
       </x:c>
       <x:c r="P452" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="Q452" s="0" t="s">
-        <x:v>3800</x:v>
+        <x:v>3798</x:v>
       </x:c>
       <x:c r="R452" s="0" t="s">
-        <x:v>3801</x:v>
+        <x:v>3787</x:v>
       </x:c>
       <x:c r="S452" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:19">
       <x:c r="A453" s="0" t="s">
-        <x:v>3339</x:v>
-[...6 lines deleted...]
-      <x:c r="G453" s="0" t="s"/>
+        <x:v>3799</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>3800</x:v>
+      </x:c>
+      <x:c r="C453" s="0" t="s">
+        <x:v>3801</x:v>
+      </x:c>
+      <x:c r="D453" s="0" t="s">
+        <x:v>3651</x:v>
+      </x:c>
+      <x:c r="E453" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F453" s="0" t="s">
+        <x:v>3802</x:v>
+      </x:c>
+      <x:c r="G453" s="0" t="s">
+        <x:v>3803</x:v>
+      </x:c>
       <x:c r="H453" s="0" t="s"/>
       <x:c r="I453" s="0" t="s"/>
       <x:c r="J453" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s"/>
       <x:c r="L453" s="0" t="s">
-        <x:v>3802</x:v>
+        <x:v>3804</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N453" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>3803</x:v>
+        <x:v>3784</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>3341</x:v>
+        <x:v>3805</x:v>
       </x:c>
       <x:c r="Q453" s="0" t="s">
-        <x:v>3804</x:v>
+        <x:v>3806</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>3805</x:v>
+        <x:v>3787</x:v>
       </x:c>
       <x:c r="S453" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:19">
       <x:c r="A454" s="0" t="s">
-        <x:v>3806</x:v>
-[...1 lines deleted...]
-      <x:c r="B454" s="0" t="s"/>
+        <x:v>3807</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>3808</x:v>
+      </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>3551</x:v>
+        <x:v>3809</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>3539</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
-        <x:v>3594</x:v>
-[...1 lines deleted...]
-      <x:c r="G454" s="0" t="s"/>
+        <x:v>3810</x:v>
+      </x:c>
+      <x:c r="G454" s="0" t="s">
+        <x:v>3811</x:v>
+      </x:c>
       <x:c r="H454" s="0" t="s"/>
-      <x:c r="I454" s="0" t="s"/>
+      <x:c r="I454" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J454" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="K454" s="0" t="s"/>
+      <x:c r="K454" s="0" t="s">
+        <x:v>3812</x:v>
+      </x:c>
       <x:c r="L454" s="0" t="s">
-        <x:v>3807</x:v>
+        <x:v>3813</x:v>
       </x:c>
       <x:c r="M454" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N454" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O454" s="0" t="s">
-        <x:v>3803</x:v>
+        <x:v>3784</x:v>
       </x:c>
       <x:c r="P454" s="0" t="s">
-        <x:v>2591</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="Q454" s="0" t="s">
-        <x:v>3808</x:v>
+        <x:v>3814</x:v>
       </x:c>
       <x:c r="R454" s="0" t="s">
-        <x:v>3805</x:v>
+        <x:v>3787</x:v>
       </x:c>
       <x:c r="S454" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:19">
       <x:c r="A455" s="0" t="s">
-        <x:v>3809</x:v>
+        <x:v>3815</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s"/>
-      <x:c r="C455" s="0" t="s"/>
-      <x:c r="D455" s="0" t="s"/>
+      <x:c r="C455" s="0" t="s">
+        <x:v>3726</x:v>
+      </x:c>
+      <x:c r="D455" s="0" t="s">
+        <x:v>1480</x:v>
+      </x:c>
       <x:c r="E455" s="0" t="s"/>
       <x:c r="F455" s="0" t="s"/>
       <x:c r="G455" s="0" t="s"/>
       <x:c r="H455" s="0" t="s"/>
       <x:c r="I455" s="0" t="s"/>
       <x:c r="J455" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s"/>
       <x:c r="L455" s="0" t="s">
-        <x:v>3810</x:v>
+        <x:v>3816</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N455" s="0" t="s">
-        <x:v>3323</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>3803</x:v>
+        <x:v>3817</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="Q455" s="0" t="s">
-        <x:v>3811</x:v>
+        <x:v>3818</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>3805</x:v>
+        <x:v>3819</x:v>
       </x:c>
       <x:c r="S455" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:19">
       <x:c r="A456" s="0" t="s">
-        <x:v>3812</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s"/>
-      <x:c r="C456" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="C456" s="0" t="s"/>
+      <x:c r="D456" s="0" t="s"/>
+      <x:c r="E456" s="0" t="s"/>
+      <x:c r="F456" s="0" t="s"/>
       <x:c r="G456" s="0" t="s"/>
       <x:c r="H456" s="0" t="s"/>
       <x:c r="I456" s="0" t="s"/>
       <x:c r="J456" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s"/>
       <x:c r="L456" s="0" t="s">
-        <x:v>3813</x:v>
+        <x:v>3820</x:v>
       </x:c>
       <x:c r="M456" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N456" s="0" t="s">
-        <x:v>3814</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="O456" s="0" t="s">
-        <x:v>3815</x:v>
+        <x:v>3821</x:v>
       </x:c>
       <x:c r="P456" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="Q456" s="0" t="s">
-        <x:v>3816</x:v>
+        <x:v>3822</x:v>
       </x:c>
       <x:c r="R456" s="0" t="s">
-        <x:v>3817</x:v>
+        <x:v>3823</x:v>
       </x:c>
       <x:c r="S456" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="457" spans="1:19">
+      <x:c r="A457" s="0" t="s">
+        <x:v>3824</x:v>
+      </x:c>
+      <x:c r="B457" s="0" t="s"/>
+      <x:c r="C457" s="0" t="s">
+        <x:v>3569</x:v>
+      </x:c>
+      <x:c r="D457" s="0" t="s">
+        <x:v>3557</x:v>
+      </x:c>
+      <x:c r="E457" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F457" s="0" t="s">
+        <x:v>3612</x:v>
+      </x:c>
+      <x:c r="G457" s="0" t="s"/>
+      <x:c r="H457" s="0" t="s"/>
+      <x:c r="I457" s="0" t="s"/>
+      <x:c r="J457" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K457" s="0" t="s"/>
+      <x:c r="L457" s="0" t="s">
+        <x:v>3825</x:v>
+      </x:c>
+      <x:c r="M457" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="N457" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="O457" s="0" t="s">
+        <x:v>3821</x:v>
+      </x:c>
+      <x:c r="P457" s="0" t="s">
+        <x:v>2581</x:v>
+      </x:c>
+      <x:c r="Q457" s="0" t="s">
+        <x:v>3826</x:v>
+      </x:c>
+      <x:c r="R457" s="0" t="s">
+        <x:v>3823</x:v>
+      </x:c>
+      <x:c r="S457" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="458" spans="1:19">
+      <x:c r="A458" s="0" t="s">
+        <x:v>3827</x:v>
+      </x:c>
+      <x:c r="B458" s="0" t="s"/>
+      <x:c r="C458" s="0" t="s"/>
+      <x:c r="D458" s="0" t="s"/>
+      <x:c r="E458" s="0" t="s"/>
+      <x:c r="F458" s="0" t="s"/>
+      <x:c r="G458" s="0" t="s"/>
+      <x:c r="H458" s="0" t="s"/>
+      <x:c r="I458" s="0" t="s"/>
+      <x:c r="J458" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K458" s="0" t="s"/>
+      <x:c r="L458" s="0" t="s">
+        <x:v>3828</x:v>
+      </x:c>
+      <x:c r="M458" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="N458" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="O458" s="0" t="s">
+        <x:v>3821</x:v>
+      </x:c>
+      <x:c r="P458" s="0" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="Q458" s="0" t="s">
+        <x:v>3829</x:v>
+      </x:c>
+      <x:c r="R458" s="0" t="s">
+        <x:v>3823</x:v>
+      </x:c>
+      <x:c r="S458" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="459" spans="1:19">
+      <x:c r="A459" s="0" t="s">
+        <x:v>3830</x:v>
+      </x:c>
+      <x:c r="B459" s="0" t="s"/>
+      <x:c r="C459" s="0" t="s">
+        <x:v>3569</x:v>
+      </x:c>
+      <x:c r="D459" s="0" t="s">
+        <x:v>3557</x:v>
+      </x:c>
+      <x:c r="E459" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F459" s="0" t="s">
+        <x:v>3612</x:v>
+      </x:c>
+      <x:c r="G459" s="0" t="s"/>
+      <x:c r="H459" s="0" t="s"/>
+      <x:c r="I459" s="0" t="s"/>
+      <x:c r="J459" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="K459" s="0" t="s"/>
+      <x:c r="L459" s="0" t="s">
+        <x:v>3831</x:v>
+      </x:c>
+      <x:c r="M459" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="N459" s="0" t="s">
+        <x:v>3832</x:v>
+      </x:c>
+      <x:c r="O459" s="0" t="s">
+        <x:v>3833</x:v>
+      </x:c>
+      <x:c r="P459" s="0" t="s">
+        <x:v>2381</x:v>
+      </x:c>
+      <x:c r="Q459" s="0" t="s">
+        <x:v>3834</x:v>
+      </x:c>
+      <x:c r="R459" s="0" t="s">
+        <x:v>3835</x:v>
+      </x:c>
+      <x:c r="S459" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>