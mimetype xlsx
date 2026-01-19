--- v2 (2026-01-19)
+++ v3 (2026-01-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra122c53585f44fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f19dbd7cf6b4cbe816314b002d7264a.psmdcp" Id="R55635933be404327" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd9c3b3f88f4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44415f68f92449e7b085dd3c0fd24294.psmdcp" Id="R7f9aff97433a47ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Execute Officer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3836" uniqueCount="3836">
   <x:si>
     <x:t>DEPTNAME</x:t>
   </x:si>
   <x:si>
     <x:t>NAME</x:t>
   </x:si>
   <x:si>