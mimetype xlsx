--- v3 (2026-01-19)
+++ v4 (2026-03-10)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd9c3b3f88f4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44415f68f92449e7b085dd3c0fd24294.psmdcp" Id="R7f9aff97433a47ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7831d3e5f6fd4b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd42a773a8094002bf045d8a169b4d3c.psmdcp" Id="R16b1e2675b0b492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Execute Officer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3836" uniqueCount="3836">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3835" uniqueCount="3835">
   <x:si>
     <x:t>DEPTNAME</x:t>
   </x:si>
   <x:si>
     <x:t>NAME</x:t>
   </x:si>
   <x:si>
     <x:t>ADDRESS</x:t>
   </x:si>
   <x:si>
     <x:t>MC</x:t>
   </x:si>
   <x:si>
     <x:t>AREACODE</x:t>
   </x:si>
   <x:si>
     <x:t>PHONE</x:t>
   </x:si>
   <x:si>
     <x:t>NETID</x:t>
   </x:si>
   <x:si>
     <x:t>CIP</x:t>
   </x:si>
   <x:si>
@@ -1928,63 +1928,63 @@
   <x:si>
     <x:t>333-2651</x:t>
   </x:si>
   <x:si>
     <x:t>jbfreund</x:t>
   </x:si>
   <x:si>
     <x:t>14.0201</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://aerospace.illinois.edu/                                                                                                                                                                          </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KP-KP0-615</x:t>
   </x:si>
   <x:si>
     <x:t>615</x:t>
   </x:si>
   <x:si>
     <x:t>1-615</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Applied Research Institute    </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Mohan Sankaran         </x:t>
+    <x:t xml:space="preserve">Tessa Hile             </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Suite 204, Ameren Bldg.       </x:t>
   </x:si>
   <x:si>
     <x:t>628</x:t>
   </x:si>
   <x:si>
     <x:t>300-3162</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">rmohan  </x:t>
+    <x:t xml:space="preserve">tmhile  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://appliedresearch.illinois.edu/                                                                                                                                                                    </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KP-KP0-454</x:t>
   </x:si>
   <x:si>
     <x:t>454</x:t>
   </x:si>
   <x:si>
     <x:t>1-454</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Bioengineering                </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mark A. Anastasio      </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1102 Everitt Lab              </x:t>
   </x:si>
   <x:si>
     <x:t>278</x:t>
   </x:si>
@@ -2222,56 +2222,50 @@
   <x:si>
     <x:t>258</x:t>
   </x:si>
   <x:si>
     <x:t>333-1313</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">butlerb </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://it.engineering.illinois.edu                                                                                                                                                                      </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KP-KP0-661</x:t>
   </x:si>
   <x:si>
     <x:t>661</x:t>
   </x:si>
   <x:si>
     <x:t>1-661</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Engr Shared Admin Services    </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Tessa Hile             </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>1B1-KP-KP0-273</x:t>
   </x:si>
   <x:si>
     <x:t>273</x:t>
   </x:si>
   <x:si>
     <x:t>1-273</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Industrial&amp;Enterprise Sys Eng </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Jeff Shamma            </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">117 Transportation Bldg       </x:t>
   </x:si>
   <x:si>
     <x:t>238</x:t>
   </x:si>
   <x:si>
     <x:t>333-2731</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">jshamma </x:t>
@@ -3161,51 +3155,51 @@
   <x:si>
     <x:t>211</x:t>
   </x:si>
   <x:si>
     <x:t>1-211</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Fellowships                   </x:t>
   </x:si>
   <x:si>
     <x:t>333-0036</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.grad.illinois.edu/fellowship/                                                                                                                                                                </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KS-KS0-683</x:t>
   </x:si>
   <x:si>
     <x:t>683</x:t>
   </x:si>
   <x:si>
     <x:t>1-683</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Graduate College DEI Programs </x:t>
+    <x:t xml:space="preserve">Grad College Access Programs  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Alexis Thompson        </x:t>
   </x:si>
   <x:si>
     <x:t>333-4860</x:t>
   </x:si>
   <x:si>
     <x:t>athmpsn1</x:t>
   </x:si>
   <x:si>
     <x:t>24.0101</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Acting              </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KS-KS0-297</x:t>
   </x:si>
   <x:si>
     <x:t>297</x:t>
   </x:si>
   <x:si>
     <x:t>1-297</x:t>
   </x:si>
@@ -3359,63 +3353,63 @@
   <x:si>
     <x:t xml:space="preserve">228 Gregory Hall              </x:t>
   </x:si>
   <x:si>
     <x:t>463</x:t>
   </x:si>
   <x:si>
     <x:t>333-1549</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">mzyao   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://media.illinois.edu/icr                                                                                                                                                                          </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KT-KT0-238</x:t>
   </x:si>
   <x:si>
     <x:t>1-238</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">IPM Administration            </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Maurice Bresnahan      </x:t>
+    <x:t xml:space="preserve">John Steinbacher       </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Campbell Hall                 </x:t>
   </x:si>
   <x:si>
     <x:t>252</x:t>
   </x:si>
   <x:si>
     <x:t>333-7300</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">mossb   </x:t>
+    <x:t xml:space="preserve">stnbchr </x:t>
   </x:si>
   <x:si>
     <x:t>90.0907</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://will.illinois.edu/                                                                                                                                                                               </x:t>
   </x:si>
   <x:si>
     <x:t>1B1-KT-KT1-417</x:t>
   </x:si>
   <x:si>
     <x:t>417</x:t>
   </x:si>
   <x:si>
     <x:t>1-417</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">IPM Content Information       </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">300 N. Goodwin Ave.           </x:t>
   </x:si>
   <x:si>
     <x:t>333-1070</x:t>
   </x:si>
@@ -4670,4850 +4664,4853 @@
   <x:si>
     <x:t>1-927</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Global Studies Prog &amp; Courses </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ellen Moodie           </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">3062 Lincoln Hall             </x:t>
   </x:si>
   <x:si>
     <x:t>442</x:t>
   </x:si>
   <x:si>
     <x:t>333-0178</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">emoodie </x:t>
   </x:si>
   <x:si>
     <x:t>05.0199</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">https://www.globalstudies.illinois.edu                                                                                                                                                                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV6-563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-563</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">History                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Adrian Burgos          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">309 Gregory Hall              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>burgosjr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54.0101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.history.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-451</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Illinois Global Institute     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jerry Davila           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">104 Coble Hall                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-1146</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jdavila </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://igi.illinois.edu                                                                                                                                                                                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV6-522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-522</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Int&amp;#39;l Forum for US Studies    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jane Desmond           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">340 Armory Building           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-4203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>desmondj</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.ifuss.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-302</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">LAS General Expen             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Latin American &amp; Carib Studies</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Gisela Sin             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">223 Coble Hall                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-7333</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">gsin    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.clacs.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV6-729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-729</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Latina/Latino Studies         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Gilberto Rosas         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1207 W Oregon St              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-0370</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">grosas2 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.0203</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">interim             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.lls.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-982</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lemann Center                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">John Karam             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">201 ISB                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">karam   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV6-407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberal Arts &amp; Sciences Course</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.las.uiuc.edu/                                                                                                                                                                                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-670</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Life Sciences                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Milan Bagchi           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">534 Burrill Hall              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3044</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">mbagchi </x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.0101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.life.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-397</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Linguistics                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Tania Ionin            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4088 Foreign Languages        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3563</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">tionin  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.0102</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.linguistics.illinois.edu/                                                                                                                                                                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV4-864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-864</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mathematics                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mi Kyoung Hur          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">214 Harker Hall               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3350</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">verahur </x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.0101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://math.illinois.edu/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-257</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Microbiology                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">James Slauch           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">B103 Chem/Life Sci Lab        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1736</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">slauch  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.0502</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://mcb.illinois.edu/departments/microbiology/                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV3-948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-948</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Molecular &amp; Integrative Physl </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Claudio Grosman        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">524 Burrill Hall              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-1736</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">grosman </x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.0901</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://mcb.illinois.edu/departments/mip/                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV3-604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-604</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Neuroscience Program          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Martha Gillette        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Beckman Institute             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-4971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mgillett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.1501</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://neuroscience.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-968</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Philosophy                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Luvell Anderson        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">200 Gregory Hall              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2889</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">vell11  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>38.0101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.philosophy.illinois.edu/                                                                                                                                                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-715</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Plant Biology                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Katy D. Heath          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">265 Morrill Hall              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3261</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kheath  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.0301</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.life.illinois.edu/plantbio/                                                                                                                                                                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV2-377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-377</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Political Science             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Tom Rudolph            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">420 David Kinley Hall         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3881</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">rudolph </x:t>
+  </x:si>
+  <x:si>
+    <x:t>45.1001</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://pol.illinois.edu/                                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prg in Jewish Culture &amp;Society</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Eugene Avrutin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">109 English Bldg              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-7978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eavrutin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38.0206</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.jewishculture.illinois.edu/                                                                                                                                                                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-723</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Program in Medieval Studies   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Carol Symes            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-6254</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">symes   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.medieval.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-652</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Psychology                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Diane Beck             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">308 Psychology Bldg           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0631</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">dmbeck  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>42.0101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.psych.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-299</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Religion                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jonathan Ebel          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3080 Foreign Languages        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0473</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jebel   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>38.0201</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.religion.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV4-490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-490</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Russian,E European,Eurasn Ctr </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">John Randolph          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">107 Coble Hall                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1244</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jwr     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.reeec.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV6-553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-553</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sch Earth Soc Env Courses     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Robert J. Trapp        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3081 Natural History Building </x:t>
+  </x:si>
+  <x:si>
+    <x:t>103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-4064</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jtrapp  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.0103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV5-901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-901</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sch Earth, Soc, Environ Admin </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Robert Trapp           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>40.9999</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.earth.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV5-265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-265</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sch Lit, Cultures, Ling Adm   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mariselle Melendez     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4088 Lit. Cultures &amp; Ling Bldg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-3252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>melendez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.0103</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://www.slcl.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV4-625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-625</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">School of Chemical Sciences   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Paul Kenis             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">106 Noyes Lab                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-5070</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kenis   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://scs.illinois.edu/                                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV1-510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-510</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">School of Integrative Biology </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Carla Caceres          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cecacere</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://sib.illinois.edu/                                                                                                                                                                                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV2-383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>School of Molecular &amp; Cell Bio</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">393 Morrill Hall              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3166</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://mcb.illinois.edu/                                                                                                                                                                                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV3-415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-415</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Slavic Languages &amp; Literature </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">David Cooper           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-1063</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">dlcoop  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.0400</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.slavic.illinois.edu/                                                                                                                                                                         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV4-958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-958</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">SLCL Courses                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Antony Augoustakis     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4054 Foreign Languages        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-7327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aaugoust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV4-937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-937</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sociology                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Reuben Buford May      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3120 Lincoln Hall             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1950</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">rabm    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>45.1101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.sociology.illinois.edu/                                                                                                                                                                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-324</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Spanish and Portuguese        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Melissa Bowles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3390</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">bowlesm </x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.0905</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.spanport.illinois.edu                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV4-585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-585</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Spurlock Museum               </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Elizabeth Sutton       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">600 S. Gregory Street         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>easutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.spurlock.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-895</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Statistics                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Yuguo Chen             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>156 Computing Applications Bld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2167</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">yuguo   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.0501</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.stat.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-583</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Study of Global Gender Equity </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Min Zhan               </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">201 Coble Hall                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1994</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">mzhan   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://csgge.illinois.edu/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV6-597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-597</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">The ACDIS Program             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Angela Di Fulvio       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">350 Armory Bldg.              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-7086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>difulvio</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://acdis.illinois.edu/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV6-411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-411</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Translation &amp; Interpreting St </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ryan Shosted           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-7455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rshosted</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.translation.illinois.edu                                                                                                                                                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV4-787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-787</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Unit For Criticism            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Dede Ruggles           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2581</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">drf1    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://criticism.english.illinois.edu/                                                                                                                                                                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KV-KV0-925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-925</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Div Exploratory Studies Admin </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kristi Kuntz           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">IUB 520                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-4710</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kakuntz </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://dgs.illinois.edu/                                                                                                                                                                                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KW-KW0-605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Division of ExploratoryStudies</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">	Exploratory Studies Course   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">807 S. Wright St.             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.dgs.illinois.edu                                                                                                                                                                             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KW-KW0-248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-248</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Center Advising &amp; Acad Svcs   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">520 IUB                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KW-KW0-736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-736</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Applied Health Sciences Admin </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Cheryl Hanley-Maxwell  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">110 Huff Hall                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cherylhm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51.2299</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.ahs.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-682</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Applied Health Sciences       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Applied Health Sci Courses    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">107 Huff Hall                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Health Sci General Exp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-347</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Chez Veterans Center          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Andrew Bender          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">908 W. Nevada St              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-3515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>abender6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-623</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ctr Health, Aging, Disability </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jeffrey A. Woods       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Suite 1008 Huff Hall          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-4965</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">woods1  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://chad.illinois.edu/                                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-918</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Disability Res &amp; Educ Svcs    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Heather A. Stout       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1207 W. Oak St.               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1970</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">hstout  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.disability.illinois.edu/                                                                                                                                                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-943</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Disability Research Institute </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.4407</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.dri.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-981</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Health and Kinesiology        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kim Graber             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Louise Freer Hall             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2461</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kgraber </x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.0505</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.kch.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-581</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Interdisciplinary Health Sci  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">258 Freer Hall                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-0823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51.0000</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://ihealth.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-294</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Recreation, Sport and Tourism </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Carla Santos           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">219 Huff Hall                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-4410</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">csantos </x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.0101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.rst.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-714</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Speech &amp; Hearing Science      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Georgia Malandraki     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">901 S. Sixth                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>georgiam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51.0204</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.shs.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tech for Health &amp; Independence</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">108 Huff Hall                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-KY-KY0-378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-378</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Medicine at UC Admin          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Janet Jokela           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Carle Forum Lower Level       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>474</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jokela  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>51.1201</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.med.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LB-LB0-761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-761</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Medicine at Urbana-Champaign  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Vet Medicine Administration   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Peter Constable        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3505 VMBSB                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>constabl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.8101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://vetmed.illinois.edu/                                                                                                                                                                             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-444</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Veterinary Medicine           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Center for Zoonoses Research  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3503 VMBSB                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.0180</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://vetmed.illinois.edu/czr/                                                                                                                                                                         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-819</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Comparative Biosciences       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Uwe Rudolph            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3516 VMBSB                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>urudolph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.0102</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://vetmed.illinois.edu/college-organization/comparative-biosciences/                                                                                                                                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-873</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Medical District Vet Clinic   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Drew Sullivan          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>dsullivn</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://vetmed.illinois.edu/chicago/                                                                                                                                                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-692</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Pathobiology                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Raymond Robert Rowland </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2522 VMBSB                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rowland7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.8108</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://vetmed.illinois.edu/path/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-282</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Vet Clinical Medicine         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Anne Barger            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">242 Small Animal Clinic       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-5310</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">abarger </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://vetmed.illinois.edu/college-organization/veterinary-clinical-medicine/                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-598</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Vet Med College-Wide Programs </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-249</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Vet Medicine General Expen    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-463</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Veterinary Diagnostic Lab     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">James Lowe             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1224 VMBSB                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1620</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jlowe   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://vetmed.illinois.edu/vdl/                                                                                                                                                                         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-726</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Veterinary Prog in Agr        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.0801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-888</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Veterinary Teaching Hospital  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">240c SAC                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-6554</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://vetmed.illinois.edu/vth/                                                                                                                                                                         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LC-LC0-255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-255</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Armed Forces Coordinator      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">James Brennan          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-2594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jbrennan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.9999</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Military Ed Council </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.militaryed.illinois.edu/                                                                                                                                                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LD-LD0-974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-974</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Armed Forces                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Air Force Aerospace Studies   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Joshua Meents          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">229 Armory Bldg.              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-2468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jbmeents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.0101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://catalog.illinois.edu/courses-of-instruction/afas                                                                                                                                                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LD-LD0-762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-762</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Military Science              </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Zachary S. Miller      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">113 Armory                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-1407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>zm910204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.0301</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">arotc@illinois.edu  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://illinoisarmyrotc.web.illinois.edu/                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LD-LD0-914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-914</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Naval Science                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Michael O&amp;#39;Neill        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">236 Armory                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mponeill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.0401</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://rotc.navy.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LD-LD0-558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-558</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Fire Service Institute        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">James Keiken           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">11 Gerty Drive                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3800</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jkeiken </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.4302</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.fsi.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LF-LF0-305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-305</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Public Safety                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">School of Labor &amp; Empl. Rel.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Simon Restubog         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">147 LER                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>simonldr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52.1002</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.ler.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LG-LG0-568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-568</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">School of Social Work         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Benjamin Lough         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1010 W. Nevada                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2261</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">bjlough </x:t>
+  </x:si>
+  <x:si>
+    <x:t>44.0701</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://socialwork.illinois.edu/                                                                                                                                                                         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LL-LL0-783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-783</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Provost Courses               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LM-LM0-290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-290</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Provost Academic Programs     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Center Innov in Teach Learn   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Michel Bellini         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">249 Armory Bldg               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1462</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">bellini </x:t>
+  </x:si>
+  <x:si>
+    <x:t>88.8888</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://citl.illinois.edu                                                                                                                                                                                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LN-LN0-641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-641</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Center for Innov Teach Learn  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Academic Outreach             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">901 W. University, Suite 201  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3061</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://oce.illinois.edu/                                                                                                                                                                                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LN-LN0-951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-951</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Guided and Self-Paced Study   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1320</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://oce.illinois.edu/Programs/SelfPacedCourses                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LN-LN0-590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-590</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">I-STEM Education Initiative   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">704 S. Sixth                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-9625</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://istem.illinois.edu/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LN-LN0-711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-711</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Publications and Promotion    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Arathi Kylasam         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kylasam </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LN-LN0-627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-627</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Undergrad Education Reserves  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">505 E. Armory                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LN-LN0-882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-882</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Information Sciences          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Emily Knox             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">501 E. Daniel Street          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3280</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">knox    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.0101</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://ischool.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LP-LP0-992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>School of Information Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Center for Children&amp;#39;s Books   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-0324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.2501</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://ccb.ischool.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LP-LP0-560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-560</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Informatics                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">614 E. Daniel St. 4th Floor   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-4930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.1104</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://informatics.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LP-LP0-468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-468</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Illinois International        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Colleen Murphy         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">International Studies Bldg    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-6104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>colleenm</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://international.illinois.edu/                                                                                                                                                                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LQ-LQ0-631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-631</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Illinois International Prgms  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Global Education &amp; Training   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Matt Rosenstein        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-3312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rosenstn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LQ-LQ0-482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-482</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Illinois Abroad               </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Joy Phaphouvaninh      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">124 Int&amp;#39; l Studies Bldg       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-6322</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">joypha  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://studyabroad.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LQ-LQ0-533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-533</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Intensive English Institute   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-6598</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.iei.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LQ-LQ0-984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-984</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Intl Student and Scholar Svcs </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Martin McFarlane       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Int&amp;#39;l Studies Building       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mmcfarln</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://isss.illinois.edu/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LQ-LQ0-794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-794</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Library Admin                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Claire Stewart         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">230 Library                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>clairest</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.library.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LR-LR0-540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-540</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Library                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LR-LR0-668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-668</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Library Collections/Support   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LR-LR0-795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Library Research &amp; Publication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.library.illinois.edu/committee/rpc/                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LR-LR0-600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortenson Cntr Int&amp;#39;l Lib Prgms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.2599</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.library.illinois.edu/mortenson/                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LR-LR0-396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-396</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Carle IL COM Administration   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mark Cohen             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">180 Medical Science Bldg      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-5700</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">meddean </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://medicine.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LT-LT0-944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-944</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Carle Illinois Medicine       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Biomed &amp; Translational Sci    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bruce Bunnell          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">230 MSB                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>bbunnell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LT-LT0-861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-861</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Carle Illinois COM Pgm &amp; Crse </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Suite 320 IUB                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LT-LT0-869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-869</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Clinical Sciences             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Robert Healy           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Heart &amp; Vascular Inst.        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>904-7305</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">r-healy </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LT-LT0-859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-859</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Department of Oncology        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sinisa Stanic          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">506 S. Mathews                </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">sinisa  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LT-LT0-960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-960</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Dept of Cardio Med and Surg   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Issam Moussa           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">imoussa </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LT-LT0-946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-946</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Dept of Neuro and Neurosurg   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kenneth Aronson        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">aronson </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LT-LT0-318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dept of Surg and Digest Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ryan Porter            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>rgporter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B1-LT-LT0-472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-472</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Provost/EVC Admin             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">John J Coleman         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">317 Swanlund Admin Bldg.      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-6677</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jc1     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.provost.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-431</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Provost &amp; Executive VC        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Big Ten Academic Alliance     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1819 S. Neil, Suite D         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>618</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">www.btaa.org                                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-970</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Campus Honors Program         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Laurie Johnson         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1205 W. Oregon                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-0922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lruthjoh</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.honors.illinois.edu/                                                                                                                                                                         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-759</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Center for Advanced Study     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">May Berenbaum          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">919 W. Illinois St.           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-6729</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.cas.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-626</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Div of Management Information </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Amy Edwards            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">601 E. John Street            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aledward</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.dmi.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-962</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Enrollment Mgmt Shared Svcs   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Daniel R. Mann         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">901 W. Illinois               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">danmann </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB1-317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-317</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Office of the Registrar       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Meghan Hazen           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Admissions &amp; Records, Ste 140 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">mhazen  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.registrar.illinois.edu/                                                                                                                                                                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-898</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Office of Undergrad Research  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Karen Rodriguez&amp;#39;G      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">5th Floor IUB                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>rodrigzg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-401</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Osher Lifelong Learning Inst  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kathryn Williams       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">301 N. Neil St., Suite 201    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-9141</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kfw     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.olli.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-429</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Principal&amp;#39;s Scholars Pgm      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Margarita Ramon-Pfeffer</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1112 W. University, Suite 201 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0234</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">mpramon </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB1-269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-269</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Student Financial Aid         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Michelle Trame         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">620 E. John                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0100</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">mtrame  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.osfa.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB1-678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-678</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Student Financial Aid-Admin   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Student Services Arcade       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://www.osfa.illinois.edu/                                                                                                                                                                          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB1-972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-972</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Undergraduate Admissions      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sara MacKenzie         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>saramack</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://admissions.illinois.edu/                                                                                                                                                                         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB1-593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-593</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">University Laboratory HS      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Robert Fitzgerald      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1212 W. Springfield           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2870</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">rjfitzg </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.uni.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NB-NB0-223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-223</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ofc of the Chief Info Officer </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mairead Martin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2222 DCL                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>maireadm</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.cio.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NT-NT0-618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-618</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Technology Svcs at Illinois   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Campus Research IT            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NT-NT0-749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-749</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Swanlund IT                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">C.Montgomery/D.Strole  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">314 Harker Hall               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cwoodwor</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://swanlundit.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NT-NT0-365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-365</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Technology Services           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-7000</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.techservices.illinois.edu/                                                                                                                                                                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NT-NT0-798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-798</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">TS IT Service Delivery        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1304 W. Springfield Avenue    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-0806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1B2-NT-NT0-860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Services Administration</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Morgan White           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Physical Plant Svcs Bldg      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2500</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">mbwhite </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.energymanagement.illinois.edu/                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-MY-MY0-862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-862</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Energy Services               </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Utilities - UIUC              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0340</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://fs.illinois.edu/                                                                                                                                                                                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-MY-MY0-876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-876</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Eng &amp; Constr Serv Admin       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">James Sims             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jimsims </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.fs.uiuc.edu/campusservices.cfm                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NC-NC0-426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-426</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Administrative Services       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Campus Stores and Receiving   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Travis Molitor         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1609 S. Oak                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-0139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tmolitor</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://fs.illinois.edu                                                                                                                                                                                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NC-NC0-566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-566</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">F&amp;S Document Services         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jamie Singson          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Printing Bldg                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-9350</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">singson </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.printing.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NC-NC0-763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-763</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">F&amp;S Fleet Operations          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Pete Varney            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3910</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">pvarney </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NC-NC0-766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-766</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Facilities &amp; Services         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>800</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://fs.illinois.edu/                                                                                                                                                                                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN6-701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-701</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Facilities                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bldg Maintenance Crafts/Trades</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN3-815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Building Maintenance Functionl</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Physical Plant Svcs Bldg.     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN3-266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-266</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Building Operation            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN3-456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-456</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Capital Admin &amp; Development   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN1-465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-465</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Capital Programs              </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jonathan Hasselbring   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>hasselbr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN4-814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-814</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Construction Improvements     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN3-374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-374</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Construction Projects         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN2-518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-518</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">F&amp;S Engineering Services      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN2-311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-311</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">F&amp;S Grounds                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN3-328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-328</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Heat Light &amp; Power            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN0-398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maint NAF-Incrementally Funded</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1501 S. Oak Street            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN3-421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-421</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Maintenance Asset Management  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1501 S. Oak St.               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN3-543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-543</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Safety and Compliance         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-9828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN5-940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-940</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Waste Management              </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Waste Transfer Station        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1C1-NN-NN3-915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-915</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">OVCRI Admin                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Susan Martinis         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">400 Swanlund Admin Bldg       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>martinis</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://research.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VC for Research and Innovation</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Agr Animal Care &amp; Use Program </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Helen Valentine        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">233 LAC                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2479</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">helen   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://aacup.illinois.edu/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-612</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Animal Care Program           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">901 S. Mathews                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2564</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.dar.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-298</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Biotechnology Center          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bruce Fouke            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2604 IGB                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1695</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">fouke   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.2612</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.biotech.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-531</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Division of Research Safety   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Stephanie T. Hess      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">102 EHS Bldg.                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2755</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">sthess  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.drs.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-877</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">EnterpriseWorks               </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Laura Appenzeller      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">114 EnterpriseWorks           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-8324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lfrerich</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://researchpark.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-959</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">IL Quantum &amp; Microelec Park   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Harley Johnson         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">601 E John Street             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-4430</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">htj     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-871</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">OCR Special Projects          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Pradeep Khanna         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1901 S. First St. Suite C     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-3606</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">pkhanna </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://corporaterelations.illinois.edu                                                                                                                                                                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Office of Animal Research Comp</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jennifer Tompkins      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-7789</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jlt11   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://animalcare.illinois.edu/about/institutional-animal-care-and-use-committee                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-409</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Office of Corporate Relations </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Pradeep K. Khanna      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1901 S. First St., Suite C    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://corporaterelations.illinois.edu/                                                                                                                                                                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Office of Proposal Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sowmya Anand           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-1280</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">sanand  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-696</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Office of Research Security   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Linda Lee Drozt        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">lklee1  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-827</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">OVCRI Support                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://research.illinois.edu                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protection of Research Subject</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sarah Mumford          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1901 S. First St. Suite A     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smumford</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://oprs.research.illinois.edu/                                                                                                                                                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-344</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Research Board                </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kevin Hamilton         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0030</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kham    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://crb.research.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-207</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Research Park                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Laura Frerichs         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://researchpark.illinois.edu                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-964</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Shared Cryo Facilities        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-334</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sponsored Programs Admin      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">David Richardson       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>daverich</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.ospra.uiuc.edu/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NE-NE0-681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-681</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Stephen Maren          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">405 N. Mathews                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-1176</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">smaren  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.1499</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://beckman.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP0-392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-392</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">OVCRI Institutes              </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Cancer Center at Illinois     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Rohit Bhargava         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4100 Beckman Institute        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-6100</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">rxb     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://cancer.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP0-768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-768</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Humanities Research Institute </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Antoinette Burton      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Levis Faculty Cntr, Suite 400 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-3344</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">aburton </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.2401</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://hri.illinois.edu/                                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP0-327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-327</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">IGB                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lisa Ainsworth         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1608 IGB                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-3034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ainswort</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.2608</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.igb.illinois.edu/                                                                                                                                                                            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP0-231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-231</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">IL Natural History Survey     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Michael Dreslik        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1816 S. Oak St.               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-6880</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">dreslik </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.0301</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.inhs.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP1-375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IL State Archaeological Survey</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Alleen Betzenhauser    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">209 Nuclear Physics Bldg      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-4244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>betzenha</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://isas.illinois.edu/                                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP1-502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-502</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">IL State Geological Survey    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Steven Brown           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">121 Natural Resources Bldg    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-4747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>steebrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://isgs.illinois.edu/                                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP1-547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-547</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">IL State Water Survey         </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jenna Shelton          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Water Survey Research Center  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jshelto2</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.isws.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP1-740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-740</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">IL Sustainable Technology Ctr </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kevin O&amp;#39;Brien          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1 E. Hazelwood                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-8940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kcobrien</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.istc.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP1-807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inst for Sustain, Enrgy, &amp; Env</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Madhu Khanna           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>350 Nat&amp;#39;l Soybean Research Ctr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-4178</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">khanna1 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.sustainability.illinois.edu/                                                                                                                                                                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP0-508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-508</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Interdis Health Sci Institute </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Stephen Boppart        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-8480</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">boppart </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.5100</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://healthinstitute.illinois.edu/                                                                                                                                                                    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP0-520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-520</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Prairie Research Institute    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Praveen Kumar          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">179 Natural Resources Bldg    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-5111</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">kumar1  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://prairie.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP1-332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Social Behavioral Science Inst</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Eva Pomerantz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1205 W. Clark St.             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-8357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pomerntz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP0-797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-797</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Supercomputing Applications   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Rayadurgam Srikant     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1008 NCSA Bldg                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-0078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rsrikant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90.1199</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.ncsa.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1D1-NP-NP0-320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-320</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">VC Student Affairs            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Danita Brown Young     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">121 Swanlund Admin Bldg.      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-1300</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">dbyoung </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://studentaffairs.illinois.edu/                                                                                                                                                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-825</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Vice Chanc Student Affairs    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Counseling Center             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Carla McCowan          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">212 Student Services          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cmccowan</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.counselingcenter.illinois.edu/                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-695</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Illinois Leadership Center    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Gayle Spencer          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">290 Illini Union              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gspencer</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.illinoisleadership.illinois.edu/                                                                                                                                                             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inclusion &amp; Intercultural Rels</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Domonic Cobb           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">384 Illini Union              </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">dcobb   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://oiir.illinois.edu/                                                                                                                                                                               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeffries Ctr Acces and AcadSuc</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">K. Alexander-Brown     </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">130 Student Services          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kalexand</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.omsa.illinois.edu/                                                                                                                                                                           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SmartHealthyCommunity(Rokwire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">William C. Sullivan    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">221 IGPA                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>wcsulliv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-329</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Stdt Affairs Human Resources  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">LaSonya Holley         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>120 Swanlund Administration Bu</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">sonyah2 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-442</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Student Conflict Resolution   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Stephen P. Bryan       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">409 Student Services          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3680</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">spbryan </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.conflictresolution.illinois.edu/                                                                                                                                                             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-573</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Student Health Insurance      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Awais Vaid             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">McKinley Health Cntr          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0165</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">awaisv  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.si.illinois.edu                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Student Success and Engagement</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">300 Student Services          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2121</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://ssib.illinois.edu/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-459</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Testing Center                </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jennifer Neef          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Illini Plaza, Suite B         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>610</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jneef   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-603</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">The Career Center             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">715 S. Wright                 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0820</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.careercenter.illinois.edu/                                                                                                                                                                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NJ-NJ0-391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-391</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Aux. Health/WB Marketing      </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Rebecca Salzman        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">420 Illini Union              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>rsalzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-321</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Auxiliary Units               </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Campus Mail                   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Elizabeth Bowden       </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">140 Printing Building         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-6863</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">esahr   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://union.illinois.edu/shop/campus-mail                                                                                                                                                             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-427</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Conference Center             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1401 W. Green St.             </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.stayatthei.com/                                                                                                                                                                              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-975</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Conference Services           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2880</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://conferences.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-385</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Division of Campus Recreation </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Justin Peterson        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">201 E Peabody Dr              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3806</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jrpete  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.campusrec.illinois.edu/                                                                                                                                                                      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-571</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Housing Division              </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Alma R. Sealine        </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">200 Clark Hall                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-7111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>asealine</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.housing.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-270</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Illini Union                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">227 Illini Union              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-0691</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">https://union.illinois.edu/                                                                                                                                                                             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-389</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">McKinley Health Center        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-2700</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.mckinley.illinois.edu/                                                                                                                                                                       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Office of the Dean of Students</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Stephen Bryan          </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">300 Student Services Building </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-279</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Parking Department            </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1201 W. University Ave.       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>333-3530</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">http://www.parking.illinois.edu/                                                                                                                                                                        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1E1-NQ-NQ0-293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-293</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Student Affairs Technology    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">James P. Quisenberry   </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">115 Swanlund                  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-1100</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">jpq     </x:t>
+  </x:si>
+  <x:si>
     <x:t>U</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">https://www.globalstudies.illinois.edu                                                                                                                                                                  </x:t>
-[...4795 lines deleted...]
-  <x:si>
     <x:t>1E1-NQ-NQ0-233</x:t>
   </x:si>
   <x:si>
     <x:t>233</x:t>
   </x:si>
   <x:si>
     <x:t>1-233</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ofc VC Inst Advancement       </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Dale Wright            </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Alice Campbell Alumni Cntr    </x:t>
   </x:si>
   <x:si>
     <x:t>079</x:t>
   </x:si>
   <x:si>
     <x:t>244-1206</x:t>
   </x:si>
   <x:si>
     <x:t>dlwright</x:t>
@@ -9674,96 +9671,78 @@
   <x:si>
     <x:t xml:space="preserve">Office for Access and Equity  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Nizam Arain            </x:t>
   </x:si>
   <x:si>
     <x:t>244-3264</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">narain  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://oae.illinois.edu/                                                                                                                                                                               </x:t>
   </x:si>
   <x:si>
     <x:t>1G1-NV-NV0-433</x:t>
   </x:si>
   <x:si>
     <x:t>433</x:t>
   </x:si>
   <x:si>
     <x:t>1-433</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">VC Admin and Operations       </x:t>
+    <x:t xml:space="preserve">Admin and Operations          </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Lowa Mwilambwe         </x:t>
   </x:si>
   <x:si>
     <x:t>lmwilamb</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">https://operations.illinois.edu/                                                                                                                                                                        </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL0-839</x:t>
   </x:si>
   <x:si>
     <x:t>H1</x:t>
   </x:si>
   <x:si>
     <x:t>NL</x:t>
   </x:si>
   <x:si>
     <x:t>839</x:t>
   </x:si>
   <x:si>
     <x:t>1-839</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">VC Finance and Administration </x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>1-677</x:t>
   </x:si>
   <x:si>
     <x:t>Allerton Park &amp; Retreat Center</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Derek Peterson         </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">515 Old Timber Rd.            </x:t>
   </x:si>
   <x:si>
     <x:t>333-3287</x:t>
   </x:si>
   <x:si>
     <x:t>depetrsn</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://allerton.illinois.edu/                                                                                                                                                                           </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL1-550</x:t>
   </x:si>
   <x:si>
     <x:t>550</x:t>
   </x:si>
@@ -9783,50 +9762,68 @@
     <x:t xml:space="preserve">
 http://www.arboretum.illinois.edu                                                                                                                                                                     </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL1-808</x:t>
   </x:si>
   <x:si>
     <x:t>808</x:t>
   </x:si>
   <x:si>
     <x:t>1-808</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Aviation Lease                </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL0-355</x:t>
   </x:si>
   <x:si>
     <x:t>355</x:t>
   </x:si>
   <x:si>
     <x:t>1-355</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Budget &amp; Resource Planning    </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Aimee Heeter           </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">507 E. Green St               </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">aheeter </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1H1-NL-NL2-677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-677</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Capital Planning              </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Brian Bundren          </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">bundren </x:t>
   </x:si>
   <x:si>
     <x:t>1H1-NL-NL2-614</x:t>
   </x:si>
   <x:si>
     <x:t>614</x:t>
   </x:si>
   <x:si>
     <x:t>1-614</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Division of Public Safety     </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Matthew Ballinger      </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1110 W. Springfield           </x:t>
@@ -10692,60 +10689,60 @@
   <x:si>
     <x:t xml:space="preserve">Gretchen Lohman        </x:t>
   </x:si>
   <x:si>
     <x:t>333-3079</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">glohm2  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.uaps.uillinois.edu/                                                                                                                                                                          </x:t>
   </x:si>
   <x:si>
     <x:t>9D1-AH-AH2-360</x:t>
   </x:si>
   <x:si>
     <x:t>360</x:t>
   </x:si>
   <x:si>
     <x:t>9-360</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">CARLI                         </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Anne Craig             </x:t>
+    <x:t xml:space="preserve">Laurie Blandino        </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1704 Interstate Drive         </x:t>
   </x:si>
   <x:si>
     <x:t>244-7593</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">abcraig </x:t>
+    <x:t xml:space="preserve">laurieb </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">http://www.carli.illinois.edu/                                                                                                                                                                          </x:t>
   </x:si>
   <x:si>
     <x:t>9D1-AH-AH0-292</x:t>
   </x:si>
   <x:si>
     <x:t>9-292</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Digital Risk Office           </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Joe Barnes             </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">338 Henry Administration      </x:t>
   </x:si>
   <x:si>
     <x:t>jdbarns1</x:t>
   </x:si>
   <x:si>
     <x:t>9D1-AH-AH0-993</x:t>
   </x:si>
@@ -16387,20705 +16384,20703 @@
       </x:c>
       <x:c r="N80" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O80" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P80" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q80" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R80" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S80" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:19">
       <x:c r="A81" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s"/>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="Q81" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:19">
       <x:c r="A82" s="0" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="C82" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="B82" s="0" t="s">
+      <x:c r="D82" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="C82" s="0" t="s">
+      <x:c r="E82" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F82" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="D82" s="0" t="s">
+      <x:c r="G82" s="0" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>747</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s"/>
       <x:c r="J82" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P82" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q82" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="R82" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S82" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:19">
       <x:c r="A83" s="0" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="C83" s="0" t="s">
         <x:v>752</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>754</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s"/>
       <x:c r="F83" s="0" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s"/>
       <x:c r="J83" s="0" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="K83" s="0" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="L83" s="0" t="s">
         <x:v>757</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>759</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q83" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:19">
       <x:c r="A84" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s"/>
       <x:c r="C84" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s"/>
       <x:c r="H84" s="0" t="s"/>
       <x:c r="I84" s="0" t="s"/>
       <x:c r="J84" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s"/>
       <x:c r="L84" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P84" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="Q84" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="R84" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S84" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:19">
       <x:c r="A85" s="0" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="C85" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="B85" s="0" t="s">
+      <x:c r="D85" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="C85" s="0" t="s">
+      <x:c r="E85" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="D85" s="0" t="s">
+      <x:c r="G85" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="E85" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F85" s="0" t="s">
+      <x:c r="H85" s="0" t="s">
         <x:v>773</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s"/>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="Q85" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:19">
       <x:c r="A86" s="0" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="C86" s="0" t="s">
         <x:v>780</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>782</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="G86" s="0" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="H86" s="0" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>785</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s"/>
       <x:c r="J86" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="M86" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O86" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P86" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="Q86" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="R86" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S86" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:19">
       <x:c r="A87" s="0" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
         <x:v>790</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>792</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="G87" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
         <x:v>793</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>795</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s"/>
       <x:c r="J87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q87" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:19">
       <x:c r="A88" s="0" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="C88" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="B88" s="0" t="s">
+      <x:c r="D88" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="C88" s="0" t="s">
+      <x:c r="E88" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="D88" s="0" t="s">
+      <x:c r="G88" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="E88" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F88" s="0" t="s">
+      <x:c r="H88" s="0" t="s">
         <x:v>804</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s"/>
       <x:c r="J88" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P88" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="Q88" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="R88" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S88" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:19">
       <x:c r="A89" s="0" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="B89" s="0" t="s">
+      <x:c r="D89" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="C89" s="0" t="s">
+      <x:c r="E89" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="D89" s="0" t="s">
+      <x:c r="G89" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
-      <x:c r="E89" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F89" s="0" t="s">
+      <x:c r="H89" s="0" t="s">
         <x:v>815</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>817</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="Q89" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:19">
       <x:c r="A90" s="0" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
         <x:v>822</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>824</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="G90" s="0" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="H90" s="0" t="s">
         <x:v>825</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>827</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s"/>
       <x:c r="J90" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P90" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="Q90" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="R90" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S90" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:19">
       <x:c r="A91" s="0" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="B91" s="0" t="s">
+      <x:c r="D91" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="C91" s="0" t="s">
+      <x:c r="E91" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F91" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="D91" s="0" t="s">
+      <x:c r="G91" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="E91" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F91" s="0" t="s">
+      <x:c r="H91" s="0" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>838</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s"/>
       <x:c r="J91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="Q91" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:19">
       <x:c r="A92" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s"/>
       <x:c r="D92" s="0" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="E92" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
         <x:v>844</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>846</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s"/>
       <x:c r="I92" s="0" t="s"/>
       <x:c r="J92" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="M92" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O92" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P92" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="Q92" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="R92" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S92" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:19">
       <x:c r="A93" s="0" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
         <x:v>851</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>853</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
         <x:v>854</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>856</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s"/>
       <x:c r="J93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="Q93" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:19">
       <x:c r="A94" s="0" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
         <x:v>861</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>863</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="H94" s="0" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>866</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s"/>
       <x:c r="J94" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P94" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="Q94" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="R94" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S94" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:19">
       <x:c r="A95" s="0" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="B95" s="0" t="s">
+      <x:c r="D95" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="C95" s="0" t="s">
+      <x:c r="E95" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="D95" s="0" t="s">
+      <x:c r="G95" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="E95" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F95" s="0" t="s">
+      <x:c r="H95" s="0" t="s">
         <x:v>875</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>877</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s"/>
       <x:c r="J95" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="P95" s="0" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="Q95" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="P95" s="0" t="s">
+      <x:c r="R95" s="0" t="s">
         <x:v>881</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>883</x:v>
       </x:c>
       <x:c r="S95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:19">
       <x:c r="A96" s="0" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="B96" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C96" s="0" t="s">
+      <x:c r="E96" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="D96" s="0" t="s">
+      <x:c r="G96" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="H96" s="0" t="s">
         <x:v>886</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>888</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s"/>
       <x:c r="J96" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P96" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="Q96" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="R96" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S96" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:19">
       <x:c r="A97" s="0" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="B97" s="0" t="s">
+      <x:c r="D97" s="0" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="C97" s="0" t="s">
+      <x:c r="G97" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="D97" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F97" s="0" t="s">
+      <x:c r="H97" s="0" t="s">
         <x:v>896</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>898</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s"/>
       <x:c r="J97" s="0" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="K97" s="0" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="L97" s="0" t="s">
         <x:v>899</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>901</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="Q97" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:19">
       <x:c r="A98" s="0" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="B98" s="0" t="s">
+      <x:c r="D98" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="C98" s="0" t="s">
+      <x:c r="E98" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F98" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="D98" s="0" t="s">
+      <x:c r="G98" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="E98" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F98" s="0" t="s">
+      <x:c r="H98" s="0" t="s">
         <x:v>908</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>910</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s"/>
       <x:c r="J98" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P98" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="Q98" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="R98" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S98" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:19">
       <x:c r="A99" s="0" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="B99" s="0" t="s">
+      <x:c r="D99" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="C99" s="0" t="s">
+      <x:c r="E99" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
-      <x:c r="D99" s="0" t="s">
+      <x:c r="G99" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="E99" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F99" s="0" t="s">
+      <x:c r="H99" s="0" t="s">
         <x:v>919</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>921</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s"/>
       <x:c r="J99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="Q99" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:19">
       <x:c r="A100" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="C100" s="0" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="C100" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D100" s="0" t="s">
+      <x:c r="E100" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="G100" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="E100" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H100" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s"/>
       <x:c r="J100" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="L100" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="M100" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O100" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P100" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="Q100" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="R100" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S100" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:19">
       <x:c r="A101" s="0" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="C101" s="0" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="I101" s="0" t="s">
         <x:v>931</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>933</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q101" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:19">
       <x:c r="A102" s="0" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="B102" s="0" t="s">
+      <x:c r="D102" s="0" t="s">
         <x:v>938</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>940</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s"/>
       <x:c r="F102" s="0" t="s"/>
       <x:c r="G102" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s"/>
       <x:c r="I102" s="0" t="s"/>
       <x:c r="J102" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="L102" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="M102" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O102" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P102" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="Q102" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="R102" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S102" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:19">
       <x:c r="A103" s="0" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
         <x:v>946</x:v>
       </x:c>
-      <x:c r="B103" s="0" t="s">
+      <x:c r="E103" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
         <x:v>947</x:v>
       </x:c>
-      <x:c r="C103" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D103" s="0" t="s">
+      <x:c r="G103" s="0" t="s">
         <x:v>948</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>950</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s"/>
       <x:c r="I103" s="0" t="s"/>
       <x:c r="J103" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="Q103" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:19">
       <x:c r="A104" s="0" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="B104" s="0" t="s">
+      <x:c r="D104" s="0" t="s">
         <x:v>956</x:v>
       </x:c>
-      <x:c r="C104" s="0" t="s">
+      <x:c r="E104" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="D104" s="0" t="s">
+      <x:c r="G104" s="0" t="s">
         <x:v>958</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>960</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s"/>
       <x:c r="I104" s="0" t="s"/>
       <x:c r="J104" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="M104" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O104" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P104" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="Q104" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="R104" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S104" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:19">
       <x:c r="A105" s="0" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="B105" s="0" t="s">
+      <x:c r="G105" s="0" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="C105" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F105" s="0" t="s">
+      <x:c r="H105" s="0" t="s">
         <x:v>967</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>969</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s"/>
       <x:c r="J105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="Q105" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:19">
       <x:c r="A106" s="0" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="C106" s="0" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="B106" s="0" t="s">
+      <x:c r="D106" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
-      <x:c r="C106" s="0" t="s">
+      <x:c r="E106" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F106" s="0" t="s">
         <x:v>976</x:v>
       </x:c>
-      <x:c r="D106" s="0" t="s">
+      <x:c r="G106" s="0" t="s">
         <x:v>977</x:v>
       </x:c>
-      <x:c r="E106" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F106" s="0" t="s">
+      <x:c r="H106" s="0" t="s">
         <x:v>978</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>980</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s"/>
       <x:c r="J106" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P106" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="Q106" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="R106" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S106" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:19">
       <x:c r="A107" s="0" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="C107" s="0" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="B107" s="0" t="s">
+      <x:c r="D107" s="0" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
-      <x:c r="C107" s="0" t="s">
+      <x:c r="G107" s="0" t="s">
         <x:v>987</x:v>
       </x:c>
-      <x:c r="D107" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F107" s="0" t="s">
+      <x:c r="H107" s="0" t="s">
         <x:v>988</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>990</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s"/>
       <x:c r="J107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="Q107" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S107" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:19">
       <x:c r="A108" s="0" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="C108" s="0" t="s">
         <x:v>995</x:v>
       </x:c>
-      <x:c r="B108" s="0" t="s">
+      <x:c r="D108" s="0" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="E108" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F108" s="0" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="C108" s="0" t="s">
+      <x:c r="G108" s="0" t="s">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="D108" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H108" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s"/>
       <x:c r="J108" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P108" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="Q108" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="R108" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S108" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:19">
       <x:c r="A109" s="0" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="C109" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="B109" s="0" t="s">
+      <x:c r="D109" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="C109" s="0" t="s">
+      <x:c r="E109" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
         <x:v>1006</x:v>
       </x:c>
-      <x:c r="D109" s="0" t="s">
+      <x:c r="G109" s="0" t="s">
         <x:v>1007</x:v>
       </x:c>
-      <x:c r="E109" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s"/>
       <x:c r="J109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="Q109" s="0" t="s">
-        <x:v>1013</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="S109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:19">
       <x:c r="A110" s="0" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
-      <x:c r="B110" s="0" t="s">
+      <x:c r="D110" s="0" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="E110" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
-      <x:c r="C110" s="0" t="s">
+      <x:c r="G110" s="0" t="s">
         <x:v>1016</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1018</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s"/>
       <x:c r="I110" s="0" t="s"/>
       <x:c r="J110" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="M110" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O110" s="0" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="P110" s="0" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="Q110" s="0" t="s">
         <x:v>1021</x:v>
       </x:c>
-      <x:c r="P110" s="0" t="s">
+      <x:c r="R110" s="0" t="s">
         <x:v>1022</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1024</x:v>
       </x:c>
       <x:c r="S110" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:19">
       <x:c r="A111" s="0" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="C111" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
-      <x:c r="B111" s="0" t="s">
+      <x:c r="D111" s="0" t="s">
         <x:v>1026</x:v>
       </x:c>
-      <x:c r="C111" s="0" t="s">
+      <x:c r="E111" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="D111" s="0" t="s">
+      <x:c r="G111" s="0" t="s">
         <x:v>1028</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1030</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
-        <x:v>1031</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s"/>
       <x:c r="L111" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="Q111" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="S111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:19">
       <x:c r="A112" s="0" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="C112" s="0" t="s">
         <x:v>1035</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1037</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s"/>
       <x:c r="J112" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O112" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="P112" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="Q112" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="R112" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="S112" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:19">
       <x:c r="A113" s="0" t="s">
-        <x:v>1044</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
         <x:v>1016</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1018</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s"/>
       <x:c r="I113" s="0" t="s"/>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="Q113" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="S113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:19">
       <x:c r="A114" s="0" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="C114" s="0" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="E114" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F114" s="0" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="B114" s="0" t="s">
+      <x:c r="G114" s="0" t="s">
         <x:v>1051</x:v>
       </x:c>
-      <x:c r="C114" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F114" s="0" t="s">
+      <x:c r="H114" s="0" t="s">
         <x:v>1052</x:v>
       </x:c>
-      <x:c r="G114" s="0" t="s">
+      <x:c r="I114" s="0" t="s">
         <x:v>1053</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1055</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="P114" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="Q114" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="R114" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="S114" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:19">
       <x:c r="A115" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="E115" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="G115" s="0" t="s">
         <x:v>1016</x:v>
       </x:c>
-      <x:c r="D115" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s"/>
       <x:c r="J115" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="Q115" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="S115" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:19">
       <x:c r="A116" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="E116" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F116" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
-      <x:c r="C116" s="0" t="s">
+      <x:c r="G116" s="0" t="s">
         <x:v>1016</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1018</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s"/>
       <x:c r="I116" s="0" t="s"/>
       <x:c r="J116" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="P116" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="Q116" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="R116" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="S116" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:19">
       <x:c r="A117" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s"/>
       <x:c r="F117" s="0" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s"/>
       <x:c r="I117" s="0" t="s"/>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s"/>
       <x:c r="L117" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="Q117" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="S117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:19">
       <x:c r="A118" s="0" t="s">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="C118" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
-      <x:c r="B118" s="0" t="s">
+      <x:c r="D118" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="C118" s="0" t="s">
+      <x:c r="E118" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="D118" s="0" t="s">
+      <x:c r="G118" s="0" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="E118" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F118" s="0" t="s">
+      <x:c r="H118" s="0" t="s">
         <x:v>1079</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1081</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s"/>
       <x:c r="J118" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="P118" s="0" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="Q118" s="0" t="s">
         <x:v>1084</x:v>
       </x:c>
-      <x:c r="P118" s="0" t="s">
+      <x:c r="R118" s="0" t="s">
         <x:v>1085</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1087</x:v>
       </x:c>
       <x:c r="S118" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:19">
       <x:c r="A119" s="0" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="C119" s="0" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="E119" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F119" s="0" t="s">
         <x:v>1088</x:v>
       </x:c>
-      <x:c r="B119" s="0" t="s">
+      <x:c r="G119" s="0" t="s">
         <x:v>1089</x:v>
       </x:c>
-      <x:c r="C119" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F119" s="0" t="s">
+      <x:c r="H119" s="0" t="s">
         <x:v>1090</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1092</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s"/>
       <x:c r="J119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="Q119" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:19">
       <x:c r="A120" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="C120" s="0" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="C120" s="0" t="s">
+      <x:c r="E120" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F120" s="0" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="D120" s="0" t="s">
+      <x:c r="G120" s="0" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="E120" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F120" s="0" t="s">
+      <x:c r="H120" s="0" t="s">
         <x:v>1079</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1081</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s"/>
       <x:c r="J120" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="L120" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="M120" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O120" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P120" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="Q120" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="R120" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S120" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:19">
       <x:c r="A121" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="C121" s="0" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="C121" s="0" t="s">
+      <x:c r="E121" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="D121" s="0" t="s">
+      <x:c r="G121" s="0" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="E121" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F121" s="0" t="s">
+      <x:c r="H121" s="0" t="s">
         <x:v>1079</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1081</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s"/>
       <x:c r="J121" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="Q121" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:19">
       <x:c r="A122" s="0" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="C122" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
-      <x:c r="B122" s="0" t="s">
+      <x:c r="D122" s="0" t="s">
         <x:v>1107</x:v>
       </x:c>
-      <x:c r="C122" s="0" t="s">
+      <x:c r="E122" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F122" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
-      <x:c r="D122" s="0" t="s">
+      <x:c r="G122" s="0" t="s">
         <x:v>1109</x:v>
       </x:c>
-      <x:c r="E122" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H122" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s"/>
       <x:c r="J122" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="M122" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O122" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P122" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="Q122" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="R122" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S122" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:19">
       <x:c r="A123" s="0" t="s">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C123" s="0" t="s">
         <x:v>1115</x:v>
       </x:c>
-      <x:c r="B123" s="0" t="s">
+      <x:c r="D123" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="C123" s="0" t="s">
+      <x:c r="E123" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F123" s="0" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="D123" s="0" t="s">
+      <x:c r="G123" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="E123" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F123" s="0" t="s">
+      <x:c r="H123" s="0" t="s">
         <x:v>1119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1121</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s"/>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="Q123" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:19">
       <x:c r="A124" s="0" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F124" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
-      <x:c r="B124" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="D124" s="0" t="s">
+      <x:c r="G124" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="E124" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s"/>
       <x:c r="J124" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="M124" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O124" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P124" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q124" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="R124" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S124" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:19">
       <x:c r="A125" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C125" s="0" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="C125" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D125" s="0" t="s">
+      <x:c r="E125" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F125" s="0" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="G125" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="E125" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s"/>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="Q125" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S125" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:19">
       <x:c r="A126" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C126" s="0" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="C126" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D126" s="0" t="s">
+      <x:c r="E126" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F126" s="0" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="G126" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="E126" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s"/>
       <x:c r="J126" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="M126" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O126" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P126" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="Q126" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="R126" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S126" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:19">
       <x:c r="A127" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="C127" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D127" s="0" t="s">
+      <x:c r="E127" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="G127" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="E127" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s"/>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="Q127" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:19">
       <x:c r="A128" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C128" s="0" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="C128" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D128" s="0" t="s">
+      <x:c r="E128" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F128" s="0" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="G128" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="E128" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s"/>
       <x:c r="J128" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P128" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="Q128" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="R128" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S128" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:19">
       <x:c r="A129" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C129" s="0" t="s">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
         <x:v>1116</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1118</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s"/>
       <x:c r="F129" s="0" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>1120</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s"/>
       <x:c r="I129" s="0" t="s"/>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s"/>
       <x:c r="L129" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="Q129" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:19">
       <x:c r="A130" s="0" t="s">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="E130" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F130" s="0" t="s">
         <x:v>1155</x:v>
       </x:c>
-      <x:c r="B130" s="0" t="s">
+      <x:c r="G130" s="0" t="s">
         <x:v>1156</x:v>
       </x:c>
-      <x:c r="C130" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F130" s="0" t="s">
+      <x:c r="H130" s="0" t="s">
         <x:v>1157</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1159</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s"/>
       <x:c r="J130" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P130" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="Q130" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="R130" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S130" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:19">
       <x:c r="A131" s="0" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c r="C131" s="0" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="E131" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F131" s="0" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="G131" s="0" t="s">
         <x:v>1164</x:v>
       </x:c>
-      <x:c r="B131" s="0" t="s">
+      <x:c r="H131" s="0" t="s">
         <x:v>1165</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1167</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s"/>
       <x:c r="J131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="Q131" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="S131" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:19">
       <x:c r="A132" s="0" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="C132" s="0" t="s">
         <x:v>1172</x:v>
       </x:c>
-      <x:c r="B132" s="0" t="s">
+      <x:c r="D132" s="0" t="s">
         <x:v>1173</x:v>
       </x:c>
-      <x:c r="C132" s="0" t="s">
+      <x:c r="E132" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F132" s="0" t="s">
         <x:v>1174</x:v>
       </x:c>
-      <x:c r="D132" s="0" t="s">
+      <x:c r="G132" s="0" t="s">
         <x:v>1175</x:v>
       </x:c>
-      <x:c r="E132" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F132" s="0" t="s">
+      <x:c r="H132" s="0" t="s">
         <x:v>1176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1178</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s"/>
       <x:c r="J132" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="P132" s="0" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="Q132" s="0" t="s">
         <x:v>1181</x:v>
       </x:c>
-      <x:c r="P132" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R132" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="S132" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:19">
       <x:c r="A133" s="0" t="s">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="C133" s="0" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="E133" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
         <x:v>1184</x:v>
       </x:c>
-      <x:c r="B133" s="0" t="s">
+      <x:c r="G133" s="0" t="s">
         <x:v>1185</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1187</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s"/>
       <x:c r="I133" s="0" t="s"/>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="Q133" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="S133" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:19">
       <x:c r="A134" s="0" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="B134" s="0" t="s">
+      <x:c r="D134" s="0" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="C134" s="0" t="s">
+      <x:c r="E134" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
         <x:v>1194</x:v>
       </x:c>
-      <x:c r="D134" s="0" t="s">
+      <x:c r="G134" s="0" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="E134" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H134" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s"/>
       <x:c r="J134" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="P134" s="0" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="Q134" s="0" t="s">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="P134" s="0" t="s">
+      <x:c r="R134" s="0" t="s">
         <x:v>1201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1203</x:v>
       </x:c>
       <x:c r="S134" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:19">
       <x:c r="A135" s="0" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="C135" s="0" t="s">
         <x:v>1204</x:v>
       </x:c>
-      <x:c r="B135" s="0" t="s">
+      <x:c r="D135" s="0" t="s">
         <x:v>1205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1207</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s"/>
       <x:c r="F135" s="0" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s"/>
       <x:c r="I135" s="0" t="s"/>
       <x:c r="J135" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s"/>
       <x:c r="L135" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="Q135" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S135" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:19">
       <x:c r="A136" s="0" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="C136" s="0" t="s">
         <x:v>1212</x:v>
       </x:c>
-      <x:c r="B136" s="0" t="s">
+      <x:c r="D136" s="0" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="C136" s="0" t="s">
+      <x:c r="E136" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F136" s="0" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="D136" s="0" t="s">
+      <x:c r="G136" s="0" t="s">
         <x:v>1215</x:v>
       </x:c>
-      <x:c r="E136" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F136" s="0" t="s">
+      <x:c r="H136" s="0" t="s">
         <x:v>1216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1218</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s"/>
       <x:c r="J136" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P136" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="Q136" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="R136" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S136" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:19">
       <x:c r="A137" s="0" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="C137" s="0" t="s">
         <x:v>1223</x:v>
       </x:c>
-      <x:c r="B137" s="0" t="s">
+      <x:c r="D137" s="0" t="s">
         <x:v>1224</x:v>
       </x:c>
-      <x:c r="C137" s="0" t="s">
+      <x:c r="E137" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
         <x:v>1225</x:v>
       </x:c>
-      <x:c r="D137" s="0" t="s">
+      <x:c r="G137" s="0" t="s">
         <x:v>1226</x:v>
       </x:c>
-      <x:c r="E137" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F137" s="0" t="s">
+      <x:c r="H137" s="0" t="s">
         <x:v>1227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1229</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="Q137" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S137" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:19">
       <x:c r="A138" s="0" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="C138" s="0" t="s">
         <x:v>1234</x:v>
       </x:c>
-      <x:c r="B138" s="0" t="s">
+      <x:c r="D138" s="0" t="s">
         <x:v>1235</x:v>
       </x:c>
-      <x:c r="C138" s="0" t="s">
+      <x:c r="E138" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F138" s="0" t="s">
         <x:v>1236</x:v>
       </x:c>
-      <x:c r="D138" s="0" t="s">
+      <x:c r="G138" s="0" t="s">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="E138" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F138" s="0" t="s">
+      <x:c r="H138" s="0" t="s">
         <x:v>1238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1240</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O138" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P138" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="Q138" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="R138" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S138" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:19">
       <x:c r="A139" s="0" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="C139" s="0" t="s">
         <x:v>1245</x:v>
       </x:c>
-      <x:c r="B139" s="0" t="s">
+      <x:c r="D139" s="0" t="s">
         <x:v>1246</x:v>
       </x:c>
-      <x:c r="C139" s="0" t="s">
+      <x:c r="E139" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F139" s="0" t="s">
         <x:v>1247</x:v>
       </x:c>
-      <x:c r="D139" s="0" t="s">
+      <x:c r="G139" s="0" t="s">
         <x:v>1248</x:v>
       </x:c>
-      <x:c r="E139" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F139" s="0" t="s">
+      <x:c r="H139" s="0" t="s">
         <x:v>1249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1251</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s"/>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="Q139" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:19">
       <x:c r="A140" s="0" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="C140" s="0" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="B140" s="0" t="s">
+      <x:c r="D140" s="0" t="s">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="C140" s="0" t="s">
+      <x:c r="E140" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F140" s="0" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="D140" s="0" t="s">
+      <x:c r="G140" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
-      <x:c r="E140" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F140" s="0" t="s">
+      <x:c r="H140" s="0" t="s">
         <x:v>1260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1262</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s"/>
       <x:c r="J140" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="M140" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O140" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P140" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="Q140" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="R140" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S140" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:19">
       <x:c r="A141" s="0" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="C141" s="0" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="B141" s="0" t="s">
+      <x:c r="D141" s="0" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="C141" s="0" t="s">
+      <x:c r="E141" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F141" s="0" t="s">
         <x:v>1269</x:v>
       </x:c>
-      <x:c r="D141" s="0" t="s">
+      <x:c r="G141" s="0" t="s">
         <x:v>1270</x:v>
       </x:c>
-      <x:c r="E141" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F141" s="0" t="s">
+      <x:c r="H141" s="0" t="s">
         <x:v>1271</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1273</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s"/>
       <x:c r="J141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="Q141" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:19">
       <x:c r="A142" s="0" t="s">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="C142" s="0" t="s">
         <x:v>1278</x:v>
       </x:c>
-      <x:c r="B142" s="0" t="s">
+      <x:c r="D142" s="0" t="s">
         <x:v>1279</x:v>
       </x:c>
-      <x:c r="C142" s="0" t="s">
+      <x:c r="E142" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F142" s="0" t="s">
         <x:v>1280</x:v>
       </x:c>
-      <x:c r="D142" s="0" t="s">
+      <x:c r="G142" s="0" t="s">
         <x:v>1281</x:v>
       </x:c>
-      <x:c r="E142" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F142" s="0" t="s">
+      <x:c r="H142" s="0" t="s">
         <x:v>1282</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1284</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s"/>
       <x:c r="J142" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="L142" s="0" t="s">
-        <x:v>1286</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="M142" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O142" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P142" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="Q142" s="0" t="s">
-        <x:v>1288</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="R142" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S142" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:19">
       <x:c r="A143" s="0" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="C143" s="0" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="E143" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
-      <x:c r="B143" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C143" s="0" t="s">
+      <x:c r="G143" s="0" t="s">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
         <x:v>1290</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1292</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s"/>
       <x:c r="J143" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="Q143" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:19">
       <x:c r="A144" s="0" t="s">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="C144" s="0" t="s">
         <x:v>1297</x:v>
       </x:c>
-      <x:c r="B144" s="0" t="s">
+      <x:c r="D144" s="0" t="s">
         <x:v>1298</x:v>
       </x:c>
-      <x:c r="C144" s="0" t="s">
+      <x:c r="E144" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F144" s="0" t="s">
         <x:v>1299</x:v>
       </x:c>
-      <x:c r="D144" s="0" t="s">
+      <x:c r="G144" s="0" t="s">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="E144" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F144" s="0" t="s">
+      <x:c r="H144" s="0" t="s">
         <x:v>1301</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1303</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s"/>
       <x:c r="J144" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="M144" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O144" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P144" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="Q144" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="R144" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S144" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:19">
       <x:c r="A145" s="0" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="C145" s="0" t="s">
         <x:v>1308</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1310</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="G145" s="0" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
         <x:v>1311</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1313</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s"/>
       <x:c r="J145" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="Q145" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S145" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:19">
       <x:c r="A146" s="0" t="s">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>1317</x:v>
+      </x:c>
+      <x:c r="C146" s="0" t="s">
         <x:v>1318</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1320</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s"/>
       <x:c r="E146" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s"/>
       <x:c r="I146" s="0" t="s"/>
       <x:c r="J146" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="M146" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O146" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P146" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="Q146" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="R146" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S146" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:19">
       <x:c r="A147" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s"/>
       <x:c r="D147" s="0" t="s">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="E147" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F147" s="0" t="s">
+        <x:v>1328</x:v>
+      </x:c>
+      <x:c r="G147" s="0" t="s">
         <x:v>1329</x:v>
       </x:c>
-      <x:c r="E147" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F147" s="0" t="s">
+      <x:c r="H147" s="0" t="s">
         <x:v>1330</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1332</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s"/>
       <x:c r="J147" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="Q147" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:19">
       <x:c r="A148" s="0" t="s">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="C148" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
-      <x:c r="B148" s="0" t="s">
+      <x:c r="D148" s="0" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="E148" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F148" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
-      <x:c r="C148" s="0" t="s">
+      <x:c r="G148" s="0" t="s">
         <x:v>1339</x:v>
       </x:c>
-      <x:c r="D148" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F148" s="0" t="s">
+      <x:c r="H148" s="0" t="s">
         <x:v>1340</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1342</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s"/>
       <x:c r="J148" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="M148" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O148" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P148" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="Q148" s="0" t="s">
-        <x:v>1346</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="R148" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S148" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:19">
       <x:c r="A149" s="0" t="s">
+        <x:v>1345</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="C149" s="0" t="s">
         <x:v>1347</x:v>
       </x:c>
-      <x:c r="B149" s="0" t="s">
+      <x:c r="D149" s="0" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="E149" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F149" s="0" t="s">
         <x:v>1348</x:v>
       </x:c>
-      <x:c r="C149" s="0" t="s">
+      <x:c r="G149" s="0" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="D149" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F149" s="0" t="s">
+      <x:c r="H149" s="0" t="s">
         <x:v>1350</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1352</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s"/>
       <x:c r="J149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>1354</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="Q149" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S149" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:19">
       <x:c r="A150" s="0" t="s">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="C150" s="0" t="s">
         <x:v>1357</x:v>
       </x:c>
-      <x:c r="B150" s="0" t="s">
+      <x:c r="D150" s="0" t="s">
         <x:v>1358</x:v>
       </x:c>
-      <x:c r="C150" s="0" t="s">
+      <x:c r="E150" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F150" s="0" t="s">
         <x:v>1359</x:v>
       </x:c>
-      <x:c r="D150" s="0" t="s">
+      <x:c r="G150" s="0" t="s">
         <x:v>1360</x:v>
       </x:c>
-      <x:c r="E150" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F150" s="0" t="s">
+      <x:c r="H150" s="0" t="s">
         <x:v>1361</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1363</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s"/>
       <x:c r="J150" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="M150" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O150" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P150" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="Q150" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="R150" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S150" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:19">
       <x:c r="A151" s="0" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="C151" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
-      <x:c r="B151" s="0" t="s">
+      <x:c r="D151" s="0" t="s">
         <x:v>1369</x:v>
       </x:c>
-      <x:c r="C151" s="0" t="s">
+      <x:c r="E151" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F151" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
-      <x:c r="D151" s="0" t="s">
+      <x:c r="G151" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
-      <x:c r="E151" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F151" s="0" t="s">
+      <x:c r="H151" s="0" t="s">
         <x:v>1372</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1374</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s"/>
       <x:c r="J151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="Q151" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:19">
       <x:c r="A152" s="0" t="s">
+        <x:v>1377</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="C152" s="0" t="s">
         <x:v>1379</x:v>
       </x:c>
-      <x:c r="B152" s="0" t="s">
+      <x:c r="D152" s="0" t="s">
         <x:v>1380</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1382</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s"/>
       <x:c r="F152" s="0" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="G152" s="0" t="s">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="H152" s="0" t="s">
         <x:v>1383</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1385</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s"/>
       <x:c r="J152" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="M152" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O152" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P152" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="Q152" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="R152" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S152" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:19">
       <x:c r="A153" s="0" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="C153" s="0" t="s">
         <x:v>1390</x:v>
       </x:c>
-      <x:c r="B153" s="0" t="s">
+      <x:c r="D153" s="0" t="s">
         <x:v>1391</x:v>
       </x:c>
-      <x:c r="C153" s="0" t="s">
+      <x:c r="E153" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
         <x:v>1392</x:v>
       </x:c>
-      <x:c r="D153" s="0" t="s">
+      <x:c r="G153" s="0" t="s">
         <x:v>1393</x:v>
       </x:c>
-      <x:c r="E153" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F153" s="0" t="s">
+      <x:c r="H153" s="0" t="s">
         <x:v>1394</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1396</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s"/>
       <x:c r="J153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="Q153" s="0" t="s">
-        <x:v>1400</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:19">
       <x:c r="A154" s="0" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="C154" s="0" t="s">
         <x:v>1401</x:v>
       </x:c>
-      <x:c r="B154" s="0" t="s">
+      <x:c r="D154" s="0" t="s">
         <x:v>1402</x:v>
       </x:c>
-      <x:c r="C154" s="0" t="s">
+      <x:c r="E154" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F154" s="0" t="s">
         <x:v>1403</x:v>
       </x:c>
-      <x:c r="D154" s="0" t="s">
+      <x:c r="G154" s="0" t="s">
         <x:v>1404</x:v>
       </x:c>
-      <x:c r="E154" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F154" s="0" t="s">
+      <x:c r="H154" s="0" t="s">
         <x:v>1405</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1407</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s"/>
       <x:c r="J154" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="M154" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O154" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P154" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="Q154" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="R154" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S154" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:19">
       <x:c r="A155" s="0" t="s">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="C155" s="0" t="s">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="E155" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F155" s="0" t="s">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="G155" s="0" t="s">
         <x:v>1412</x:v>
       </x:c>
-      <x:c r="B155" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F155" s="0" t="s">
+      <x:c r="H155" s="0" t="s">
         <x:v>1311</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1313</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s"/>
       <x:c r="J155" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>1416</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="Q155" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S155" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:19">
       <x:c r="A156" s="0" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="C156" s="0" t="s">
         <x:v>1419</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1421</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>1423</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s"/>
       <x:c r="J156" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="L156" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="M156" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O156" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P156" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="Q156" s="0" t="s">
-        <x:v>1427</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="R156" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S156" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:19">
       <x:c r="A157" s="0" t="s">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>1427</x:v>
+      </x:c>
+      <x:c r="C157" s="0" t="s">
         <x:v>1428</x:v>
       </x:c>
-      <x:c r="B157" s="0" t="s">
+      <x:c r="D157" s="0" t="s">
         <x:v>1429</x:v>
       </x:c>
-      <x:c r="C157" s="0" t="s">
+      <x:c r="E157" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F157" s="0" t="s">
         <x:v>1430</x:v>
       </x:c>
-      <x:c r="D157" s="0" t="s">
+      <x:c r="G157" s="0" t="s">
         <x:v>1431</x:v>
       </x:c>
-      <x:c r="E157" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F157" s="0" t="s">
+      <x:c r="H157" s="0" t="s">
         <x:v>1432</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1434</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s"/>
       <x:c r="J157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>1437</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="Q157" s="0" t="s">
-        <x:v>1438</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S157" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:19">
       <x:c r="A158" s="0" t="s">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="C158" s="0" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="B158" s="0" t="s">
+      <x:c r="D158" s="0" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="C158" s="0" t="s">
+      <x:c r="E158" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F158" s="0" t="s">
         <x:v>1441</x:v>
       </x:c>
-      <x:c r="D158" s="0" t="s">
+      <x:c r="G158" s="0" t="s">
         <x:v>1442</x:v>
       </x:c>
-      <x:c r="E158" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F158" s="0" t="s">
+      <x:c r="H158" s="0" t="s">
         <x:v>1443</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1445</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s"/>
       <x:c r="J158" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="M158" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O158" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P158" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="Q158" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="R158" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S158" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:19">
       <x:c r="A159" s="0" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>1449</x:v>
+      </x:c>
+      <x:c r="C159" s="0" t="s">
         <x:v>1450</x:v>
       </x:c>
-      <x:c r="B159" s="0" t="s">
+      <x:c r="D159" s="0" t="s">
         <x:v>1451</x:v>
       </x:c>
-      <x:c r="C159" s="0" t="s">
+      <x:c r="E159" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F159" s="0" t="s">
         <x:v>1452</x:v>
       </x:c>
-      <x:c r="D159" s="0" t="s">
+      <x:c r="G159" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
-      <x:c r="E159" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F159" s="0" t="s">
+      <x:c r="H159" s="0" t="s">
         <x:v>1454</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1456</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s"/>
       <x:c r="J159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>1458</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="Q159" s="0" t="s">
-        <x:v>1460</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:19">
       <x:c r="A160" s="0" t="s">
+        <x:v>1459</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="C160" s="0" t="s">
         <x:v>1461</x:v>
       </x:c>
-      <x:c r="B160" s="0" t="s">
+      <x:c r="D160" s="0" t="s">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="E160" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F160" s="0" t="s">
         <x:v>1462</x:v>
       </x:c>
-      <x:c r="C160" s="0" t="s">
+      <x:c r="G160" s="0" t="s">
         <x:v>1463</x:v>
       </x:c>
-      <x:c r="D160" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F160" s="0" t="s">
+      <x:c r="H160" s="0" t="s">
         <x:v>1464</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1466</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s"/>
       <x:c r="J160" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
-        <x:v>1468</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P160" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="Q160" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="R160" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S160" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:19">
       <x:c r="A161" s="0" t="s">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>1470</x:v>
+      </x:c>
+      <x:c r="C161" s="0" t="s">
         <x:v>1471</x:v>
       </x:c>
-      <x:c r="B161" s="0" t="s">
+      <x:c r="D161" s="0" t="s">
         <x:v>1472</x:v>
       </x:c>
-      <x:c r="C161" s="0" t="s">
+      <x:c r="E161" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F161" s="0" t="s">
         <x:v>1473</x:v>
       </x:c>
-      <x:c r="D161" s="0" t="s">
+      <x:c r="G161" s="0" t="s">
         <x:v>1474</x:v>
       </x:c>
-      <x:c r="E161" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F161" s="0" t="s">
+      <x:c r="H161" s="0" t="s">
         <x:v>1475</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1477</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s"/>
       <x:c r="J161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="Q161" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S161" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:19">
       <x:c r="A162" s="0" t="s">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>1481</x:v>
+      </x:c>
+      <x:c r="C162" s="0" t="s">
         <x:v>1482</x:v>
       </x:c>
-      <x:c r="B162" s="0" t="s">
+      <x:c r="D162" s="0" t="s">
         <x:v>1483</x:v>
       </x:c>
-      <x:c r="C162" s="0" t="s">
+      <x:c r="E162" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F162" s="0" t="s">
         <x:v>1484</x:v>
       </x:c>
-      <x:c r="D162" s="0" t="s">
+      <x:c r="G162" s="0" t="s">
         <x:v>1485</x:v>
       </x:c>
-      <x:c r="E162" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H162" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s"/>
       <x:c r="J162" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O162" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P162" s="0" t="s">
-        <x:v>1490</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="Q162" s="0" t="s">
-        <x:v>1491</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="R162" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S162" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:19">
       <x:c r="A163" s="0" t="s">
+        <x:v>1490</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>1491</x:v>
+      </x:c>
+      <x:c r="C163" s="0" t="s">
         <x:v>1492</x:v>
       </x:c>
-      <x:c r="B163" s="0" t="s">
+      <x:c r="D163" s="0" t="s">
         <x:v>1493</x:v>
       </x:c>
-      <x:c r="C163" s="0" t="s">
+      <x:c r="E163" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F163" s="0" t="s">
         <x:v>1494</x:v>
       </x:c>
-      <x:c r="D163" s="0" t="s">
+      <x:c r="G163" s="0" t="s">
         <x:v>1495</x:v>
       </x:c>
-      <x:c r="E163" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F163" s="0" t="s">
+      <x:c r="H163" s="0" t="s">
         <x:v>1496</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1498</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s"/>
       <x:c r="J163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="Q163" s="0" t="s">
-        <x:v>1502</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S163" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:19">
       <x:c r="A164" s="0" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="C164" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
-      <x:c r="B164" s="0" t="s">
+      <x:c r="D164" s="0" t="s">
         <x:v>1504</x:v>
       </x:c>
-      <x:c r="C164" s="0" t="s">
+      <x:c r="E164" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F164" s="0" t="s">
         <x:v>1505</x:v>
       </x:c>
-      <x:c r="D164" s="0" t="s">
+      <x:c r="G164" s="0" t="s">
         <x:v>1506</x:v>
       </x:c>
-      <x:c r="E164" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F164" s="0" t="s">
+      <x:c r="H164" s="0" t="s">
         <x:v>1507</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1509</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P164" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="Q164" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="R164" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S164" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:19">
       <x:c r="A165" s="0" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="C165" s="0" t="s">
         <x:v>1514</x:v>
       </x:c>
-      <x:c r="B165" s="0" t="s">
+      <x:c r="D165" s="0" t="s">
         <x:v>1515</x:v>
       </x:c>
-      <x:c r="C165" s="0" t="s">
+      <x:c r="E165" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F165" s="0" t="s">
         <x:v>1516</x:v>
       </x:c>
-      <x:c r="D165" s="0" t="s">
+      <x:c r="G165" s="0" t="s">
         <x:v>1517</x:v>
       </x:c>
-      <x:c r="E165" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F165" s="0" t="s">
+      <x:c r="H165" s="0" t="s">
         <x:v>1518</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1520</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s"/>
       <x:c r="J165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>1521</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="Q165" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:19">
       <x:c r="A166" s="0" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>1524</x:v>
+      </x:c>
+      <x:c r="C166" s="0" t="s">
         <x:v>1525</x:v>
       </x:c>
-      <x:c r="B166" s="0" t="s">
+      <x:c r="D166" s="0" t="s">
         <x:v>1526</x:v>
       </x:c>
-      <x:c r="C166" s="0" t="s">
+      <x:c r="E166" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F166" s="0" t="s">
         <x:v>1527</x:v>
       </x:c>
-      <x:c r="D166" s="0" t="s">
+      <x:c r="G166" s="0" t="s">
         <x:v>1528</x:v>
       </x:c>
-      <x:c r="E166" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F166" s="0" t="s">
+      <x:c r="H166" s="0" t="s">
         <x:v>1529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1531</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s"/>
       <x:c r="J166" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P166" s="0" t="s">
-        <x:v>1534</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="Q166" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="R166" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S166" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:19">
       <x:c r="A167" s="0" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>1535</x:v>
+      </x:c>
+      <x:c r="C167" s="0" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="D167" s="0" t="s">
         <x:v>1536</x:v>
       </x:c>
-      <x:c r="B167" s="0" t="s">
+      <x:c r="E167" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F167" s="0" t="s">
         <x:v>1537</x:v>
       </x:c>
-      <x:c r="C167" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D167" s="0" t="s">
+      <x:c r="G167" s="0" t="s">
         <x:v>1538</x:v>
       </x:c>
-      <x:c r="E167" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F167" s="0" t="s">
+      <x:c r="H167" s="0" t="s">
         <x:v>1539</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1541</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s"/>
       <x:c r="J167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="Q167" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:19">
       <x:c r="A168" s="0" t="s">
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>1545</x:v>
+      </x:c>
+      <x:c r="C168" s="0" t="s">
         <x:v>1546</x:v>
       </x:c>
-      <x:c r="B168" s="0" t="s">
+      <x:c r="D168" s="0" t="s">
         <x:v>1547</x:v>
       </x:c>
-      <x:c r="C168" s="0" t="s">
+      <x:c r="E168" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F168" s="0" t="s">
         <x:v>1548</x:v>
       </x:c>
-      <x:c r="D168" s="0" t="s">
+      <x:c r="G168" s="0" t="s">
         <x:v>1549</x:v>
       </x:c>
-      <x:c r="E168" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F168" s="0" t="s">
+      <x:c r="H168" s="0" t="s">
         <x:v>1550</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1552</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s"/>
       <x:c r="J168" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
-        <x:v>1554</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O168" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P168" s="0" t="s">
-        <x:v>1556</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="Q168" s="0" t="s">
-        <x:v>1557</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="R168" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S168" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:19">
       <x:c r="A169" s="0" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>1556</x:v>
+      </x:c>
+      <x:c r="C169" s="0" t="s">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="s">
         <x:v>1558</x:v>
       </x:c>
-      <x:c r="B169" s="0" t="s">
+      <x:c r="E169" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
         <x:v>1559</x:v>
       </x:c>
-      <x:c r="C169" s="0" t="s">
+      <x:c r="G169" s="0" t="s">
         <x:v>1560</x:v>
       </x:c>
-      <x:c r="D169" s="0" t="s">
+      <x:c r="H169" s="0" t="s">
         <x:v>1561</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1564</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s"/>
       <x:c r="J169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="Q169" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:19">
       <x:c r="A170" s="0" t="s">
+        <x:v>1566</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>1567</x:v>
+      </x:c>
+      <x:c r="C170" s="0" t="s">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="s">
         <x:v>1569</x:v>
       </x:c>
-      <x:c r="B170" s="0" t="s">
+      <x:c r="E170" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F170" s="0" t="s">
         <x:v>1570</x:v>
       </x:c>
-      <x:c r="C170" s="0" t="s">
+      <x:c r="G170" s="0" t="s">
         <x:v>1571</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1574</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s"/>
       <x:c r="I170" s="0" t="s"/>
       <x:c r="J170" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="M170" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O170" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P170" s="0" t="s">
-        <x:v>1577</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="Q170" s="0" t="s">
-        <x:v>1578</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="R170" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S170" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:19">
       <x:c r="A171" s="0" t="s">
+        <x:v>1576</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>1577</x:v>
+      </x:c>
+      <x:c r="C171" s="0" t="s">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="s">
         <x:v>1579</x:v>
       </x:c>
-      <x:c r="B171" s="0" t="s">
+      <x:c r="E171" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
         <x:v>1580</x:v>
       </x:c>
-      <x:c r="C171" s="0" t="s">
+      <x:c r="G171" s="0" t="s">
         <x:v>1581</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1584</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s"/>
       <x:c r="I171" s="0" t="s"/>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>1585</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="Q171" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:19">
       <x:c r="A172" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="C172" s="0" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="C172" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D172" s="0" t="s">
+      <x:c r="E172" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F172" s="0" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="G172" s="0" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="E172" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H172" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s"/>
       <x:c r="J172" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P172" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="Q172" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="R172" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S172" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:19">
       <x:c r="A173" s="0" t="s">
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>1592</x:v>
+      </x:c>
+      <x:c r="C173" s="0" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="D173" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="E173" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F173" s="0" t="s">
         <x:v>1594</x:v>
       </x:c>
-      <x:c r="B173" s="0" t="s">
+      <x:c r="G173" s="0" t="s">
         <x:v>1595</x:v>
       </x:c>
-      <x:c r="C173" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s"/>
       <x:c r="J173" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>1601</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="Q173" s="0" t="s">
-        <x:v>1602</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:19">
       <x:c r="A174" s="0" t="s">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="C174" s="0" t="s">
+        <x:v>1602</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="s">
         <x:v>1603</x:v>
       </x:c>
-      <x:c r="B174" s="0" t="s">
+      <x:c r="E174" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F174" s="0" t="s">
         <x:v>1604</x:v>
       </x:c>
-      <x:c r="C174" s="0" t="s">
+      <x:c r="G174" s="0" t="s">
         <x:v>1605</x:v>
       </x:c>
-      <x:c r="D174" s="0" t="s">
+      <x:c r="H174" s="0" t="s">
         <x:v>1606</x:v>
       </x:c>
-      <x:c r="E174" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F174" s="0" t="s">
+      <x:c r="I174" s="0" t="s">
         <x:v>1607</x:v>
       </x:c>
-      <x:c r="G174" s="0" t="s">
+      <x:c r="J174" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K174" s="0" t="s">
         <x:v>1608</x:v>
       </x:c>
-      <x:c r="H174" s="0" t="s">
+      <x:c r="L174" s="0" t="s">
         <x:v>1609</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1612</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O174" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P174" s="0" t="s">
-        <x:v>1613</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="Q174" s="0" t="s">
-        <x:v>1614</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="R174" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S174" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:19">
       <x:c r="A175" s="0" t="s">
-        <x:v>1615</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>1616</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>1617</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s"/>
       <x:c r="F175" s="0" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>1618</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s"/>
       <x:c r="I175" s="0" t="s"/>
       <x:c r="J175" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s"/>
       <x:c r="L175" s="0" t="s">
-        <x:v>1619</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>1620</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="Q175" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:19">
       <x:c r="A176" s="0" t="s">
-        <x:v>1622</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="C176" s="0" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="D176" s="0" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="C176" s="0" t="s">
+      <x:c r="E176" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F176" s="0" t="s">
         <x:v>1194</x:v>
       </x:c>
-      <x:c r="D176" s="0" t="s">
+      <x:c r="G176" s="0" t="s">
         <x:v>1195</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1197</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s"/>
       <x:c r="J176" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P176" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q176" s="0" t="s">
-        <x:v>1625</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="R176" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S176" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:19">
       <x:c r="A177" s="0" t="s">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>1624</x:v>
+      </x:c>
+      <x:c r="C177" s="0" t="s">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="D177" s="0" t="s">
         <x:v>1626</x:v>
       </x:c>
-      <x:c r="B177" s="0" t="s">
+      <x:c r="E177" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
         <x:v>1627</x:v>
       </x:c>
-      <x:c r="C177" s="0" t="s">
+      <x:c r="G177" s="0" t="s">
         <x:v>1628</x:v>
       </x:c>
-      <x:c r="D177" s="0" t="s">
+      <x:c r="H177" s="0" t="s">
         <x:v>1629</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1632</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s"/>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>1635</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="Q177" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:19">
       <x:c r="A178" s="0" t="s">
+        <x:v>1634</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>1635</x:v>
+      </x:c>
+      <x:c r="C178" s="0" t="s">
+        <x:v>1636</x:v>
+      </x:c>
+      <x:c r="D178" s="0" t="s">
         <x:v>1637</x:v>
       </x:c>
-      <x:c r="B178" s="0" t="s">
+      <x:c r="E178" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F178" s="0" t="s">
         <x:v>1638</x:v>
       </x:c>
-      <x:c r="C178" s="0" t="s">
+      <x:c r="G178" s="0" t="s">
         <x:v>1639</x:v>
       </x:c>
-      <x:c r="D178" s="0" t="s">
+      <x:c r="H178" s="0" t="s">
         <x:v>1640</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1643</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s"/>
       <x:c r="J178" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P178" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="Q178" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="R178" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S178" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:19">
       <x:c r="A179" s="0" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>1646</x:v>
+      </x:c>
+      <x:c r="C179" s="0" t="s">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="D179" s="0" t="s">
         <x:v>1648</x:v>
       </x:c>
-      <x:c r="B179" s="0" t="s">
+      <x:c r="E179" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
         <x:v>1649</x:v>
       </x:c>
-      <x:c r="C179" s="0" t="s">
+      <x:c r="G179" s="0" t="s">
         <x:v>1650</x:v>
       </x:c>
-      <x:c r="D179" s="0" t="s">
+      <x:c r="H179" s="0" t="s">
         <x:v>1651</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1654</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s"/>
       <x:c r="J179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>1655</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q179" s="0" t="s">
-        <x:v>1657</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:19">
       <x:c r="A180" s="0" t="s">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="C180" s="0" t="s">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="D180" s="0" t="s">
         <x:v>1658</x:v>
       </x:c>
-      <x:c r="B180" s="0" t="s">
+      <x:c r="E180" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F180" s="0" t="s">
         <x:v>1659</x:v>
       </x:c>
-      <x:c r="C180" s="0" t="s">
+      <x:c r="G180" s="0" t="s">
         <x:v>1660</x:v>
       </x:c>
-      <x:c r="D180" s="0" t="s">
+      <x:c r="H180" s="0" t="s">
         <x:v>1661</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1664</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s"/>
       <x:c r="J180" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>1665</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
-        <x:v>1666</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P180" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="Q180" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="R180" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S180" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:19">
       <x:c r="A181" s="0" t="s">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>1667</x:v>
+      </x:c>
+      <x:c r="C181" s="0" t="s">
+        <x:v>1668</x:v>
+      </x:c>
+      <x:c r="D181" s="0" t="s">
+        <x:v>1626</x:v>
+      </x:c>
+      <x:c r="E181" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
         <x:v>1669</x:v>
       </x:c>
-      <x:c r="B181" s="0" t="s">
+      <x:c r="G181" s="0" t="s">
         <x:v>1670</x:v>
       </x:c>
-      <x:c r="C181" s="0" t="s">
+      <x:c r="H181" s="0" t="s">
         <x:v>1671</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1674</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s"/>
       <x:c r="J181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>1676</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>1677</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="Q181" s="0" t="s">
-        <x:v>1678</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:19">
       <x:c r="A182" s="0" t="s">
-        <x:v>1679</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>1682</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s"/>
       <x:c r="J182" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
-        <x:v>1685</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P182" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="Q182" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="R182" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S182" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:19">
       <x:c r="A183" s="0" t="s">
+        <x:v>1686</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="C183" s="0" t="s">
+        <x:v>1688</x:v>
+      </x:c>
+      <x:c r="D183" s="0" t="s">
         <x:v>1689</x:v>
       </x:c>
-      <x:c r="B183" s="0" t="s">
+      <x:c r="E183" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
         <x:v>1690</x:v>
       </x:c>
-      <x:c r="C183" s="0" t="s">
+      <x:c r="G183" s="0" t="s">
         <x:v>1691</x:v>
       </x:c>
-      <x:c r="D183" s="0" t="s">
+      <x:c r="H183" s="0" t="s">
         <x:v>1692</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1695</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s"/>
       <x:c r="J183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>1696</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>1697</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>1698</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="Q183" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:19">
       <x:c r="A184" s="0" t="s">
+        <x:v>1697</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>1698</x:v>
+      </x:c>
+      <x:c r="C184" s="0" t="s">
+        <x:v>1699</x:v>
+      </x:c>
+      <x:c r="D184" s="0" t="s">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="B184" s="0" t="s">
+      <x:c r="E184" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F184" s="0" t="s">
         <x:v>1701</x:v>
       </x:c>
-      <x:c r="C184" s="0" t="s">
+      <x:c r="G184" s="0" t="s">
         <x:v>1702</x:v>
       </x:c>
-      <x:c r="D184" s="0" t="s">
+      <x:c r="H184" s="0" t="s">
         <x:v>1703</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1706</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s"/>
       <x:c r="J184" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>1707</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P184" s="0" t="s">
-        <x:v>1709</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="Q184" s="0" t="s">
-        <x:v>1710</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="R184" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S184" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:19">
       <x:c r="A185" s="0" t="s">
+        <x:v>1708</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>1709</x:v>
+      </x:c>
+      <x:c r="C185" s="0" t="s">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
         <x:v>1711</x:v>
       </x:c>
-      <x:c r="B185" s="0" t="s">
+      <x:c r="E185" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F185" s="0" t="s">
         <x:v>1712</x:v>
       </x:c>
-      <x:c r="C185" s="0" t="s">
+      <x:c r="G185" s="0" t="s">
         <x:v>1713</x:v>
       </x:c>
-      <x:c r="D185" s="0" t="s">
+      <x:c r="H185" s="0" t="s">
         <x:v>1714</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1717</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s"/>
       <x:c r="J185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>1718</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q185" s="0" t="s">
-        <x:v>1720</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:19">
       <x:c r="A186" s="0" t="s">
+        <x:v>1718</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>1719</x:v>
+      </x:c>
+      <x:c r="C186" s="0" t="s">
+        <x:v>1720</x:v>
+      </x:c>
+      <x:c r="D186" s="0" t="s">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="E186" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F186" s="0" t="s">
         <x:v>1721</x:v>
       </x:c>
-      <x:c r="B186" s="0" t="s">
+      <x:c r="G186" s="0" t="s">
         <x:v>1722</x:v>
       </x:c>
-      <x:c r="C186" s="0" t="s">
+      <x:c r="H186" s="0" t="s">
         <x:v>1723</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1726</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s"/>
       <x:c r="J186" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>1727</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
-        <x:v>1728</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P186" s="0" t="s">
-        <x:v>1729</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="Q186" s="0" t="s">
-        <x:v>1730</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="R186" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S186" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:19">
       <x:c r="A187" s="0" t="s">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>1729</x:v>
+      </x:c>
+      <x:c r="C187" s="0" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="D187" s="0" t="s">
+        <x:v>1536</x:v>
+      </x:c>
+      <x:c r="E187" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F187" s="0" t="s">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="G187" s="0" t="s">
         <x:v>1731</x:v>
       </x:c>
-      <x:c r="B187" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s"/>
       <x:c r="J187" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>1735</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>1736</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="Q187" s="0" t="s">
-        <x:v>1738</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:19">
       <x:c r="A188" s="0" t="s">
+        <x:v>1736</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>1737</x:v>
+      </x:c>
+      <x:c r="C188" s="0" t="s">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="D188" s="0" t="s">
         <x:v>1739</x:v>
       </x:c>
-      <x:c r="B188" s="0" t="s">
+      <x:c r="E188" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F188" s="0" t="s">
         <x:v>1740</x:v>
       </x:c>
-      <x:c r="C188" s="0" t="s">
+      <x:c r="G188" s="0" t="s">
         <x:v>1741</x:v>
       </x:c>
-      <x:c r="D188" s="0" t="s">
+      <x:c r="H188" s="0" t="s">
         <x:v>1742</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1745</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s"/>
       <x:c r="J188" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>1746</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P188" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="Q188" s="0" t="s">
-        <x:v>1749</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="R188" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S188" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:19">
       <x:c r="A189" s="0" t="s">
+        <x:v>1747</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>1748</x:v>
+      </x:c>
+      <x:c r="C189" s="0" t="s">
+        <x:v>1749</x:v>
+      </x:c>
+      <x:c r="D189" s="0" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="E189" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F189" s="0" t="s">
         <x:v>1750</x:v>
       </x:c>
-      <x:c r="B189" s="0" t="s">
+      <x:c r="G189" s="0" t="s">
         <x:v>1751</x:v>
       </x:c>
-      <x:c r="C189" s="0" t="s">
+      <x:c r="H189" s="0" t="s">
         <x:v>1752</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1755</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s"/>
       <x:c r="J189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>1756</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>1758</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="Q189" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:19">
       <x:c r="A190" s="0" t="s">
+        <x:v>1757</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>1758</x:v>
+      </x:c>
+      <x:c r="C190" s="0" t="s">
+        <x:v>1759</x:v>
+      </x:c>
+      <x:c r="D190" s="0" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="E190" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F190" s="0" t="s">
         <x:v>1760</x:v>
       </x:c>
-      <x:c r="B190" s="0" t="s">
+      <x:c r="G190" s="0" t="s">
         <x:v>1761</x:v>
       </x:c>
-      <x:c r="C190" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H190" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s"/>
       <x:c r="J190" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>1765</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
-        <x:v>1766</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P190" s="0" t="s">
-        <x:v>1767</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="Q190" s="0" t="s">
-        <x:v>1768</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="R190" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S190" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:19">
       <x:c r="A191" s="0" t="s">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="C191" s="0" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="D191" s="0" t="s">
         <x:v>1769</x:v>
       </x:c>
-      <x:c r="B191" s="0" t="s">
+      <x:c r="E191" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F191" s="0" t="s">
         <x:v>1770</x:v>
       </x:c>
-      <x:c r="C191" s="0" t="s">
+      <x:c r="G191" s="0" t="s">
         <x:v>1771</x:v>
       </x:c>
-      <x:c r="D191" s="0" t="s">
+      <x:c r="H191" s="0" t="s">
         <x:v>1772</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1775</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s"/>
       <x:c r="J191" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s"/>
       <x:c r="L191" s="0" t="s">
-        <x:v>1776</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="Q191" s="0" t="s">
-        <x:v>1778</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:19">
       <x:c r="A192" s="0" t="s">
-        <x:v>1779</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="D192" s="0" t="s">
+        <x:v>1769</x:v>
+      </x:c>
+      <x:c r="E192" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F192" s="0" t="s">
+        <x:v>1770</x:v>
+      </x:c>
+      <x:c r="G192" s="0" t="s">
         <x:v>1771</x:v>
       </x:c>
-      <x:c r="D192" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>1781</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s"/>
       <x:c r="J192" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
-        <x:v>1783</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P192" s="0" t="s">
-        <x:v>1784</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="Q192" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="R192" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S192" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:19">
       <x:c r="A193" s="0" t="s">
+        <x:v>1783</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>1784</x:v>
+      </x:c>
+      <x:c r="C193" s="0" t="s">
+        <x:v>1785</x:v>
+      </x:c>
+      <x:c r="D193" s="0" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="E193" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F193" s="0" t="s">
         <x:v>1786</x:v>
       </x:c>
-      <x:c r="B193" s="0" t="s">
+      <x:c r="G193" s="0" t="s">
         <x:v>1787</x:v>
       </x:c>
-      <x:c r="C193" s="0" t="s">
+      <x:c r="H193" s="0" t="s">
         <x:v>1788</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1791</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s"/>
       <x:c r="J193" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>1792</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>1794</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="Q193" s="0" t="s">
-        <x:v>1795</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:19">
       <x:c r="A194" s="0" t="s">
+        <x:v>1793</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>1794</x:v>
+      </x:c>
+      <x:c r="C194" s="0" t="s">
+        <x:v>1795</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="E194" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F194" s="0" t="s">
         <x:v>1796</x:v>
       </x:c>
-      <x:c r="B194" s="0" t="s">
+      <x:c r="G194" s="0" t="s">
         <x:v>1797</x:v>
       </x:c>
-      <x:c r="C194" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H194" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s"/>
       <x:c r="J194" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
-        <x:v>1801</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
-        <x:v>1802</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P194" s="0" t="s">
-        <x:v>1803</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="Q194" s="0" t="s">
-        <x:v>1804</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="R194" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S194" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:19">
       <x:c r="A195" s="0" t="s">
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>1803</x:v>
+      </x:c>
+      <x:c r="C195" s="0" t="s">
+        <x:v>1699</x:v>
+      </x:c>
+      <x:c r="D195" s="0" t="s">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="E195" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F195" s="0" t="s">
+        <x:v>1627</x:v>
+      </x:c>
+      <x:c r="G195" s="0" t="s">
         <x:v>1805</x:v>
       </x:c>
-      <x:c r="B195" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s"/>
       <x:c r="J195" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>1809</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>1810</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="Q195" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:19">
       <x:c r="A196" s="0" t="s">
-        <x:v>1813</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>1814</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>1807</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>1815</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>1631</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s"/>
       <x:c r="J196" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
-        <x:v>1817</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P196" s="0" t="s">
-        <x:v>1818</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="Q196" s="0" t="s">
-        <x:v>1819</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="R196" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S196" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:19">
       <x:c r="A197" s="0" t="s">
+        <x:v>1817</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>1818</x:v>
+      </x:c>
+      <x:c r="C197" s="0" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="D197" s="0" t="s">
+        <x:v>1819</x:v>
+      </x:c>
+      <x:c r="E197" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
         <x:v>1820</x:v>
       </x:c>
-      <x:c r="B197" s="0" t="s">
+      <x:c r="G197" s="0" t="s">
         <x:v>1821</x:v>
       </x:c>
-      <x:c r="C197" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D197" s="0" t="s">
+      <x:c r="H197" s="0" t="s">
         <x:v>1822</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1825</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s"/>
       <x:c r="J197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>1826</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>1827</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>1828</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="Q197" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:19">
       <x:c r="A198" s="0" t="s">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>1828</x:v>
+      </x:c>
+      <x:c r="C198" s="0" t="s">
+        <x:v>1829</x:v>
+      </x:c>
+      <x:c r="D198" s="0" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="E198" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F198" s="0" t="s">
         <x:v>1830</x:v>
       </x:c>
-      <x:c r="B198" s="0" t="s">
+      <x:c r="G198" s="0" t="s">
         <x:v>1831</x:v>
       </x:c>
-      <x:c r="C198" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H198" s="0" t="s">
-        <x:v>1791</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s"/>
       <x:c r="J198" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
-        <x:v>1792</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
-        <x:v>1835</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P198" s="0" t="s">
-        <x:v>1836</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="Q198" s="0" t="s">
-        <x:v>1837</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="R198" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S198" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:19">
       <x:c r="A199" s="0" t="s">
-        <x:v>1838</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>1840</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>1843</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s"/>
       <x:c r="J199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>1844</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>1845</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>1846</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="Q199" s="0" t="s">
-        <x:v>1847</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:19">
       <x:c r="A200" s="0" t="s">
+        <x:v>1845</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>1846</x:v>
+      </x:c>
+      <x:c r="C200" s="0" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="D200" s="0" t="s">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="E200" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F200" s="0" t="s">
         <x:v>1848</x:v>
       </x:c>
-      <x:c r="B200" s="0" t="s">
+      <x:c r="G200" s="0" t="s">
         <x:v>1849</x:v>
       </x:c>
-      <x:c r="C200" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D200" s="0" t="s">
+      <x:c r="H200" s="0" t="s">
         <x:v>1850</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1853</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s"/>
       <x:c r="J200" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
-        <x:v>1854</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
-        <x:v>1855</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P200" s="0" t="s">
-        <x:v>1856</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="Q200" s="0" t="s">
-        <x:v>1857</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="R200" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S200" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:19">
       <x:c r="A201" s="0" t="s">
+        <x:v>1855</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="C201" s="0" t="s">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="D201" s="0" t="s">
         <x:v>1858</x:v>
       </x:c>
-      <x:c r="B201" s="0" t="s">
+      <x:c r="E201" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F201" s="0" t="s">
         <x:v>1859</x:v>
       </x:c>
-      <x:c r="C201" s="0" t="s">
+      <x:c r="G201" s="0" t="s">
         <x:v>1860</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1863</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s"/>
       <x:c r="I201" s="0" t="s"/>
       <x:c r="J201" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>1866</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="Q201" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:19">
       <x:c r="A202" s="0" t="s">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>1866</x:v>
+      </x:c>
+      <x:c r="C202" s="0" t="s">
+        <x:v>1867</x:v>
+      </x:c>
+      <x:c r="D202" s="0" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="E202" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F202" s="0" t="s">
         <x:v>1868</x:v>
       </x:c>
-      <x:c r="B202" s="0" t="s">
+      <x:c r="G202" s="0" t="s">
         <x:v>1869</x:v>
       </x:c>
-      <x:c r="C202" s="0" t="s">
+      <x:c r="H202" s="0" t="s">
         <x:v>1870</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1873</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s"/>
       <x:c r="J202" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>1874</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P202" s="0" t="s">
-        <x:v>1876</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="Q202" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="R202" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S202" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:19">
       <x:c r="A203" s="0" t="s">
+        <x:v>1875</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>1876</x:v>
+      </x:c>
+      <x:c r="C203" s="0" t="s">
+        <x:v>1877</x:v>
+      </x:c>
+      <x:c r="D203" s="0" t="s">
         <x:v>1878</x:v>
       </x:c>
-      <x:c r="B203" s="0" t="s">
+      <x:c r="E203" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
         <x:v>1879</x:v>
       </x:c>
-      <x:c r="C203" s="0" t="s">
+      <x:c r="G203" s="0" t="s">
         <x:v>1880</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1883</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s"/>
       <x:c r="I203" s="0" t="s"/>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="Q203" s="0" t="s">
-        <x:v>1887</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:19">
       <x:c r="A204" s="0" t="s">
+        <x:v>1885</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>1886</x:v>
+      </x:c>
+      <x:c r="C204" s="0" t="s">
+        <x:v>1887</x:v>
+      </x:c>
+      <x:c r="D204" s="0" t="s">
         <x:v>1888</x:v>
       </x:c>
-      <x:c r="B204" s="0" t="s">
+      <x:c r="E204" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F204" s="0" t="s">
         <x:v>1889</x:v>
       </x:c>
-      <x:c r="C204" s="0" t="s">
+      <x:c r="G204" s="0" t="s">
         <x:v>1890</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1893</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s"/>
       <x:c r="I204" s="0" t="s"/>
       <x:c r="J204" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
-        <x:v>1894</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
-        <x:v>1895</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P204" s="0" t="s">
-        <x:v>1896</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="Q204" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="R204" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S204" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:19">
       <x:c r="A205" s="0" t="s">
+        <x:v>1895</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>1896</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="s">
+        <x:v>1637</x:v>
+      </x:c>
+      <x:c r="E205" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
+        <x:v>1897</x:v>
+      </x:c>
+      <x:c r="G205" s="0" t="s">
         <x:v>1898</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1901</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s"/>
       <x:c r="I205" s="0" t="s"/>
       <x:c r="J205" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>1902</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>1903</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>1904</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="Q205" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:19">
       <x:c r="A206" s="0" t="s">
+        <x:v>1903</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>1904</x:v>
+      </x:c>
+      <x:c r="C206" s="0" t="s">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="D206" s="0" t="s">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="E206" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F206" s="0" t="s">
+        <x:v>1905</x:v>
+      </x:c>
+      <x:c r="G206" s="0" t="s">
         <x:v>1906</x:v>
       </x:c>
-      <x:c r="B206" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s"/>
       <x:c r="J206" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
-        <x:v>1910</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="P206" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="Q206" s="0" t="s">
-        <x:v>1913</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="R206" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="S206" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:19">
       <x:c r="A207" s="0" t="s">
+        <x:v>1911</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="C207" s="0" t="s">
+        <x:v>1913</x:v>
+      </x:c>
+      <x:c r="D207" s="0" t="s">
         <x:v>1914</x:v>
       </x:c>
-      <x:c r="B207" s="0" t="s">
+      <x:c r="E207" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F207" s="0" t="s">
         <x:v>1915</x:v>
       </x:c>
-      <x:c r="C207" s="0" t="s">
+      <x:c r="G207" s="0" t="s">
         <x:v>1916</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1919</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s"/>
       <x:c r="I207" s="0" t="s"/>
       <x:c r="J207" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>1920</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>1921</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="P207" s="0" t="s">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="Q207" s="0" t="s">
+        <x:v>1921</x:v>
+      </x:c>
+      <x:c r="R207" s="0" t="s">
         <x:v>1922</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1925</x:v>
       </x:c>
       <x:c r="S207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:19">
       <x:c r="A208" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="C208" s="0" t="s">
+        <x:v>1924</x:v>
+      </x:c>
+      <x:c r="D208" s="0" t="s">
+        <x:v>1914</x:v>
+      </x:c>
+      <x:c r="E208" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F208" s="0" t="s">
         <x:v>1915</x:v>
       </x:c>
-      <x:c r="C208" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G208" s="0" t="s">
-        <x:v>1919</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s"/>
       <x:c r="J208" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O208" s="0" t="s">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="P208" s="0" t="s">
+        <x:v>1927</x:v>
+      </x:c>
+      <x:c r="Q208" s="0" t="s">
+        <x:v>1928</x:v>
+      </x:c>
+      <x:c r="R208" s="0" t="s">
         <x:v>1922</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1925</x:v>
       </x:c>
       <x:c r="S208" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:19">
       <x:c r="A209" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="C209" s="0" t="s">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="D209" s="0" t="s">
+        <x:v>1914</x:v>
+      </x:c>
+      <x:c r="E209" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F209" s="0" t="s">
         <x:v>1915</x:v>
       </x:c>
-      <x:c r="C209" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>1919</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s"/>
       <x:c r="I209" s="0" t="s"/>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s"/>
       <x:c r="L209" s="0" t="s">
-        <x:v>1934</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="P209" s="0" t="s">
+        <x:v>1932</x:v>
+      </x:c>
+      <x:c r="Q209" s="0" t="s">
+        <x:v>1933</x:v>
+      </x:c>
+      <x:c r="R209" s="0" t="s">
         <x:v>1922</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1925</x:v>
       </x:c>
       <x:c r="S209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:19">
       <x:c r="A210" s="0" t="s">
+        <x:v>1934</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="C210" s="0" t="s">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="D210" s="0" t="s">
         <x:v>1937</x:v>
       </x:c>
-      <x:c r="B210" s="0" t="s">
+      <x:c r="E210" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F210" s="0" t="s">
         <x:v>1938</x:v>
       </x:c>
-      <x:c r="C210" s="0" t="s">
+      <x:c r="G210" s="0" t="s">
         <x:v>1939</x:v>
       </x:c>
-      <x:c r="D210" s="0" t="s">
+      <x:c r="H210" s="0" t="s">
         <x:v>1940</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1943</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s"/>
       <x:c r="J210" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
-        <x:v>1945</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O210" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P210" s="0" t="s">
+        <x:v>1944</x:v>
+      </x:c>
+      <x:c r="Q210" s="0" t="s">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="R210" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S210" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:19">
       <x:c r="A211" s="0" t="s">
-        <x:v>1950</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="C211" s="0" t="s">
+        <x:v>1948</x:v>
+      </x:c>
+      <x:c r="D211" s="0" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="E211" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F211" s="0" t="s">
         <x:v>1938</x:v>
       </x:c>
-      <x:c r="C211" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D211" s="0" t="s">
+      <x:c r="G211" s="0" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
         <x:v>1940</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1943</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s"/>
       <x:c r="J211" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>1952</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P211" s="0" t="s">
+        <x:v>1950</x:v>
+      </x:c>
+      <x:c r="Q211" s="0" t="s">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="R211" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:19">
       <x:c r="A212" s="0" t="s">
-        <x:v>1955</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="C212" s="0" t="s">
+        <x:v>1948</x:v>
+      </x:c>
+      <x:c r="D212" s="0" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="E212" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F212" s="0" t="s">
         <x:v>1938</x:v>
       </x:c>
-      <x:c r="C212" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D212" s="0" t="s">
+      <x:c r="G212" s="0" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="H212" s="0" t="s">
         <x:v>1940</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1943</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s"/>
       <x:c r="J212" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
-        <x:v>1956</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O212" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P212" s="0" t="s">
+        <x:v>1954</x:v>
+      </x:c>
+      <x:c r="Q212" s="0" t="s">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="R212" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S212" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:19">
       <x:c r="A213" s="0" t="s">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>1957</x:v>
+      </x:c>
+      <x:c r="C213" s="0" t="s">
+        <x:v>1958</x:v>
+      </x:c>
+      <x:c r="D213" s="0" t="s">
         <x:v>1959</x:v>
       </x:c>
-      <x:c r="B213" s="0" t="s">
+      <x:c r="E213" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F213" s="0" t="s">
         <x:v>1960</x:v>
       </x:c>
-      <x:c r="C213" s="0" t="s">
+      <x:c r="G213" s="0" t="s">
         <x:v>1961</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1964</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s"/>
       <x:c r="I213" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s"/>
       <x:c r="L213" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P213" s="0" t="s">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="Q213" s="0" t="s">
+        <x:v>1964</x:v>
+      </x:c>
+      <x:c r="R213" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:19">
       <x:c r="A214" s="0" t="s">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>1966</x:v>
+      </x:c>
+      <x:c r="C214" s="0" t="s">
+        <x:v>1967</x:v>
+      </x:c>
+      <x:c r="D214" s="0" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="E214" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F214" s="0" t="s">
         <x:v>1968</x:v>
       </x:c>
-      <x:c r="B214" s="0" t="s">
+      <x:c r="G214" s="0" t="s">
         <x:v>1969</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1972</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s"/>
       <x:c r="J214" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
-        <x:v>1973</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
-        <x:v>1974</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O214" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P214" s="0" t="s">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="Q214" s="0" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="R214" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S214" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:19">
       <x:c r="A215" s="0" t="s">
+        <x:v>1974</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="C215" s="0" t="s">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="D215" s="0" t="s">
         <x:v>1977</x:v>
       </x:c>
-      <x:c r="B215" s="0" t="s">
+      <x:c r="E215" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F215" s="0" t="s">
         <x:v>1978</x:v>
       </x:c>
-      <x:c r="C215" s="0" t="s">
+      <x:c r="G215" s="0" t="s">
         <x:v>1979</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1982</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s"/>
       <x:c r="I215" s="0" t="s"/>
       <x:c r="J215" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>1983</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>1984</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P215" s="0" t="s">
+        <x:v>1982</x:v>
+      </x:c>
+      <x:c r="Q215" s="0" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="R215" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S215" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:19">
       <x:c r="A216" s="0" t="s">
-        <x:v>1987</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="C216" s="0" t="s">
+        <x:v>1948</x:v>
+      </x:c>
+      <x:c r="D216" s="0" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="E216" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F216" s="0" t="s">
         <x:v>1938</x:v>
       </x:c>
-      <x:c r="C216" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>1942</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
-        <x:v>1988</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s"/>
       <x:c r="J216" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
-        <x:v>1989</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
-        <x:v>1990</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O216" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P216" s="0" t="s">
+        <x:v>1988</x:v>
+      </x:c>
+      <x:c r="Q216" s="0" t="s">
+        <x:v>1989</x:v>
+      </x:c>
+      <x:c r="R216" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S216" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:19">
       <x:c r="A217" s="0" t="s">
+        <x:v>1990</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="C217" s="0" t="s">
+        <x:v>1992</x:v>
+      </x:c>
+      <x:c r="D217" s="0" t="s">
         <x:v>1993</x:v>
       </x:c>
-      <x:c r="B217" s="0" t="s">
+      <x:c r="E217" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F217" s="0" t="s">
         <x:v>1994</x:v>
       </x:c>
-      <x:c r="C217" s="0" t="s">
+      <x:c r="G217" s="0" t="s">
         <x:v>1995</x:v>
       </x:c>
-      <x:c r="D217" s="0" t="s">
+      <x:c r="H217" s="0" t="s">
         <x:v>1996</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1999</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s"/>
       <x:c r="J217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>2000</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>2001</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P217" s="0" t="s">
+        <x:v>1999</x:v>
+      </x:c>
+      <x:c r="Q217" s="0" t="s">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="R217" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:19">
       <x:c r="A218" s="0" t="s">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="C218" s="0" t="s">
+        <x:v>2002</x:v>
+      </x:c>
+      <x:c r="D218" s="0" t="s">
+        <x:v>1993</x:v>
+      </x:c>
+      <x:c r="E218" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F218" s="0" t="s">
+        <x:v>2003</x:v>
+      </x:c>
+      <x:c r="G218" s="0" t="s">
+        <x:v>1995</x:v>
+      </x:c>
+      <x:c r="H218" s="0" t="s">
         <x:v>2004</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>2007</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s"/>
       <x:c r="J218" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
-        <x:v>2008</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
-        <x:v>2009</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O218" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P218" s="0" t="s">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="Q218" s="0" t="s">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="R218" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S218" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:19">
       <x:c r="A219" s="0" t="s">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="C219" s="0" t="s">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="D219" s="0" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E219" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F219" s="0" t="s">
         <x:v>2012</x:v>
       </x:c>
-      <x:c r="B219" s="0" t="s">
+      <x:c r="G219" s="0" t="s">
         <x:v>2013</x:v>
       </x:c>
-      <x:c r="C219" s="0" t="s">
+      <x:c r="H219" s="0" t="s">
         <x:v>2014</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2017</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s"/>
       <x:c r="J219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>2018</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>2019</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P219" s="0" t="s">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="Q219" s="0" t="s">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="R219" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:19">
       <x:c r="A220" s="0" t="s">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="C220" s="0" t="s">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="D220" s="0" t="s">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B220" s="0" t="s">
+      <x:c r="E220" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F220" s="0" t="s">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="C220" s="0" t="s">
+      <x:c r="G220" s="0" t="s">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="D220" s="0" t="s">
+      <x:c r="H220" s="0" t="s">
         <x:v>2025</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2028</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s"/>
       <x:c r="J220" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
-        <x:v>2030</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O220" s="0" t="s">
-        <x:v>1946</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="P220" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q220" s="0" t="s">
-        <x:v>2031</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="R220" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="S220" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:19">
       <x:c r="A221" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="C221" s="0" t="s">
+        <x:v>2030</x:v>
+      </x:c>
+      <x:c r="D221" s="0" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="E221" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F221" s="0" t="s">
         <x:v>1938</x:v>
       </x:c>
-      <x:c r="C221" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>1942</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s"/>
       <x:c r="I221" s="0" t="s"/>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s"/>
       <x:c r="L221" s="0" t="s">
-        <x:v>2034</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="P221" s="0" t="s">
+        <x:v>2032</x:v>
+      </x:c>
+      <x:c r="Q221" s="0" t="s">
+        <x:v>2033</x:v>
+      </x:c>
+      <x:c r="R221" s="0" t="s">
         <x:v>1946</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1949</x:v>
       </x:c>
       <x:c r="S221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:19">
       <x:c r="A222" s="0" t="s">
+        <x:v>2034</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>2035</x:v>
+      </x:c>
+      <x:c r="C222" s="0" t="s">
+        <x:v>2036</x:v>
+      </x:c>
+      <x:c r="D222" s="0" t="s">
         <x:v>2037</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2040</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s"/>
       <x:c r="G222" s="0" t="s">
-        <x:v>2041</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O222" s="0" t="s">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="P222" s="0" t="s">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="Q222" s="0" t="s">
+        <x:v>2044</x:v>
+      </x:c>
+      <x:c r="R222" s="0" t="s">
         <x:v>2045</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2048</x:v>
       </x:c>
       <x:c r="S222" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:19">
       <x:c r="A223" s="0" t="s">
+        <x:v>2046</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="C223" s="0" t="s">
+        <x:v>2048</x:v>
+      </x:c>
+      <x:c r="D223" s="0" t="s">
         <x:v>2049</x:v>
       </x:c>
-      <x:c r="B223" s="0" t="s">
+      <x:c r="E223" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F223" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="C223" s="0" t="s">
+      <x:c r="G223" s="0" t="s">
         <x:v>2051</x:v>
       </x:c>
-      <x:c r="D223" s="0" t="s">
+      <x:c r="H223" s="0" t="s">
         <x:v>2052</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2055</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s"/>
       <x:c r="J223" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P223" s="0" t="s">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="Q223" s="0" t="s">
+        <x:v>2057</x:v>
+      </x:c>
+      <x:c r="R223" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S223" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:19">
       <x:c r="A224" s="0" t="s">
-        <x:v>2062</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="C224" s="0" t="s">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="D224" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="E224" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F224" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="C224" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>2054</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>2064</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s"/>
       <x:c r="J224" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
-        <x:v>2065</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
-        <x:v>2066</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O224" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P224" s="0" t="s">
+        <x:v>2064</x:v>
+      </x:c>
+      <x:c r="Q224" s="0" t="s">
+        <x:v>2065</x:v>
+      </x:c>
+      <x:c r="R224" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S224" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:19">
       <x:c r="A225" s="0" t="s">
+        <x:v>2066</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="C225" s="0" t="s">
+        <x:v>2068</x:v>
+      </x:c>
+      <x:c r="D225" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="E225" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F225" s="0" t="s">
         <x:v>2069</x:v>
       </x:c>
-      <x:c r="B225" s="0" t="s">
+      <x:c r="G225" s="0" t="s">
         <x:v>2070</x:v>
       </x:c>
-      <x:c r="C225" s="0" t="s">
+      <x:c r="H225" s="0" t="s">
         <x:v>2071</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2074</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s"/>
       <x:c r="J225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>2075</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>2076</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P225" s="0" t="s">
+        <x:v>2074</x:v>
+      </x:c>
+      <x:c r="Q225" s="0" t="s">
+        <x:v>2075</x:v>
+      </x:c>
+      <x:c r="R225" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:19">
       <x:c r="A226" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>2063</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="E226" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F226" s="0" t="s">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="G226" s="0" t="s">
+        <x:v>2078</x:v>
+      </x:c>
+      <x:c r="H226" s="0" t="s">
         <x:v>2052</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2055</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s"/>
       <x:c r="J226" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O226" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P226" s="0" t="s">
+        <x:v>2081</x:v>
+      </x:c>
+      <x:c r="Q226" s="0" t="s">
+        <x:v>2082</x:v>
+      </x:c>
+      <x:c r="R226" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S226" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:19">
       <x:c r="A227" s="0" t="s">
+        <x:v>2083</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>2084</x:v>
+      </x:c>
+      <x:c r="C227" s="0" t="s">
+        <x:v>2085</x:v>
+      </x:c>
+      <x:c r="D227" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="E227" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F227" s="0" t="s">
         <x:v>2086</x:v>
       </x:c>
-      <x:c r="B227" s="0" t="s">
+      <x:c r="G227" s="0" t="s">
         <x:v>2087</x:v>
       </x:c>
-      <x:c r="C227" s="0" t="s">
+      <x:c r="H227" s="0" t="s">
         <x:v>2088</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2091</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s"/>
       <x:c r="J227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>2092</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>2093</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P227" s="0" t="s">
+        <x:v>2091</x:v>
+      </x:c>
+      <x:c r="Q227" s="0" t="s">
+        <x:v>2092</x:v>
+      </x:c>
+      <x:c r="R227" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:19">
       <x:c r="A228" s="0" t="s">
+        <x:v>2093</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>2094</x:v>
+      </x:c>
+      <x:c r="C228" s="0" t="s">
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="D228" s="0" t="s">
         <x:v>2096</x:v>
       </x:c>
-      <x:c r="B228" s="0" t="s">
+      <x:c r="E228" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F228" s="0" t="s">
         <x:v>2097</x:v>
       </x:c>
-      <x:c r="C228" s="0" t="s">
+      <x:c r="G228" s="0" t="s">
         <x:v>2098</x:v>
       </x:c>
-      <x:c r="D228" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H228" s="0" t="s">
-        <x:v>2055</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s"/>
       <x:c r="J228" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
-        <x:v>2102</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
-        <x:v>2103</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O228" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P228" s="0" t="s">
+        <x:v>2101</x:v>
+      </x:c>
+      <x:c r="Q228" s="0" t="s">
+        <x:v>2102</x:v>
+      </x:c>
+      <x:c r="R228" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S228" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:19">
       <x:c r="A229" s="0" t="s">
-        <x:v>2106</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="C229" s="0" t="s">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="D229" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="E229" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F229" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="C229" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D229" s="0" t="s">
+      <x:c r="G229" s="0" t="s">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
         <x:v>2052</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2055</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s"/>
       <x:c r="J229" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>2107</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P229" s="0" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="Q229" s="0" t="s">
+        <x:v>2105</x:v>
+      </x:c>
+      <x:c r="R229" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:19">
       <x:c r="A230" s="0" t="s">
-        <x:v>2109</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="C230" s="0" t="s">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="D230" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="E230" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F230" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="C230" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D230" s="0" t="s">
+      <x:c r="G230" s="0" t="s">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="H230" s="0" t="s">
         <x:v>2052</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2055</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s"/>
       <x:c r="J230" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
-        <x:v>2110</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O230" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P230" s="0" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="Q230" s="0" t="s">
+        <x:v>2108</x:v>
+      </x:c>
+      <x:c r="R230" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S230" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:19">
       <x:c r="A231" s="0" t="s">
+        <x:v>2109</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>2110</x:v>
+      </x:c>
+      <x:c r="C231" s="0" t="s">
+        <x:v>2111</x:v>
+      </x:c>
+      <x:c r="D231" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="E231" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F231" s="0" t="s">
         <x:v>2112</x:v>
       </x:c>
-      <x:c r="B231" s="0" t="s">
+      <x:c r="G231" s="0" t="s">
         <x:v>2113</x:v>
       </x:c>
-      <x:c r="C231" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D231" s="0" t="s">
+      <x:c r="H231" s="0" t="s">
         <x:v>2052</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2055</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s"/>
       <x:c r="J231" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>2117</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>2118</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P231" s="0" t="s">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="Q231" s="0" t="s">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="R231" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:19">
       <x:c r="A232" s="0" t="s">
-        <x:v>2121</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="C232" s="0" t="s">
+        <x:v>2048</x:v>
+      </x:c>
+      <x:c r="D232" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="E232" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F232" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="C232" s="0" t="s">
+      <x:c r="G232" s="0" t="s">
         <x:v>2051</x:v>
       </x:c>
-      <x:c r="D232" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H232" s="0" t="s">
-        <x:v>2122</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s"/>
       <x:c r="J232" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
-        <x:v>2123</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="M232" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O232" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="P232" s="0" t="s">
+        <x:v>2121</x:v>
+      </x:c>
+      <x:c r="Q232" s="0" t="s">
+        <x:v>2122</x:v>
+      </x:c>
+      <x:c r="R232" s="0" t="s">
         <x:v>2058</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2061</x:v>
       </x:c>
       <x:c r="S232" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:19">
       <x:c r="A233" s="0" t="s">
-        <x:v>2126</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>2127</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>2128</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>2081</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>2055</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>2129</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>2130</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q233" s="0" t="s">
-        <x:v>2131</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>2061</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="S233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:19">
       <x:c r="A234" s="0" t="s">
+        <x:v>2129</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>2130</x:v>
+      </x:c>
+      <x:c r="C234" s="0" t="s">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="D234" s="0" t="s">
+        <x:v>1558</x:v>
+      </x:c>
+      <x:c r="E234" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F234" s="0" t="s">
+        <x:v>2131</x:v>
+      </x:c>
+      <x:c r="G234" s="0" t="s">
         <x:v>2132</x:v>
       </x:c>
-      <x:c r="B234" s="0" t="s">
+      <x:c r="H234" s="0" t="s">
         <x:v>2133</x:v>
       </x:c>
-      <x:c r="C234" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F234" s="0" t="s">
+      <x:c r="I234" s="0" t="s">
         <x:v>2134</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2137</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
-        <x:v>2138</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
-        <x:v>2139</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="M234" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O234" s="0" t="s">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="P234" s="0" t="s">
+        <x:v>2138</x:v>
+      </x:c>
+      <x:c r="Q234" s="0" t="s">
+        <x:v>2139</x:v>
+      </x:c>
+      <x:c r="R234" s="0" t="s">
         <x:v>2140</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2143</x:v>
       </x:c>
       <x:c r="S234" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:19">
       <x:c r="A235" s="0" t="s">
+        <x:v>2141</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>2142</x:v>
+      </x:c>
+      <x:c r="C235" s="0" t="s">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="D235" s="0" t="s">
         <x:v>2144</x:v>
       </x:c>
-      <x:c r="B235" s="0" t="s">
+      <x:c r="E235" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
         <x:v>2145</x:v>
       </x:c>
-      <x:c r="C235" s="0" t="s">
+      <x:c r="G235" s="0" t="s">
         <x:v>2146</x:v>
       </x:c>
-      <x:c r="D235" s="0" t="s">
+      <x:c r="H235" s="0" t="s">
         <x:v>2147</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2150</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s"/>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>2151</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>2152</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="P235" s="0" t="s">
+        <x:v>2150</x:v>
+      </x:c>
+      <x:c r="Q235" s="0" t="s">
+        <x:v>2151</x:v>
+      </x:c>
+      <x:c r="R235" s="0" t="s">
         <x:v>2140</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2143</x:v>
       </x:c>
       <x:c r="S235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:19">
       <x:c r="A236" s="0" t="s">
+        <x:v>2152</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>2153</x:v>
+      </x:c>
+      <x:c r="C236" s="0" t="s">
+        <x:v>2154</x:v>
+      </x:c>
+      <x:c r="D236" s="0" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E236" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F236" s="0" t="s">
         <x:v>2155</x:v>
       </x:c>
-      <x:c r="B236" s="0" t="s">
+      <x:c r="G236" s="0" t="s">
         <x:v>2156</x:v>
       </x:c>
-      <x:c r="C236" s="0" t="s">
+      <x:c r="H236" s="0" t="s">
         <x:v>2157</x:v>
       </x:c>
-      <x:c r="D236" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F236" s="0" t="s">
+      <x:c r="I236" s="0" t="s">
         <x:v>2158</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2161</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
-        <x:v>2162</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
-        <x:v>2163</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="P236" s="0" t="s">
+        <x:v>2161</x:v>
+      </x:c>
+      <x:c r="Q236" s="0" t="s">
+        <x:v>2162</x:v>
+      </x:c>
+      <x:c r="R236" s="0" t="s">
         <x:v>2140</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2143</x:v>
       </x:c>
       <x:c r="S236" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:19">
       <x:c r="A237" s="0" t="s">
+        <x:v>2163</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>2164</x:v>
+      </x:c>
+      <x:c r="C237" s="0" t="s">
+        <x:v>2165</x:v>
+      </x:c>
+      <x:c r="D237" s="0" t="s">
         <x:v>2166</x:v>
       </x:c>
-      <x:c r="B237" s="0" t="s">
+      <x:c r="E237" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F237" s="0" t="s">
         <x:v>2167</x:v>
       </x:c>
-      <x:c r="C237" s="0" t="s">
+      <x:c r="G237" s="0" t="s">
         <x:v>2168</x:v>
       </x:c>
-      <x:c r="D237" s="0" t="s">
+      <x:c r="H237" s="0" t="s">
         <x:v>2169</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2172</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s"/>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>2173</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>2174</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="P237" s="0" t="s">
+        <x:v>2172</x:v>
+      </x:c>
+      <x:c r="Q237" s="0" t="s">
+        <x:v>2173</x:v>
+      </x:c>
+      <x:c r="R237" s="0" t="s">
         <x:v>2140</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2143</x:v>
       </x:c>
       <x:c r="S237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:19">
       <x:c r="A238" s="0" t="s">
+        <x:v>2174</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>2175</x:v>
+      </x:c>
+      <x:c r="C238" s="0" t="s">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="D238" s="0" t="s">
         <x:v>2177</x:v>
       </x:c>
-      <x:c r="B238" s="0" t="s">
+      <x:c r="E238" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F238" s="0" t="s">
         <x:v>2178</x:v>
       </x:c>
-      <x:c r="C238" s="0" t="s">
+      <x:c r="G238" s="0" t="s">
         <x:v>2179</x:v>
       </x:c>
-      <x:c r="D238" s="0" t="s">
+      <x:c r="H238" s="0" t="s">
         <x:v>2180</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2183</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s"/>
       <x:c r="J238" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>2184</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
-        <x:v>2185</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="M238" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O238" s="0" t="s">
+        <x:v>2183</x:v>
+      </x:c>
+      <x:c r="P238" s="0" t="s">
+        <x:v>2184</x:v>
+      </x:c>
+      <x:c r="Q238" s="0" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="R238" s="0" t="s">
         <x:v>2186</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2189</x:v>
       </x:c>
       <x:c r="S238" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:19">
       <x:c r="A239" s="0" t="s">
-        <x:v>2190</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>2191</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>2192</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>2193</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>2194</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>2195</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>2196</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>2197</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>2198</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>2199</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="Q239" s="0" t="s">
-        <x:v>2200</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>2190</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="S239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:19">
       <x:c r="A240" s="0" t="s">
+        <x:v>2198</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>2199</x:v>
+      </x:c>
+      <x:c r="C240" s="0" t="s">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="D240" s="0" t="s">
         <x:v>2201</x:v>
       </x:c>
-      <x:c r="B240" s="0" t="s">
+      <x:c r="E240" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F240" s="0" t="s">
         <x:v>2202</x:v>
       </x:c>
-      <x:c r="C240" s="0" t="s">
+      <x:c r="G240" s="0" t="s">
         <x:v>2203</x:v>
       </x:c>
-      <x:c r="D240" s="0" t="s">
+      <x:c r="H240" s="0" t="s">
         <x:v>2204</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2207</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s"/>
       <x:c r="J240" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
-        <x:v>2208</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
-        <x:v>2209</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
-        <x:v>2210</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="P240" s="0" t="s">
-        <x:v>2211</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="Q240" s="0" t="s">
-        <x:v>2212</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="R240" s="0" t="s">
-        <x:v>2201</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="S240" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:19">
       <x:c r="A241" s="0" t="s">
-        <x:v>2213</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s"/>
       <x:c r="C241" s="0" t="s"/>
       <x:c r="D241" s="0" t="s"/>
       <x:c r="E241" s="0" t="s"/>
       <x:c r="F241" s="0" t="s"/>
       <x:c r="G241" s="0" t="s"/>
       <x:c r="H241" s="0" t="s"/>
       <x:c r="I241" s="0" t="s"/>
       <x:c r="J241" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s"/>
       <x:c r="L241" s="0" t="s">
-        <x:v>2214</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="P241" s="0" t="s">
+        <x:v>2213</x:v>
+      </x:c>
+      <x:c r="Q241" s="0" t="s">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="R241" s="0" t="s">
         <x:v>2215</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2218</x:v>
       </x:c>
       <x:c r="S241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:19">
       <x:c r="A242" s="0" t="s">
+        <x:v>2216</x:v>
+      </x:c>
+      <x:c r="B242" s="0" t="s">
+        <x:v>2217</x:v>
+      </x:c>
+      <x:c r="C242" s="0" t="s">
+        <x:v>2218</x:v>
+      </x:c>
+      <x:c r="D242" s="0" t="s">
         <x:v>2219</x:v>
       </x:c>
-      <x:c r="B242" s="0" t="s">
+      <x:c r="E242" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F242" s="0" t="s">
         <x:v>2220</x:v>
       </x:c>
-      <x:c r="C242" s="0" t="s">
+      <x:c r="G242" s="0" t="s">
         <x:v>2221</x:v>
       </x:c>
-      <x:c r="D242" s="0" t="s">
+      <x:c r="H242" s="0" t="s">
         <x:v>2222</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2225</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s"/>
       <x:c r="J242" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
-        <x:v>2226</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="L242" s="0" t="s">
-        <x:v>2227</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="M242" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+      <x:c r="P242" s="0" t="s">
+        <x:v>2226</x:v>
+      </x:c>
+      <x:c r="Q242" s="0" t="s">
+        <x:v>2227</x:v>
+      </x:c>
+      <x:c r="R242" s="0" t="s">
         <x:v>2228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2231</x:v>
       </x:c>
       <x:c r="S242" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:19">
       <x:c r="A243" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>2220</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>2233</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s"/>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>2235</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>2236</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+      <x:c r="P243" s="0" t="s">
+        <x:v>2234</x:v>
+      </x:c>
+      <x:c r="Q243" s="0" t="s">
+        <x:v>2235</x:v>
+      </x:c>
+      <x:c r="R243" s="0" t="s">
         <x:v>2228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2231</x:v>
       </x:c>
       <x:c r="S243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:19">
       <x:c r="A244" s="0" t="s">
-        <x:v>2239</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>2220</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>2233</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>2240</x:v>
+        <x:v>2237</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s"/>
       <x:c r="J244" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
-        <x:v>2242</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="M244" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O244" s="0" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+      <x:c r="P244" s="0" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="Q244" s="0" t="s">
+        <x:v>2240</x:v>
+      </x:c>
+      <x:c r="R244" s="0" t="s">
         <x:v>2228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2231</x:v>
       </x:c>
       <x:c r="S244" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:19">
       <x:c r="A245" s="0" t="s">
+        <x:v>2241</x:v>
+      </x:c>
+      <x:c r="B245" s="0" t="s">
+        <x:v>2217</x:v>
+      </x:c>
+      <x:c r="C245" s="0" t="s">
+        <x:v>2242</x:v>
+      </x:c>
+      <x:c r="D245" s="0" t="s">
+        <x:v>2243</x:v>
+      </x:c>
+      <x:c r="E245" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F245" s="0" t="s">
         <x:v>2244</x:v>
       </x:c>
-      <x:c r="B245" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s"/>
       <x:c r="I245" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>2248</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>2249</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+      <x:c r="P245" s="0" t="s">
+        <x:v>2247</x:v>
+      </x:c>
+      <x:c r="Q245" s="0" t="s">
+        <x:v>2248</x:v>
+      </x:c>
+      <x:c r="R245" s="0" t="s">
         <x:v>2228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2231</x:v>
       </x:c>
       <x:c r="S245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:19">
       <x:c r="A246" s="0" t="s">
-        <x:v>2252</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>2253</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>2233</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>2223</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>2254</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s"/>
       <x:c r="J246" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s"/>
       <x:c r="L246" s="0" t="s">
-        <x:v>2255</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+      <x:c r="P246" s="0" t="s">
+        <x:v>2253</x:v>
+      </x:c>
+      <x:c r="Q246" s="0" t="s">
+        <x:v>2254</x:v>
+      </x:c>
+      <x:c r="R246" s="0" t="s">
         <x:v>2228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2231</x:v>
       </x:c>
       <x:c r="S246" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:19">
       <x:c r="A247" s="0" t="s">
-        <x:v>2258</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>2220</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>2259</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>2222</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s"/>
       <x:c r="F247" s="0" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s"/>
       <x:c r="I247" s="0" t="s"/>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s"/>
       <x:c r="L247" s="0" t="s">
-        <x:v>2260</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+      <x:c r="P247" s="0" t="s">
+        <x:v>2258</x:v>
+      </x:c>
+      <x:c r="Q247" s="0" t="s">
+        <x:v>2259</x:v>
+      </x:c>
+      <x:c r="R247" s="0" t="s">
         <x:v>2228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2231</x:v>
       </x:c>
       <x:c r="S247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:19">
       <x:c r="A248" s="0" t="s">
+        <x:v>2260</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>2261</x:v>
+      </x:c>
+      <x:c r="C248" s="0" t="s">
+        <x:v>2262</x:v>
+      </x:c>
+      <x:c r="D248" s="0" t="s">
         <x:v>2263</x:v>
       </x:c>
-      <x:c r="B248" s="0" t="s">
+      <x:c r="E248" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F248" s="0" t="s">
         <x:v>2264</x:v>
       </x:c>
-      <x:c r="C248" s="0" t="s">
+      <x:c r="G248" s="0" t="s">
         <x:v>2265</x:v>
       </x:c>
-      <x:c r="D248" s="0" t="s">
+      <x:c r="H248" s="0" t="s">
         <x:v>2266</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2269</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
-        <x:v>2270</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="L248" s="0" t="s">
-        <x:v>2271</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="P248" s="0" t="s">
+        <x:v>2270</x:v>
+      </x:c>
+      <x:c r="Q248" s="0" t="s">
+        <x:v>2271</x:v>
+      </x:c>
+      <x:c r="R248" s="0" t="s">
         <x:v>2272</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2275</x:v>
       </x:c>
       <x:c r="S248" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:19">
       <x:c r="A249" s="0" t="s">
-        <x:v>2276</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>2264</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
+        <x:v>2262</x:v>
+      </x:c>
+      <x:c r="D249" s="0" t="s">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="E249" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>2274</x:v>
+      </x:c>
+      <x:c r="G249" s="0" t="s">
         <x:v>2265</x:v>
       </x:c>
-      <x:c r="D249" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>2278</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>2279</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>2280</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="P249" s="0" t="s">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="Q249" s="0" t="s">
+        <x:v>2279</x:v>
+      </x:c>
+      <x:c r="R249" s="0" t="s">
         <x:v>2272</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2275</x:v>
       </x:c>
       <x:c r="S249" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:19">
       <x:c r="A250" s="0" t="s">
+        <x:v>2280</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
+        <x:v>2261</x:v>
+      </x:c>
+      <x:c r="C250" s="0" t="s">
+        <x:v>2281</x:v>
+      </x:c>
+      <x:c r="D250" s="0" t="s">
+        <x:v>2282</x:v>
+      </x:c>
+      <x:c r="E250" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
         <x:v>2283</x:v>
       </x:c>
-      <x:c r="B250" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C250" s="0" t="s">
+      <x:c r="G250" s="0" t="s">
+        <x:v>2265</x:v>
+      </x:c>
+      <x:c r="H250" s="0" t="s">
         <x:v>2284</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2287</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
-        <x:v>2289</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="P250" s="0" t="s">
+        <x:v>1689</x:v>
+      </x:c>
+      <x:c r="Q250" s="0" t="s">
+        <x:v>2287</x:v>
+      </x:c>
+      <x:c r="R250" s="0" t="s">
         <x:v>2272</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2275</x:v>
       </x:c>
       <x:c r="S250" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:19">
       <x:c r="A251" s="0" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
+        <x:v>2289</x:v>
+      </x:c>
+      <x:c r="C251" s="0" t="s">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="D251" s="0" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="E251" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F251" s="0" t="s">
         <x:v>2291</x:v>
       </x:c>
-      <x:c r="B251" s="0" t="s">
+      <x:c r="G251" s="0" t="s">
         <x:v>2292</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2295</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s"/>
       <x:c r="I251" s="0" t="s"/>
       <x:c r="J251" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>2296</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>2297</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="P251" s="0" t="s">
+        <x:v>2296</x:v>
+      </x:c>
+      <x:c r="Q251" s="0" t="s">
+        <x:v>2297</x:v>
+      </x:c>
+      <x:c r="R251" s="0" t="s">
         <x:v>2298</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2301</x:v>
       </x:c>
       <x:c r="S251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:19">
       <x:c r="A252" s="0" t="s">
+        <x:v>2299</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>2300</x:v>
+      </x:c>
+      <x:c r="C252" s="0" t="s">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="D252" s="0" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="E252" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F252" s="0" t="s">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="G252" s="0" t="s">
         <x:v>2302</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2305</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s"/>
       <x:c r="I252" s="0" t="s"/>
       <x:c r="J252" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s"/>
       <x:c r="L252" s="0" t="s">
-        <x:v>2306</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="M252" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O252" s="0" t="s">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="P252" s="0" t="s">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="Q252" s="0" t="s">
+        <x:v>2304</x:v>
+      </x:c>
+      <x:c r="R252" s="0" t="s">
         <x:v>2298</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2301</x:v>
       </x:c>
       <x:c r="S252" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:19">
       <x:c r="A253" s="0" t="s">
+        <x:v>2305</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
+        <x:v>2306</x:v>
+      </x:c>
+      <x:c r="C253" s="0" t="s">
+        <x:v>2307</x:v>
+      </x:c>
+      <x:c r="D253" s="0" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="E253" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F253" s="0" t="s">
         <x:v>2308</x:v>
       </x:c>
-      <x:c r="B253" s="0" t="s">
+      <x:c r="G253" s="0" t="s">
         <x:v>2309</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2312</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s"/>
       <x:c r="I253" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>2313</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>2314</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="P253" s="0" t="s">
+        <x:v>1888</x:v>
+      </x:c>
+      <x:c r="Q253" s="0" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="R253" s="0" t="s">
         <x:v>2298</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2301</x:v>
       </x:c>
       <x:c r="S253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:19">
       <x:c r="A254" s="0" t="s">
-        <x:v>2316</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>2293</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>2305</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s"/>
       <x:c r="J254" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
-        <x:v>2318</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
-        <x:v>2319</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="P254" s="0" t="s">
+        <x:v>2317</x:v>
+      </x:c>
+      <x:c r="Q254" s="0" t="s">
+        <x:v>2318</x:v>
+      </x:c>
+      <x:c r="R254" s="0" t="s">
         <x:v>2298</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2301</x:v>
       </x:c>
       <x:c r="S254" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:19">
       <x:c r="A255" s="0" t="s">
+        <x:v>2319</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
+        <x:v>2320</x:v>
+      </x:c>
+      <x:c r="C255" s="0" t="s">
+        <x:v>2321</x:v>
+      </x:c>
+      <x:c r="D255" s="0" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="E255" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F255" s="0" t="s">
         <x:v>2322</x:v>
       </x:c>
-      <x:c r="B255" s="0" t="s">
+      <x:c r="G255" s="0" t="s">
         <x:v>2323</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2326</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s"/>
       <x:c r="I255" s="0" t="s"/>
       <x:c r="J255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>2327</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>2328</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="P255" s="0" t="s">
+        <x:v>2326</x:v>
+      </x:c>
+      <x:c r="Q255" s="0" t="s">
+        <x:v>2327</x:v>
+      </x:c>
+      <x:c r="R255" s="0" t="s">
         <x:v>2298</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2301</x:v>
       </x:c>
       <x:c r="S255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:19">
       <x:c r="A256" s="0" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="C256" s="0" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="D256" s="0" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="E256" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F256" s="0" t="s">
         <x:v>2331</x:v>
       </x:c>
-      <x:c r="B256" s="0" t="s">
+      <x:c r="G256" s="0" t="s">
         <x:v>2332</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2335</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s"/>
       <x:c r="I256" s="0" t="s"/>
       <x:c r="J256" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
-        <x:v>2336</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
-        <x:v>2337</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="P256" s="0" t="s">
+        <x:v>2336</x:v>
+      </x:c>
+      <x:c r="Q256" s="0" t="s">
+        <x:v>2337</x:v>
+      </x:c>
+      <x:c r="R256" s="0" t="s">
         <x:v>2338</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2341</x:v>
       </x:c>
       <x:c r="S256" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:19">
       <x:c r="A257" s="0" t="s">
-        <x:v>2341</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="C257" s="0" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="D257" s="0" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="E257" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F257" s="0" t="s">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="G257" s="0" t="s">
         <x:v>2332</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2335</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s"/>
       <x:c r="I257" s="0" t="s"/>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>2336</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="P257" s="0" t="s">
+        <x:v>2340</x:v>
+      </x:c>
+      <x:c r="Q257" s="0" t="s">
+        <x:v>2341</x:v>
+      </x:c>
+      <x:c r="R257" s="0" t="s">
         <x:v>2338</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2341</x:v>
       </x:c>
       <x:c r="S257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:19">
       <x:c r="A258" s="0" t="s">
-        <x:v>2345</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="C258" s="0" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="D258" s="0" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="E258" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F258" s="0" t="s">
+        <x:v>2343</x:v>
+      </x:c>
+      <x:c r="G258" s="0" t="s">
         <x:v>2332</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2335</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s"/>
       <x:c r="I258" s="0" t="s"/>
       <x:c r="J258" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>2336</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
-        <x:v>2347</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="P258" s="0" t="s">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="Q258" s="0" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="R258" s="0" t="s">
         <x:v>2338</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2341</x:v>
       </x:c>
       <x:c r="S258" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:19">
       <x:c r="A259" s="0" t="s">
-        <x:v>2350</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="C259" s="0" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="D259" s="0" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="E259" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F259" s="0" t="s">
+        <x:v>2343</x:v>
+      </x:c>
+      <x:c r="G259" s="0" t="s">
         <x:v>2332</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2335</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s"/>
       <x:c r="I259" s="0" t="s"/>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>2352</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="P259" s="0" t="s">
+        <x:v>2350</x:v>
+      </x:c>
+      <x:c r="Q259" s="0" t="s">
+        <x:v>2351</x:v>
+      </x:c>
+      <x:c r="R259" s="0" t="s">
         <x:v>2338</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2341</x:v>
       </x:c>
       <x:c r="S259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:19">
       <x:c r="A260" s="0" t="s">
-        <x:v>2355</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="C260" s="0" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="D260" s="0" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="E260" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F260" s="0" t="s">
+        <x:v>2343</x:v>
+      </x:c>
+      <x:c r="G260" s="0" t="s">
         <x:v>2332</x:v>
       </x:c>
-      <x:c r="C260" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H260" s="0" t="s">
-        <x:v>2356</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s"/>
       <x:c r="J260" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
-        <x:v>2357</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
-        <x:v>2358</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="P260" s="0" t="s">
+        <x:v>2356</x:v>
+      </x:c>
+      <x:c r="Q260" s="0" t="s">
+        <x:v>2357</x:v>
+      </x:c>
+      <x:c r="R260" s="0" t="s">
         <x:v>2338</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2341</x:v>
       </x:c>
       <x:c r="S260" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:19">
       <x:c r="A261" s="0" t="s">
+        <x:v>2358</x:v>
+      </x:c>
+      <x:c r="B261" s="0" t="s">
+        <x:v>2359</x:v>
+      </x:c>
+      <x:c r="C261" s="0" t="s">
+        <x:v>2360</x:v>
+      </x:c>
+      <x:c r="D261" s="0" t="s">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="E261" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F261" s="0" t="s">
         <x:v>2361</x:v>
       </x:c>
-      <x:c r="B261" s="0" t="s">
+      <x:c r="G261" s="0" t="s">
         <x:v>2362</x:v>
       </x:c>
-      <x:c r="C261" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s"/>
       <x:c r="J261" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>2366</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>2367</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="P261" s="0" t="s">
+        <x:v>2366</x:v>
+      </x:c>
+      <x:c r="Q261" s="0" t="s">
+        <x:v>2367</x:v>
+      </x:c>
+      <x:c r="R261" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2371</x:v>
       </x:c>
       <x:c r="S261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:19">
       <x:c r="A262" s="0" t="s">
-        <x:v>2372</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2370</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>2374</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s"/>
       <x:c r="F262" s="0" t="s"/>
       <x:c r="G262" s="0" t="s">
-        <x:v>2375</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s"/>
       <x:c r="J262" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s"/>
       <x:c r="L262" s="0" t="s">
-        <x:v>2376</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="P262" s="0" t="s">
+        <x:v>2374</x:v>
+      </x:c>
+      <x:c r="Q262" s="0" t="s">
+        <x:v>2375</x:v>
+      </x:c>
+      <x:c r="R262" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2371</x:v>
       </x:c>
       <x:c r="S262" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:19">
       <x:c r="A263" s="0" t="s">
-        <x:v>2379</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>2362</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>2363</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>2364</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>2365</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s"/>
       <x:c r="J263" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>2366</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>2380</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="P263" s="0" t="s">
+        <x:v>2379</x:v>
+      </x:c>
+      <x:c r="Q263" s="0" t="s">
+        <x:v>2380</x:v>
+      </x:c>
+      <x:c r="R263" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2371</x:v>
       </x:c>
       <x:c r="S263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:19">
       <x:c r="A264" s="0" t="s">
+        <x:v>2381</x:v>
+      </x:c>
+      <x:c r="B264" s="0" t="s">
+        <x:v>2382</x:v>
+      </x:c>
+      <x:c r="C264" s="0" t="s">
         <x:v>2383</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2385</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s"/>
       <x:c r="E264" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>2386</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>2387</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s"/>
       <x:c r="J264" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s"/>
       <x:c r="L264" s="0" t="s">
-        <x:v>2388</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="P264" s="0" t="s">
+        <x:v>2387</x:v>
+      </x:c>
+      <x:c r="Q264" s="0" t="s">
+        <x:v>2388</x:v>
+      </x:c>
+      <x:c r="R264" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2371</x:v>
       </x:c>
       <x:c r="S264" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:19">
       <x:c r="A265" s="0" t="s">
+        <x:v>2389</x:v>
+      </x:c>
+      <x:c r="B265" s="0" t="s">
+        <x:v>2390</x:v>
+      </x:c>
+      <x:c r="C265" s="0" t="s">
         <x:v>2391</x:v>
       </x:c>
-      <x:c r="B265" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s"/>
       <x:c r="F265" s="0" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>2394</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s"/>
       <x:c r="I265" s="0" t="s"/>
       <x:c r="J265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s"/>
       <x:c r="L265" s="0" t="s">
-        <x:v>2395</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="P265" s="0" t="s">
+        <x:v>2394</x:v>
+      </x:c>
+      <x:c r="Q265" s="0" t="s">
+        <x:v>2395</x:v>
+      </x:c>
+      <x:c r="R265" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2371</x:v>
       </x:c>
       <x:c r="S265" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:19">
       <x:c r="A266" s="0" t="s">
-        <x:v>2398</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>2399</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>2393</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s"/>
       <x:c r="F266" s="0" t="s"/>
       <x:c r="G266" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s"/>
       <x:c r="I266" s="0" t="s"/>
       <x:c r="J266" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s"/>
       <x:c r="L266" s="0" t="s">
-        <x:v>2401</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="P266" s="0" t="s">
+        <x:v>2400</x:v>
+      </x:c>
+      <x:c r="Q266" s="0" t="s">
+        <x:v>2401</x:v>
+      </x:c>
+      <x:c r="R266" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2371</x:v>
       </x:c>
       <x:c r="S266" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:19">
       <x:c r="A267" s="0" t="s">
-        <x:v>2404</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>2405</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>2393</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s"/>
       <x:c r="F267" s="0" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>2406</x:v>
+        <x:v>2404</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s"/>
       <x:c r="I267" s="0" t="s"/>
       <x:c r="J267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s"/>
       <x:c r="L267" s="0" t="s">
-        <x:v>2407</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="P267" s="0" t="s">
+        <x:v>2406</x:v>
+      </x:c>
+      <x:c r="Q267" s="0" t="s">
+        <x:v>2407</x:v>
+      </x:c>
+      <x:c r="R267" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2371</x:v>
       </x:c>
       <x:c r="S267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:19">
       <x:c r="A268" s="0" t="s">
-        <x:v>2410</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>2411</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>2393</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s"/>
       <x:c r="F268" s="0" t="s"/>
       <x:c r="G268" s="0" t="s">
-        <x:v>2412</x:v>
+        <x:v>2410</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s"/>
       <x:c r="I268" s="0" t="s"/>
       <x:c r="J268" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s"/>
       <x:c r="L268" s="0" t="s">
-        <x:v>2413</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="P268" s="0" t="s">
+        <x:v>2412</x:v>
+      </x:c>
+      <x:c r="Q268" s="0" t="s">
+        <x:v>2413</x:v>
+      </x:c>
+      <x:c r="R268" s="0" t="s">
         <x:v>2368</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2371</x:v>
       </x:c>
       <x:c r="S268" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:19">
       <x:c r="A269" s="0" t="s">
+        <x:v>2414</x:v>
+      </x:c>
+      <x:c r="B269" s="0" t="s">
+        <x:v>2415</x:v>
+      </x:c>
+      <x:c r="C269" s="0" t="s">
         <x:v>2416</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2418</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>2419</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>2420</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s"/>
       <x:c r="I269" s="0" t="s"/>
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
+        <x:v>2419</x:v>
+      </x:c>
+      <x:c r="L269" s="0" t="s">
+        <x:v>2420</x:v>
+      </x:c>
+      <x:c r="M269" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N269" s="0" t="s">
         <x:v>2421</x:v>
       </x:c>
-      <x:c r="L269" s="0" t="s">
+      <x:c r="O269" s="0" t="s">
         <x:v>2422</x:v>
       </x:c>
-      <x:c r="M269" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N269" s="0" t="s">
+      <x:c r="P269" s="0" t="s">
         <x:v>2423</x:v>
       </x:c>
-      <x:c r="O269" s="0" t="s">
+      <x:c r="Q269" s="0" t="s">
         <x:v>2424</x:v>
       </x:c>
-      <x:c r="P269" s="0" t="s">
+      <x:c r="R269" s="0" t="s">
         <x:v>2425</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2427</x:v>
       </x:c>
       <x:c r="S269" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:19">
       <x:c r="A270" s="0" t="s">
+        <x:v>2426</x:v>
+      </x:c>
+      <x:c r="B270" s="0" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="C270" s="0" t="s">
+        <x:v>2427</x:v>
+      </x:c>
+      <x:c r="D270" s="0" t="s">
         <x:v>2428</x:v>
       </x:c>
-      <x:c r="B270" s="0" t="s">
+      <x:c r="E270" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F270" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
-      <x:c r="C270" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s"/>
       <x:c r="J270" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
+        <x:v>2429</x:v>
+      </x:c>
+      <x:c r="L270" s="0" t="s">
+        <x:v>2430</x:v>
+      </x:c>
+      <x:c r="M270" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N270" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O270" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P270" s="0" t="s">
         <x:v>2431</x:v>
       </x:c>
-      <x:c r="L270" s="0" t="s">
+      <x:c r="Q270" s="0" t="s">
         <x:v>2432</x:v>
       </x:c>
-      <x:c r="M270" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R270" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S270" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:19">
       <x:c r="A271" s="0" t="s">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="B271" s="0" t="s">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="C271" s="0" t="s">
         <x:v>2435</x:v>
       </x:c>
-      <x:c r="B271" s="0" t="s">
+      <x:c r="D271" s="0" t="s">
         <x:v>2436</x:v>
       </x:c>
-      <x:c r="C271" s="0" t="s">
+      <x:c r="E271" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F271" s="0" t="s">
         <x:v>2437</x:v>
       </x:c>
-      <x:c r="D271" s="0" t="s">
+      <x:c r="G271" s="0" t="s">
         <x:v>2438</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2440</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s"/>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
+        <x:v>2439</x:v>
+      </x:c>
+      <x:c r="L271" s="0" t="s">
+        <x:v>2440</x:v>
+      </x:c>
+      <x:c r="M271" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N271" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O271" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P271" s="0" t="s">
         <x:v>2441</x:v>
       </x:c>
-      <x:c r="L271" s="0" t="s">
+      <x:c r="Q271" s="0" t="s">
         <x:v>2442</x:v>
       </x:c>
-      <x:c r="M271" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:19">
       <x:c r="A272" s="0" t="s">
+        <x:v>2443</x:v>
+      </x:c>
+      <x:c r="B272" s="0" t="s">
+        <x:v>2444</x:v>
+      </x:c>
+      <x:c r="C272" s="0" t="s">
         <x:v>2445</x:v>
       </x:c>
-      <x:c r="B272" s="0" t="s">
+      <x:c r="D272" s="0" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="E272" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F272" s="0" t="s">
         <x:v>2446</x:v>
       </x:c>
-      <x:c r="C272" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D272" s="0" t="s">
+      <x:c r="G272" s="0" t="s">
         <x:v>1028</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1030</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s"/>
       <x:c r="J272" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
+        <x:v>2447</x:v>
+      </x:c>
+      <x:c r="L272" s="0" t="s">
+        <x:v>2448</x:v>
+      </x:c>
+      <x:c r="M272" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N272" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O272" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P272" s="0" t="s">
         <x:v>2449</x:v>
       </x:c>
-      <x:c r="L272" s="0" t="s">
+      <x:c r="Q272" s="0" t="s">
         <x:v>2450</x:v>
       </x:c>
-      <x:c r="M272" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R272" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S272" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:19">
       <x:c r="A273" s="0" t="s">
+        <x:v>2451</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>2452</x:v>
+      </x:c>
+      <x:c r="C273" s="0" t="s">
         <x:v>2453</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2455</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>2456</x:v>
+        <x:v>2454</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>2457</x:v>
+        <x:v>2455</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s"/>
       <x:c r="I273" s="0" t="s"/>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
+        <x:v>2456</x:v>
+      </x:c>
+      <x:c r="L273" s="0" t="s">
+        <x:v>2457</x:v>
+      </x:c>
+      <x:c r="M273" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N273" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O273" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P273" s="0" t="s">
         <x:v>2458</x:v>
       </x:c>
-      <x:c r="L273" s="0" t="s">
+      <x:c r="Q273" s="0" t="s">
         <x:v>2459</x:v>
       </x:c>
-      <x:c r="M273" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S273" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:19">
       <x:c r="A274" s="0" t="s">
+        <x:v>2460</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>2461</x:v>
+      </x:c>
+      <x:c r="C274" s="0" t="s">
         <x:v>2462</x:v>
       </x:c>
-      <x:c r="B274" s="0" t="s">
+      <x:c r="D274" s="0" t="s">
         <x:v>2463</x:v>
       </x:c>
-      <x:c r="C274" s="0" t="s">
+      <x:c r="E274" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F274" s="0" t="s">
         <x:v>2464</x:v>
       </x:c>
-      <x:c r="D274" s="0" t="s">
+      <x:c r="G274" s="0" t="s">
         <x:v>2465</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2467</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s"/>
       <x:c r="I274" s="0" t="s"/>
       <x:c r="J274" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s"/>
       <x:c r="L274" s="0" t="s">
-        <x:v>2468</x:v>
+        <x:v>2466</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="0" t="s">
-        <x:v>2423</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="O274" s="0" t="s">
-        <x:v>2424</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="P274" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="Q274" s="0" t="s">
-        <x:v>2469</x:v>
+        <x:v>2467</x:v>
       </x:c>
       <x:c r="R274" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S274" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:19">
       <x:c r="A275" s="0" t="s">
+        <x:v>2468</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>2469</x:v>
+      </x:c>
+      <x:c r="C275" s="0" t="s">
         <x:v>2470</x:v>
       </x:c>
-      <x:c r="B275" s="0" t="s">
+      <x:c r="D275" s="0" t="s">
         <x:v>2471</x:v>
       </x:c>
-      <x:c r="C275" s="0" t="s">
+      <x:c r="E275" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F275" s="0" t="s">
         <x:v>2472</x:v>
       </x:c>
-      <x:c r="D275" s="0" t="s">
+      <x:c r="G275" s="0" t="s">
         <x:v>2473</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2475</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s"/>
       <x:c r="I275" s="0" t="s"/>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
+        <x:v>2474</x:v>
+      </x:c>
+      <x:c r="L275" s="0" t="s">
+        <x:v>2475</x:v>
+      </x:c>
+      <x:c r="M275" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N275" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O275" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P275" s="0" t="s">
         <x:v>2476</x:v>
       </x:c>
-      <x:c r="L275" s="0" t="s">
+      <x:c r="Q275" s="0" t="s">
         <x:v>2477</x:v>
       </x:c>
-      <x:c r="M275" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:19">
       <x:c r="A276" s="0" t="s">
+        <x:v>2478</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>2479</x:v>
+      </x:c>
+      <x:c r="C276" s="0" t="s">
         <x:v>2480</x:v>
       </x:c>
-      <x:c r="B276" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s"/>
       <x:c r="G276" s="0" t="s">
-        <x:v>2483</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s"/>
       <x:c r="I276" s="0" t="s"/>
       <x:c r="J276" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s"/>
       <x:c r="L276" s="0" t="s">
-        <x:v>2484</x:v>
+        <x:v>2482</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
-        <x:v>2423</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="O276" s="0" t="s">
-        <x:v>2424</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="P276" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="Q276" s="0" t="s">
-        <x:v>2485</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="R276" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S276" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:19">
       <x:c r="A277" s="0" t="s">
+        <x:v>2484</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>2485</x:v>
+      </x:c>
+      <x:c r="C277" s="0" t="s">
         <x:v>2486</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2488</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
-        <x:v>2489</x:v>
+        <x:v>2487</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>2490</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s"/>
       <x:c r="I277" s="0" t="s"/>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
+        <x:v>2489</x:v>
+      </x:c>
+      <x:c r="L277" s="0" t="s">
+        <x:v>2490</x:v>
+      </x:c>
+      <x:c r="M277" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N277" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O277" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P277" s="0" t="s">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="Q277" s="0" t="s">
         <x:v>2491</x:v>
       </x:c>
-      <x:c r="L277" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S277" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:19">
       <x:c r="A278" s="0" t="s">
+        <x:v>2492</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
+        <x:v>2493</x:v>
+      </x:c>
+      <x:c r="C278" s="0" t="s">
         <x:v>2494</x:v>
       </x:c>
-      <x:c r="B278" s="0" t="s">
+      <x:c r="D278" s="0" t="s">
+        <x:v>1927</x:v>
+      </x:c>
+      <x:c r="E278" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F278" s="0" t="s">
         <x:v>2495</x:v>
       </x:c>
-      <x:c r="C278" s="0" t="s">
+      <x:c r="G278" s="0" t="s">
         <x:v>2496</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2498</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s"/>
       <x:c r="I278" s="0" t="s"/>
       <x:c r="J278" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s"/>
       <x:c r="L278" s="0" t="s">
+        <x:v>2497</x:v>
+      </x:c>
+      <x:c r="M278" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N278" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O278" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P278" s="0" t="s">
+        <x:v>2498</x:v>
+      </x:c>
+      <x:c r="Q278" s="0" t="s">
         <x:v>2499</x:v>
       </x:c>
-      <x:c r="M278" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R278" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S278" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:19">
       <x:c r="A279" s="0" t="s">
+        <x:v>2500</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
+        <x:v>2501</x:v>
+      </x:c>
+      <x:c r="C279" s="0" t="s">
         <x:v>2502</x:v>
       </x:c>
-      <x:c r="B279" s="0" t="s">
+      <x:c r="D279" s="0" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="E279" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
         <x:v>2503</x:v>
       </x:c>
-      <x:c r="C279" s="0" t="s">
+      <x:c r="G279" s="0" t="s">
         <x:v>2504</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2506</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s"/>
       <x:c r="I279" s="0" t="s"/>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
+        <x:v>2505</x:v>
+      </x:c>
+      <x:c r="L279" s="0" t="s">
+        <x:v>2506</x:v>
+      </x:c>
+      <x:c r="M279" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N279" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O279" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P279" s="0" t="s">
         <x:v>2507</x:v>
       </x:c>
-      <x:c r="L279" s="0" t="s">
+      <x:c r="Q279" s="0" t="s">
         <x:v>2508</x:v>
       </x:c>
-      <x:c r="M279" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:19">
       <x:c r="A280" s="0" t="s">
-        <x:v>2511</x:v>
+        <x:v>2509</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
+        <x:v>2501</x:v>
+      </x:c>
+      <x:c r="C280" s="0" t="s">
+        <x:v>2510</x:v>
+      </x:c>
+      <x:c r="D280" s="0" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="E280" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F280" s="0" t="s">
         <x:v>2503</x:v>
       </x:c>
-      <x:c r="C280" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>2506</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s"/>
       <x:c r="I280" s="0" t="s"/>
       <x:c r="J280" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
+        <x:v>2511</x:v>
+      </x:c>
+      <x:c r="L280" s="0" t="s">
+        <x:v>2512</x:v>
+      </x:c>
+      <x:c r="M280" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N280" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O280" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P280" s="0" t="s">
         <x:v>2513</x:v>
       </x:c>
-      <x:c r="L280" s="0" t="s">
+      <x:c r="Q280" s="0" t="s">
         <x:v>2514</x:v>
       </x:c>
-      <x:c r="M280" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R280" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S280" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:19">
       <x:c r="A281" s="0" t="s">
+        <x:v>2515</x:v>
+      </x:c>
+      <x:c r="B281" s="0" t="s">
+        <x:v>2516</x:v>
+      </x:c>
+      <x:c r="C281" s="0" t="s">
+        <x:v>2462</x:v>
+      </x:c>
+      <x:c r="D281" s="0" t="s">
+        <x:v>2463</x:v>
+      </x:c>
+      <x:c r="E281" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F281" s="0" t="s">
         <x:v>2517</x:v>
       </x:c>
-      <x:c r="B281" s="0" t="s">
+      <x:c r="G281" s="0" t="s">
         <x:v>2518</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2520</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s"/>
       <x:c r="I281" s="0" t="s"/>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
+        <x:v>2519</x:v>
+      </x:c>
+      <x:c r="L281" s="0" t="s">
+        <x:v>2520</x:v>
+      </x:c>
+      <x:c r="M281" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N281" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O281" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P281" s="0" t="s">
         <x:v>2521</x:v>
       </x:c>
-      <x:c r="L281" s="0" t="s">
+      <x:c r="Q281" s="0" t="s">
         <x:v>2522</x:v>
       </x:c>
-      <x:c r="M281" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:19">
       <x:c r="A282" s="0" t="s">
+        <x:v>2523</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
+        <x:v>2524</x:v>
+      </x:c>
+      <x:c r="C282" s="0" t="s">
         <x:v>2525</x:v>
       </x:c>
-      <x:c r="B282" s="0" t="s">
+      <x:c r="D282" s="0" t="s">
         <x:v>2526</x:v>
       </x:c>
-      <x:c r="C282" s="0" t="s">
+      <x:c r="E282" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F282" s="0" t="s">
         <x:v>2527</x:v>
       </x:c>
-      <x:c r="D282" s="0" t="s">
+      <x:c r="G282" s="0" t="s">
         <x:v>2528</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2530</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s"/>
       <x:c r="J282" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
+        <x:v>2529</x:v>
+      </x:c>
+      <x:c r="L282" s="0" t="s">
+        <x:v>2530</x:v>
+      </x:c>
+      <x:c r="M282" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N282" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O282" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="P282" s="0" t="s">
         <x:v>2531</x:v>
       </x:c>
-      <x:c r="L282" s="0" t="s">
+      <x:c r="Q282" s="0" t="s">
         <x:v>2532</x:v>
       </x:c>
-      <x:c r="M282" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R282" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="S282" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:19">
       <x:c r="A283" s="0" t="s">
+        <x:v>2533</x:v>
+      </x:c>
+      <x:c r="B283" s="0" t="s">
+        <x:v>2534</x:v>
+      </x:c>
+      <x:c r="C283" s="0" t="s">
         <x:v>2535</x:v>
       </x:c>
-      <x:c r="B283" s="0" t="s">
+      <x:c r="D283" s="0" t="s">
         <x:v>2536</x:v>
       </x:c>
-      <x:c r="C283" s="0" t="s">
+      <x:c r="E283" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F283" s="0" t="s">
         <x:v>2537</x:v>
       </x:c>
-      <x:c r="D283" s="0" t="s">
+      <x:c r="G283" s="0" t="s">
         <x:v>2538</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2540</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s"/>
       <x:c r="I283" s="0" t="s"/>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
+        <x:v>2539</x:v>
+      </x:c>
+      <x:c r="L283" s="0" t="s">
+        <x:v>2540</x:v>
+      </x:c>
+      <x:c r="M283" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N283" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O283" s="0" t="s">
         <x:v>2541</x:v>
       </x:c>
-      <x:c r="L283" s="0" t="s">
+      <x:c r="P283" s="0" t="s">
+        <x:v>2428</x:v>
+      </x:c>
+      <x:c r="Q283" s="0" t="s">
         <x:v>2542</x:v>
       </x:c>
-      <x:c r="M283" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O283" s="0" t="s">
+      <x:c r="R283" s="0" t="s">
         <x:v>2543</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2545</x:v>
       </x:c>
       <x:c r="S283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:19">
       <x:c r="A284" s="0" t="s">
-        <x:v>2546</x:v>
+        <x:v>2544</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>2536</x:v>
+        <x:v>2534</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s"/>
       <x:c r="D284" s="0" t="s"/>
       <x:c r="E284" s="0" t="s"/>
       <x:c r="F284" s="0" t="s"/>
       <x:c r="G284" s="0" t="s">
-        <x:v>2540</x:v>
+        <x:v>2538</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s"/>
       <x:c r="I284" s="0" t="s"/>
       <x:c r="J284" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s"/>
       <x:c r="L284" s="0" t="s">
+        <x:v>2545</x:v>
+      </x:c>
+      <x:c r="M284" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N284" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O284" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="P284" s="0" t="s">
+        <x:v>2546</x:v>
+      </x:c>
+      <x:c r="Q284" s="0" t="s">
         <x:v>2547</x:v>
       </x:c>
-      <x:c r="M284" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O284" s="0" t="s">
+      <x:c r="R284" s="0" t="s">
         <x:v>2543</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2545</x:v>
       </x:c>
       <x:c r="S284" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:19">
       <x:c r="A285" s="0" t="s">
+        <x:v>2548</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
+        <x:v>2549</x:v>
+      </x:c>
+      <x:c r="C285" s="0" t="s">
         <x:v>2550</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2552</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
-        <x:v>2553</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>2554</x:v>
+        <x:v>2552</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s"/>
       <x:c r="I285" s="0" t="s"/>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
+        <x:v>2553</x:v>
+      </x:c>
+      <x:c r="L285" s="0" t="s">
+        <x:v>2554</x:v>
+      </x:c>
+      <x:c r="M285" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N285" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O285" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="P285" s="0" t="s">
         <x:v>2555</x:v>
       </x:c>
-      <x:c r="L285" s="0" t="s">
+      <x:c r="Q285" s="0" t="s">
         <x:v>2556</x:v>
       </x:c>
-      <x:c r="M285" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O285" s="0" t="s">
+      <x:c r="R285" s="0" t="s">
         <x:v>2543</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2545</x:v>
       </x:c>
       <x:c r="S285" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:19">
       <x:c r="A286" s="0" t="s">
-        <x:v>2559</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
+        <x:v>2534</x:v>
+      </x:c>
+      <x:c r="C286" s="0" t="s">
+        <x:v>2535</x:v>
+      </x:c>
+      <x:c r="D286" s="0" t="s">
         <x:v>2536</x:v>
       </x:c>
-      <x:c r="C286" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D286" s="0" t="s">
+      <x:c r="E286" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F286" s="0" t="s">
+        <x:v>2558</x:v>
+      </x:c>
+      <x:c r="G286" s="0" t="s">
         <x:v>2538</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2540</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s"/>
       <x:c r="I286" s="0" t="s"/>
       <x:c r="J286" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
+        <x:v>2559</x:v>
+      </x:c>
+      <x:c r="L286" s="0" t="s">
+        <x:v>2560</x:v>
+      </x:c>
+      <x:c r="M286" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N286" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O286" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="P286" s="0" t="s">
         <x:v>2561</x:v>
       </x:c>
-      <x:c r="L286" s="0" t="s">
+      <x:c r="Q286" s="0" t="s">
         <x:v>2562</x:v>
       </x:c>
-      <x:c r="M286" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O286" s="0" t="s">
+      <x:c r="R286" s="0" t="s">
         <x:v>2543</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2545</x:v>
       </x:c>
       <x:c r="S286" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:19">
       <x:c r="A287" s="0" t="s">
+        <x:v>2563</x:v>
+      </x:c>
+      <x:c r="B287" s="0" t="s">
+        <x:v>2534</x:v>
+      </x:c>
+      <x:c r="C287" s="0" t="s">
+        <x:v>2564</x:v>
+      </x:c>
+      <x:c r="D287" s="0" t="s">
+        <x:v>2536</x:v>
+      </x:c>
+      <x:c r="E287" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F287" s="0" t="s">
         <x:v>2565</x:v>
       </x:c>
-      <x:c r="B287" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="D287" s="0" t="s">
+      <x:c r="G287" s="0" t="s">
         <x:v>2538</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2540</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s"/>
       <x:c r="I287" s="0" t="s"/>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s"/>
       <x:c r="L287" s="0" t="s">
+        <x:v>2566</x:v>
+      </x:c>
+      <x:c r="M287" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N287" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="O287" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="P287" s="0" t="s">
+        <x:v>2567</x:v>
+      </x:c>
+      <x:c r="Q287" s="0" t="s">
         <x:v>2568</x:v>
       </x:c>
-      <x:c r="M287" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O287" s="0" t="s">
+      <x:c r="R287" s="0" t="s">
         <x:v>2543</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2545</x:v>
       </x:c>
       <x:c r="S287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:19">
       <x:c r="A288" s="0" t="s">
+        <x:v>2569</x:v>
+      </x:c>
+      <x:c r="B288" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="C288" s="0" t="s">
         <x:v>2571</x:v>
       </x:c>
-      <x:c r="B288" s="0" t="s">
+      <x:c r="D288" s="0" t="s">
         <x:v>2572</x:v>
       </x:c>
-      <x:c r="C288" s="0" t="s">
+      <x:c r="E288" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F288" s="0" t="s">
         <x:v>2573</x:v>
       </x:c>
-      <x:c r="D288" s="0" t="s">
+      <x:c r="G288" s="0" t="s">
         <x:v>2574</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2576</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s"/>
       <x:c r="I288" s="0" t="s"/>
       <x:c r="J288" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
+        <x:v>2575</x:v>
+      </x:c>
+      <x:c r="L288" s="0" t="s">
+        <x:v>2576</x:v>
+      </x:c>
+      <x:c r="M288" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N288" s="0" t="s">
         <x:v>2577</x:v>
       </x:c>
-      <x:c r="L288" s="0" t="s">
+      <x:c r="O288" s="0" t="s">
         <x:v>2578</x:v>
       </x:c>
-      <x:c r="M288" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N288" s="0" t="s">
+      <x:c r="P288" s="0" t="s">
         <x:v>2579</x:v>
       </x:c>
-      <x:c r="O288" s="0" t="s">
+      <x:c r="Q288" s="0" t="s">
         <x:v>2580</x:v>
       </x:c>
-      <x:c r="P288" s="0" t="s">
+      <x:c r="R288" s="0" t="s">
         <x:v>2581</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2583</x:v>
       </x:c>
       <x:c r="S288" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:19">
       <x:c r="A289" s="0" t="s">
-        <x:v>2584</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="C289" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="D289" s="0" t="s">
         <x:v>2572</x:v>
       </x:c>
-      <x:c r="C289" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D289" s="0" t="s">
+      <x:c r="E289" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F289" s="0" t="s">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="G289" s="0" t="s">
         <x:v>2574</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2576</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s"/>
       <x:c r="I289" s="0" t="s"/>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="L289" s="0" t="s">
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="M289" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N289" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O289" s="0" t="s">
+        <x:v>2578</x:v>
+      </x:c>
+      <x:c r="P289" s="0" t="s">
         <x:v>2586</x:v>
       </x:c>
-      <x:c r="L289" s="0" t="s">
+      <x:c r="Q289" s="0" t="s">
         <x:v>2587</x:v>
       </x:c>
-      <x:c r="M289" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2581</x:v>
       </x:c>
       <x:c r="S289" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:19">
       <x:c r="A290" s="0" t="s">
+        <x:v>2588</x:v>
+      </x:c>
+      <x:c r="B290" s="0" t="s">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="C290" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="D290" s="0" t="s">
+        <x:v>2572</x:v>
+      </x:c>
+      <x:c r="E290" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F290" s="0" t="s">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="G290" s="0" t="s">
         <x:v>2590</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2592</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s"/>
       <x:c r="I290" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
+        <x:v>2591</x:v>
+      </x:c>
+      <x:c r="L290" s="0" t="s">
+        <x:v>2592</x:v>
+      </x:c>
+      <x:c r="M290" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N290" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O290" s="0" t="s">
         <x:v>2593</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2595</x:v>
       </x:c>
       <x:c r="P290" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q290" s="0" t="s">
-        <x:v>2596</x:v>
+        <x:v>2594</x:v>
       </x:c>
       <x:c r="R290" s="0" t="s">
-        <x:v>2597</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="S290" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:19">
       <x:c r="A291" s="0" t="s">
+        <x:v>2596</x:v>
+      </x:c>
+      <x:c r="B291" s="0" t="s">
+        <x:v>2597</x:v>
+      </x:c>
+      <x:c r="C291" s="0" t="s">
         <x:v>2598</x:v>
       </x:c>
-      <x:c r="B291" s="0" t="s">
+      <x:c r="D291" s="0" t="s">
         <x:v>2599</x:v>
       </x:c>
-      <x:c r="C291" s="0" t="s">
+      <x:c r="E291" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F291" s="0" t="s">
         <x:v>2600</x:v>
       </x:c>
-      <x:c r="D291" s="0" t="s">
+      <x:c r="G291" s="0" t="s">
         <x:v>2601</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2603</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s"/>
       <x:c r="I291" s="0" t="s"/>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
+        <x:v>2602</x:v>
+      </x:c>
+      <x:c r="L291" s="0" t="s">
+        <x:v>2603</x:v>
+      </x:c>
+      <x:c r="M291" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N291" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O291" s="0" t="s">
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="P291" s="0" t="s">
         <x:v>2604</x:v>
       </x:c>
-      <x:c r="L291" s="0" t="s">
+      <x:c r="Q291" s="0" t="s">
         <x:v>2605</x:v>
       </x:c>
-      <x:c r="M291" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O291" s="0" t="s">
+      <x:c r="R291" s="0" t="s">
         <x:v>2595</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2597</x:v>
       </x:c>
       <x:c r="S291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:19">
       <x:c r="A292" s="0" t="s">
+        <x:v>2606</x:v>
+      </x:c>
+      <x:c r="B292" s="0" t="s">
+        <x:v>2607</x:v>
+      </x:c>
+      <x:c r="C292" s="0" t="s">
         <x:v>2608</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2610</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
-        <x:v>2611</x:v>
+        <x:v>2609</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
-        <x:v>2612</x:v>
+        <x:v>2610</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s"/>
       <x:c r="I292" s="0" t="s"/>
       <x:c r="J292" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
+        <x:v>2611</x:v>
+      </x:c>
+      <x:c r="L292" s="0" t="s">
+        <x:v>2612</x:v>
+      </x:c>
+      <x:c r="M292" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N292" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O292" s="0" t="s">
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="P292" s="0" t="s">
         <x:v>2613</x:v>
       </x:c>
-      <x:c r="L292" s="0" t="s">
+      <x:c r="Q292" s="0" t="s">
         <x:v>2614</x:v>
       </x:c>
-      <x:c r="M292" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O292" s="0" t="s">
+      <x:c r="R292" s="0" t="s">
         <x:v>2595</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2597</x:v>
       </x:c>
       <x:c r="S292" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:19">
       <x:c r="A293" s="0" t="s">
+        <x:v>2615</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
+        <x:v>2616</x:v>
+      </x:c>
+      <x:c r="C293" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="D293" s="0" t="s">
         <x:v>2617</x:v>
       </x:c>
-      <x:c r="B293" s="0" t="s">
+      <x:c r="E293" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F293" s="0" t="s">
         <x:v>2618</x:v>
       </x:c>
-      <x:c r="C293" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D293" s="0" t="s">
+      <x:c r="G293" s="0" t="s">
         <x:v>2619</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2621</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s"/>
       <x:c r="I293" s="0" t="s"/>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>2604</x:v>
+        <x:v>2602</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
+        <x:v>2620</x:v>
+      </x:c>
+      <x:c r="M293" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N293" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O293" s="0" t="s">
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="P293" s="0" t="s">
+        <x:v>2621</x:v>
+      </x:c>
+      <x:c r="Q293" s="0" t="s">
         <x:v>2622</x:v>
       </x:c>
-      <x:c r="M293" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O293" s="0" t="s">
+      <x:c r="R293" s="0" t="s">
         <x:v>2595</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2597</x:v>
       </x:c>
       <x:c r="S293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:19">
       <x:c r="A294" s="0" t="s">
-        <x:v>2625</x:v>
+        <x:v>2623</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>2626</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s"/>
       <x:c r="I294" s="0" t="s"/>
       <x:c r="J294" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L294" s="0" t="s">
+        <x:v>2626</x:v>
+      </x:c>
+      <x:c r="M294" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N294" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O294" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L294" s="0" t="s">
+      <x:c r="P294" s="0" t="s">
         <x:v>2628</x:v>
       </x:c>
-      <x:c r="M294" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O294" s="0" t="s">
+      <x:c r="Q294" s="0" t="s">
         <x:v>2629</x:v>
       </x:c>
-      <x:c r="P294" s="0" t="s">
+      <x:c r="R294" s="0" t="s">
         <x:v>2630</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2632</x:v>
       </x:c>
       <x:c r="S294" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:19">
       <x:c r="A295" s="0" t="s">
-        <x:v>2633</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>2626</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s"/>
       <x:c r="I295" s="0" t="s"/>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L295" s="0" t="s">
+        <x:v>2632</x:v>
+      </x:c>
+      <x:c r="M295" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N295" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O295" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L295" s="0" t="s">
+      <x:c r="P295" s="0" t="s">
+        <x:v>2633</x:v>
+      </x:c>
+      <x:c r="Q295" s="0" t="s">
         <x:v>2634</x:v>
       </x:c>
-      <x:c r="M295" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:19">
       <x:c r="A296" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2635</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="C296" s="0" t="s">
+        <x:v>2636</x:v>
+      </x:c>
+      <x:c r="D296" s="0" t="s">
         <x:v>2572</x:v>
       </x:c>
-      <x:c r="C296" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D296" s="0" t="s">
+      <x:c r="E296" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F296" s="0" t="s">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="G296" s="0" t="s">
         <x:v>2574</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2576</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s"/>
       <x:c r="I296" s="0" t="s"/>
       <x:c r="J296" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L296" s="0" t="s">
+        <x:v>2637</x:v>
+      </x:c>
+      <x:c r="M296" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N296" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O296" s="0" t="s">
         <x:v>2627</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2629</x:v>
       </x:c>
       <x:c r="P296" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q296" s="0" t="s">
-        <x:v>2640</x:v>
+        <x:v>2638</x:v>
       </x:c>
       <x:c r="R296" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S296" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:19">
       <x:c r="A297" s="0" t="s">
-        <x:v>2641</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="C297" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="D297" s="0" t="s">
         <x:v>2572</x:v>
       </x:c>
-      <x:c r="C297" s="0" t="s">
+      <x:c r="E297" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F297" s="0" t="s">
         <x:v>2573</x:v>
       </x:c>
-      <x:c r="D297" s="0" t="s">
+      <x:c r="G297" s="0" t="s">
         <x:v>2574</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2576</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s"/>
       <x:c r="I297" s="0" t="s"/>
       <x:c r="J297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L297" s="0" t="s">
+        <x:v>2640</x:v>
+      </x:c>
+      <x:c r="M297" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N297" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O297" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L297" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="Q297" s="0" t="s">
-        <x:v>2643</x:v>
+        <x:v>2641</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:19">
       <x:c r="A298" s="0" t="s">
-        <x:v>2644</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>2626</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s"/>
       <x:c r="I298" s="0" t="s"/>
       <x:c r="J298" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L298" s="0" t="s">
+        <x:v>2643</x:v>
+      </x:c>
+      <x:c r="M298" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N298" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O298" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L298" s="0" t="s">
+      <x:c r="P298" s="0" t="s">
+        <x:v>2644</x:v>
+      </x:c>
+      <x:c r="Q298" s="0" t="s">
         <x:v>2645</x:v>
       </x:c>
-      <x:c r="M298" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R298" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S298" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:19">
       <x:c r="A299" s="0" t="s">
+        <x:v>2646</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
+        <x:v>2647</x:v>
+      </x:c>
+      <x:c r="C299" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="D299" s="0" t="s">
+        <x:v>2624</x:v>
+      </x:c>
+      <x:c r="E299" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F299" s="0" t="s">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="G299" s="0" t="s">
         <x:v>2648</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>2650</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s"/>
       <x:c r="I299" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L299" s="0" t="s">
+        <x:v>2649</x:v>
+      </x:c>
+      <x:c r="M299" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N299" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O299" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L299" s="0" t="s">
+      <x:c r="P299" s="0" t="s">
+        <x:v>2650</x:v>
+      </x:c>
+      <x:c r="Q299" s="0" t="s">
         <x:v>2651</x:v>
       </x:c>
-      <x:c r="M299" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:19">
       <x:c r="A300" s="0" t="s">
-        <x:v>2654</x:v>
+        <x:v>2652</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="C300" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="D300" s="0" t="s">
         <x:v>2572</x:v>
       </x:c>
-      <x:c r="C300" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D300" s="0" t="s">
+      <x:c r="E300" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F300" s="0" t="s">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="G300" s="0" t="s">
         <x:v>2574</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2576</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s"/>
       <x:c r="I300" s="0" t="s"/>
       <x:c r="J300" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L300" s="0" t="s">
+        <x:v>2653</x:v>
+      </x:c>
+      <x:c r="M300" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N300" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O300" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L300" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="P300" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="Q300" s="0" t="s">
-        <x:v>2656</x:v>
+        <x:v>2654</x:v>
       </x:c>
       <x:c r="R300" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S300" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:19">
       <x:c r="A301" s="0" t="s">
-        <x:v>2657</x:v>
+        <x:v>2655</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>2626</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s"/>
       <x:c r="F301" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s"/>
       <x:c r="I301" s="0" t="s"/>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L301" s="0" t="s">
+        <x:v>2656</x:v>
+      </x:c>
+      <x:c r="M301" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N301" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O301" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L301" s="0" t="s">
+      <x:c r="P301" s="0" t="s">
+        <x:v>2657</x:v>
+      </x:c>
+      <x:c r="Q301" s="0" t="s">
         <x:v>2658</x:v>
       </x:c>
-      <x:c r="M301" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:19">
       <x:c r="A302" s="0" t="s">
-        <x:v>2661</x:v>
+        <x:v>2659</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>2662</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s"/>
       <x:c r="I302" s="0" t="s"/>
       <x:c r="J302" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L302" s="0" t="s">
+        <x:v>2661</x:v>
+      </x:c>
+      <x:c r="M302" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N302" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O302" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L302" s="0" t="s">
+      <x:c r="P302" s="0" t="s">
+        <x:v>2662</x:v>
+      </x:c>
+      <x:c r="Q302" s="0" t="s">
         <x:v>2663</x:v>
       </x:c>
-      <x:c r="M302" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R302" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S302" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:19">
       <x:c r="A303" s="0" t="s">
-        <x:v>2666</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>2626</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s"/>
       <x:c r="I303" s="0" t="s"/>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L303" s="0" t="s">
+        <x:v>2665</x:v>
+      </x:c>
+      <x:c r="M303" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N303" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O303" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L303" s="0" t="s">
+      <x:c r="P303" s="0" t="s">
+        <x:v>2666</x:v>
+      </x:c>
+      <x:c r="Q303" s="0" t="s">
         <x:v>2667</x:v>
       </x:c>
-      <x:c r="M303" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:19">
       <x:c r="A304" s="0" t="s">
-        <x:v>2670</x:v>
+        <x:v>2668</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>2626</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s"/>
       <x:c r="I304" s="0" t="s"/>
       <x:c r="J304" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
+        <x:v>2669</x:v>
+      </x:c>
+      <x:c r="M304" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N304" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O304" s="0" t="s">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="P304" s="0" t="s">
+        <x:v>2670</x:v>
+      </x:c>
+      <x:c r="Q304" s="0" t="s">
         <x:v>2671</x:v>
       </x:c>
-      <x:c r="M304" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R304" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S304" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:19">
       <x:c r="A305" s="0" t="s">
-        <x:v>2674</x:v>
+        <x:v>2672</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s"/>
       <x:c r="C305" s="0" t="s">
-        <x:v>2675</x:v>
+        <x:v>2673</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>2626</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s"/>
       <x:c r="F305" s="0" t="s"/>
       <x:c r="G305" s="0" t="s"/>
       <x:c r="H305" s="0" t="s"/>
       <x:c r="I305" s="0" t="s"/>
       <x:c r="J305" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L305" s="0" t="s">
+        <x:v>2674</x:v>
+      </x:c>
+      <x:c r="M305" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N305" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O305" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L305" s="0" t="s">
+      <x:c r="P305" s="0" t="s">
+        <x:v>2675</x:v>
+      </x:c>
+      <x:c r="Q305" s="0" t="s">
         <x:v>2676</x:v>
       </x:c>
-      <x:c r="M305" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:19">
       <x:c r="A306" s="0" t="s">
-        <x:v>2679</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="C306" s="0" t="s">
+        <x:v>2678</x:v>
+      </x:c>
+      <x:c r="D306" s="0" t="s">
         <x:v>2572</x:v>
       </x:c>
-      <x:c r="C306" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D306" s="0" t="s">
+      <x:c r="E306" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F306" s="0" t="s">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="G306" s="0" t="s">
         <x:v>2574</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2576</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s"/>
       <x:c r="I306" s="0" t="s"/>
       <x:c r="J306" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L306" s="0" t="s">
+        <x:v>2679</x:v>
+      </x:c>
+      <x:c r="M306" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N306" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O306" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L306" s="0" t="s">
+      <x:c r="P306" s="0" t="s">
+        <x:v>2680</x:v>
+      </x:c>
+      <x:c r="Q306" s="0" t="s">
         <x:v>2681</x:v>
       </x:c>
-      <x:c r="M306" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R306" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S306" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:19">
       <x:c r="A307" s="0" t="s">
+        <x:v>2682</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="C307" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="D307" s="0" t="s">
+        <x:v>2683</x:v>
+      </x:c>
+      <x:c r="E307" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F307" s="0" t="s">
         <x:v>2684</x:v>
       </x:c>
-      <x:c r="B307" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s"/>
       <x:c r="I307" s="0" t="s"/>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L307" s="0" t="s">
+        <x:v>2685</x:v>
+      </x:c>
+      <x:c r="M307" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N307" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O307" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L307" s="0" t="s">
+      <x:c r="P307" s="0" t="s">
+        <x:v>2686</x:v>
+      </x:c>
+      <x:c r="Q307" s="0" t="s">
         <x:v>2687</x:v>
       </x:c>
-      <x:c r="M307" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:19">
       <x:c r="A308" s="0" t="s">
-        <x:v>2690</x:v>
+        <x:v>2688</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>2691</x:v>
+        <x:v>2689</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s"/>
       <x:c r="E308" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s"/>
       <x:c r="I308" s="0" t="s"/>
       <x:c r="J308" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="L308" s="0" t="s">
+        <x:v>2690</x:v>
+      </x:c>
+      <x:c r="M308" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N308" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="O308" s="0" t="s">
         <x:v>2627</x:v>
       </x:c>
-      <x:c r="L308" s="0" t="s">
+      <x:c r="P308" s="0" t="s">
+        <x:v>2691</x:v>
+      </x:c>
+      <x:c r="Q308" s="0" t="s">
         <x:v>2692</x:v>
       </x:c>
-      <x:c r="M308" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R308" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="S308" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:19">
       <x:c r="A309" s="0" t="s">
+        <x:v>2693</x:v>
+      </x:c>
+      <x:c r="B309" s="0" t="s">
+        <x:v>2694</x:v>
+      </x:c>
+      <x:c r="C309" s="0" t="s">
         <x:v>2695</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2697</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>2698</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>2699</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s"/>
       <x:c r="I309" s="0" t="s"/>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
+        <x:v>2698</x:v>
+      </x:c>
+      <x:c r="L309" s="0" t="s">
+        <x:v>2699</x:v>
+      </x:c>
+      <x:c r="M309" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N309" s="0" t="s">
         <x:v>2700</x:v>
       </x:c>
-      <x:c r="L309" s="0" t="s">
+      <x:c r="O309" s="0" t="s">
         <x:v>2701</x:v>
       </x:c>
-      <x:c r="M309" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N309" s="0" t="s">
+      <x:c r="P309" s="0" t="s">
         <x:v>2702</x:v>
       </x:c>
-      <x:c r="O309" s="0" t="s">
+      <x:c r="Q309" s="0" t="s">
         <x:v>2703</x:v>
       </x:c>
-      <x:c r="P309" s="0" t="s">
+      <x:c r="R309" s="0" t="s">
         <x:v>2704</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2706</x:v>
       </x:c>
       <x:c r="S309" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:19">
       <x:c r="A310" s="0" t="s">
+        <x:v>2705</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
+        <x:v>2706</x:v>
+      </x:c>
+      <x:c r="C310" s="0" t="s">
         <x:v>2707</x:v>
       </x:c>
-      <x:c r="B310" s="0" t="s">
+      <x:c r="D310" s="0" t="s">
+        <x:v>2096</x:v>
+      </x:c>
+      <x:c r="E310" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F310" s="0" t="s">
         <x:v>2708</x:v>
       </x:c>
-      <x:c r="C310" s="0" t="s">
+      <x:c r="G310" s="0" t="s">
         <x:v>2709</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2711</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s"/>
       <x:c r="I310" s="0" t="s"/>
       <x:c r="J310" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
+        <x:v>2710</x:v>
+      </x:c>
+      <x:c r="L310" s="0" t="s">
+        <x:v>2711</x:v>
+      </x:c>
+      <x:c r="M310" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N310" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O310" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P310" s="0" t="s">
         <x:v>2712</x:v>
       </x:c>
-      <x:c r="L310" s="0" t="s">
+      <x:c r="Q310" s="0" t="s">
         <x:v>2713</x:v>
       </x:c>
-      <x:c r="M310" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R310" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S310" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:19">
       <x:c r="A311" s="0" t="s">
+        <x:v>2714</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
+        <x:v>2706</x:v>
+      </x:c>
+      <x:c r="C311" s="0" t="s">
+        <x:v>2715</x:v>
+      </x:c>
+      <x:c r="D311" s="0" t="s">
         <x:v>2716</x:v>
       </x:c>
-      <x:c r="B311" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C311" s="0" t="s">
+      <x:c r="E311" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F311" s="0" t="s">
         <x:v>2717</x:v>
       </x:c>
-      <x:c r="D311" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>2711</x:v>
+        <x:v>2709</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s"/>
       <x:c r="I311" s="0" t="s"/>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
+        <x:v>2718</x:v>
+      </x:c>
+      <x:c r="L311" s="0" t="s">
+        <x:v>2719</x:v>
+      </x:c>
+      <x:c r="M311" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N311" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O311" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P311" s="0" t="s">
         <x:v>2720</x:v>
       </x:c>
-      <x:c r="L311" s="0" t="s">
+      <x:c r="Q311" s="0" t="s">
         <x:v>2721</x:v>
       </x:c>
-      <x:c r="M311" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S311" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:19">
       <x:c r="A312" s="0" t="s">
+        <x:v>2722</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
+        <x:v>2723</x:v>
+      </x:c>
+      <x:c r="C312" s="0" t="s">
         <x:v>2724</x:v>
       </x:c>
-      <x:c r="B312" s="0" t="s">
+      <x:c r="D312" s="0" t="s">
         <x:v>2725</x:v>
       </x:c>
-      <x:c r="C312" s="0" t="s">
+      <x:c r="E312" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F312" s="0" t="s">
         <x:v>2726</x:v>
       </x:c>
-      <x:c r="D312" s="0" t="s">
+      <x:c r="G312" s="0" t="s">
         <x:v>2727</x:v>
       </x:c>
-      <x:c r="E312" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F312" s="0" t="s">
+      <x:c r="H312" s="0" t="s">
         <x:v>2728</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2730</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s"/>
       <x:c r="J312" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
+        <x:v>2729</x:v>
+      </x:c>
+      <x:c r="L312" s="0" t="s">
+        <x:v>2730</x:v>
+      </x:c>
+      <x:c r="M312" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N312" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O312" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P312" s="0" t="s">
         <x:v>2731</x:v>
       </x:c>
-      <x:c r="L312" s="0" t="s">
+      <x:c r="Q312" s="0" t="s">
         <x:v>2732</x:v>
       </x:c>
-      <x:c r="M312" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R312" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S312" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:19">
       <x:c r="A313" s="0" t="s">
+        <x:v>2733</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
+        <x:v>2734</x:v>
+      </x:c>
+      <x:c r="C313" s="0" t="s">
         <x:v>2735</x:v>
       </x:c>
-      <x:c r="B313" s="0" t="s">
+      <x:c r="D313" s="0" t="s">
         <x:v>2736</x:v>
       </x:c>
-      <x:c r="C313" s="0" t="s">
+      <x:c r="E313" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F313" s="0" t="s">
         <x:v>2737</x:v>
       </x:c>
-      <x:c r="D313" s="0" t="s">
+      <x:c r="G313" s="0" t="s">
         <x:v>2738</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2740</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s"/>
       <x:c r="I313" s="0" t="s"/>
       <x:c r="J313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="L313" s="0" t="s">
+        <x:v>2740</x:v>
+      </x:c>
+      <x:c r="M313" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N313" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O313" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P313" s="0" t="s">
         <x:v>2741</x:v>
       </x:c>
-      <x:c r="L313" s="0" t="s">
+      <x:c r="Q313" s="0" t="s">
         <x:v>2742</x:v>
       </x:c>
-      <x:c r="M313" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S313" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:19">
       <x:c r="A314" s="0" t="s">
+        <x:v>2743</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
+        <x:v>2744</x:v>
+      </x:c>
+      <x:c r="C314" s="0" t="s">
         <x:v>2745</x:v>
       </x:c>
-      <x:c r="B314" s="0" t="s">
+      <x:c r="D314" s="0" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="E314" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F314" s="0" t="s">
         <x:v>2746</x:v>
       </x:c>
-      <x:c r="C314" s="0" t="s">
+      <x:c r="G314" s="0" t="s">
         <x:v>2747</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2749</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s"/>
       <x:c r="I314" s="0" t="s"/>
       <x:c r="J314" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
+        <x:v>2748</x:v>
+      </x:c>
+      <x:c r="L314" s="0" t="s">
+        <x:v>2749</x:v>
+      </x:c>
+      <x:c r="M314" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N314" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O314" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P314" s="0" t="s">
         <x:v>2750</x:v>
       </x:c>
-      <x:c r="L314" s="0" t="s">
+      <x:c r="Q314" s="0" t="s">
         <x:v>2751</x:v>
       </x:c>
-      <x:c r="M314" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R314" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S314" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:19">
       <x:c r="A315" s="0" t="s">
+        <x:v>2752</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
+        <x:v>2753</x:v>
+      </x:c>
+      <x:c r="C315" s="0" t="s">
         <x:v>2754</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2756</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s"/>
       <x:c r="F315" s="0" t="s">
-        <x:v>2757</x:v>
+        <x:v>2755</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>2758</x:v>
+        <x:v>2756</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s"/>
       <x:c r="I315" s="0" t="s"/>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s"/>
       <x:c r="L315" s="0" t="s">
+        <x:v>2757</x:v>
+      </x:c>
+      <x:c r="M315" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N315" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O315" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P315" s="0" t="s">
+        <x:v>2758</x:v>
+      </x:c>
+      <x:c r="Q315" s="0" t="s">
         <x:v>2759</x:v>
       </x:c>
-      <x:c r="M315" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S315" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:19">
       <x:c r="A316" s="0" t="s">
+        <x:v>2760</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
+        <x:v>2761</x:v>
+      </x:c>
+      <x:c r="C316" s="0" t="s">
         <x:v>2762</x:v>
       </x:c>
-      <x:c r="B316" s="0" t="s">
+      <x:c r="D316" s="0" t="s">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="E316" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F316" s="0" t="s">
         <x:v>2763</x:v>
       </x:c>
-      <x:c r="C316" s="0" t="s">
+      <x:c r="G316" s="0" t="s">
         <x:v>2764</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2766</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s"/>
       <x:c r="I316" s="0" t="s"/>
       <x:c r="J316" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
+        <x:v>2765</x:v>
+      </x:c>
+      <x:c r="L316" s="0" t="s">
+        <x:v>2766</x:v>
+      </x:c>
+      <x:c r="M316" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N316" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O316" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P316" s="0" t="s">
         <x:v>2767</x:v>
       </x:c>
-      <x:c r="L316" s="0" t="s">
+      <x:c r="Q316" s="0" t="s">
         <x:v>2768</x:v>
       </x:c>
-      <x:c r="M316" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R316" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S316" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:19">
       <x:c r="A317" s="0" t="s">
+        <x:v>2769</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
+        <x:v>2770</x:v>
+      </x:c>
+      <x:c r="C317" s="0" t="s">
+        <x:v>2715</x:v>
+      </x:c>
+      <x:c r="D317" s="0" t="s">
+        <x:v>2716</x:v>
+      </x:c>
+      <x:c r="E317" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F317" s="0" t="s">
         <x:v>2771</x:v>
       </x:c>
-      <x:c r="B317" s="0" t="s">
+      <x:c r="G317" s="0" t="s">
         <x:v>2772</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2774</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s"/>
       <x:c r="I317" s="0" t="s"/>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
+        <x:v>2773</x:v>
+      </x:c>
+      <x:c r="L317" s="0" t="s">
+        <x:v>2774</x:v>
+      </x:c>
+      <x:c r="M317" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N317" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O317" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P317" s="0" t="s">
         <x:v>2775</x:v>
       </x:c>
-      <x:c r="L317" s="0" t="s">
+      <x:c r="Q317" s="0" t="s">
         <x:v>2776</x:v>
       </x:c>
-      <x:c r="M317" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S317" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:19">
       <x:c r="A318" s="0" t="s">
+        <x:v>2777</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
+        <x:v>2778</x:v>
+      </x:c>
+      <x:c r="C318" s="0" t="s">
         <x:v>2779</x:v>
       </x:c>
-      <x:c r="B318" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>2765</x:v>
+        <x:v>2763</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>2766</x:v>
+        <x:v>2764</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s"/>
       <x:c r="I318" s="0" t="s"/>
       <x:c r="J318" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
-        <x:v>2782</x:v>
+        <x:v>2780</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
-        <x:v>2783</x:v>
+        <x:v>2781</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O318" s="0" t="s">
-        <x:v>2703</x:v>
+        <x:v>2701</x:v>
       </x:c>
       <x:c r="P318" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q318" s="0" t="s">
-        <x:v>2784</x:v>
+        <x:v>2782</x:v>
       </x:c>
       <x:c r="R318" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S318" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:19">
       <x:c r="A319" s="0" t="s">
+        <x:v>2783</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
+        <x:v>2784</x:v>
+      </x:c>
+      <x:c r="C319" s="0" t="s">
+        <x:v>2762</x:v>
+      </x:c>
+      <x:c r="D319" s="0" t="s">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="E319" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F319" s="0" t="s">
         <x:v>2785</x:v>
       </x:c>
-      <x:c r="B319" s="0" t="s">
+      <x:c r="G319" s="0" t="s">
         <x:v>2786</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2788</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s"/>
       <x:c r="I319" s="0" t="s"/>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s"/>
       <x:c r="L319" s="0" t="s">
+        <x:v>2787</x:v>
+      </x:c>
+      <x:c r="M319" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N319" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O319" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P319" s="0" t="s">
+        <x:v>2788</x:v>
+      </x:c>
+      <x:c r="Q319" s="0" t="s">
         <x:v>2789</x:v>
       </x:c>
-      <x:c r="M319" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:19">
       <x:c r="A320" s="0" t="s">
-        <x:v>2792</x:v>
+        <x:v>2790</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>2793</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>2756</x:v>
+        <x:v>2754</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s"/>
       <x:c r="F320" s="0" t="s"/>
       <x:c r="G320" s="0" t="s">
-        <x:v>2794</x:v>
+        <x:v>2792</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s"/>
       <x:c r="I320" s="0" t="s"/>
       <x:c r="J320" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s"/>
       <x:c r="L320" s="0" t="s">
-        <x:v>2795</x:v>
+        <x:v>2793</x:v>
       </x:c>
       <x:c r="M320" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O320" s="0" t="s">
-        <x:v>2703</x:v>
+        <x:v>2701</x:v>
       </x:c>
       <x:c r="P320" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="Q320" s="0" t="s">
-        <x:v>2796</x:v>
+        <x:v>2794</x:v>
       </x:c>
       <x:c r="R320" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S320" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:19">
       <x:c r="A321" s="0" t="s">
-        <x:v>2797</x:v>
+        <x:v>2795</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>2696</x:v>
+        <x:v>2694</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>2697</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
-        <x:v>2698</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>2699</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s"/>
       <x:c r="I321" s="0" t="s"/>
       <x:c r="J321" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
+        <x:v>2796</x:v>
+      </x:c>
+      <x:c r="L321" s="0" t="s">
+        <x:v>2797</x:v>
+      </x:c>
+      <x:c r="M321" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N321" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O321" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P321" s="0" t="s">
         <x:v>2798</x:v>
       </x:c>
-      <x:c r="L321" s="0" t="s">
+      <x:c r="Q321" s="0" t="s">
         <x:v>2799</x:v>
       </x:c>
-      <x:c r="M321" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S321" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:19">
       <x:c r="A322" s="0" t="s">
+        <x:v>2800</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
+        <x:v>2801</x:v>
+      </x:c>
+      <x:c r="C322" s="0" t="s">
         <x:v>2802</x:v>
       </x:c>
-      <x:c r="B322" s="0" t="s">
+      <x:c r="D322" s="0" t="s">
         <x:v>2803</x:v>
       </x:c>
-      <x:c r="C322" s="0" t="s">
+      <x:c r="E322" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F322" s="0" t="s">
         <x:v>2804</x:v>
       </x:c>
-      <x:c r="D322" s="0" t="s">
+      <x:c r="G322" s="0" t="s">
         <x:v>2805</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2807</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s"/>
       <x:c r="I322" s="0" t="s"/>
       <x:c r="J322" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
+        <x:v>2806</x:v>
+      </x:c>
+      <x:c r="L322" s="0" t="s">
+        <x:v>2807</x:v>
+      </x:c>
+      <x:c r="M322" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N322" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O322" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P322" s="0" t="s">
         <x:v>2808</x:v>
       </x:c>
-      <x:c r="L322" s="0" t="s">
+      <x:c r="Q322" s="0" t="s">
         <x:v>2809</x:v>
       </x:c>
-      <x:c r="M322" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R322" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S322" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:19">
       <x:c r="A323" s="0" t="s">
-        <x:v>2812</x:v>
+        <x:v>2810</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>2813</x:v>
+        <x:v>2811</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>2697</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
-        <x:v>2814</x:v>
+        <x:v>2812</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>2815</x:v>
+        <x:v>2813</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s"/>
       <x:c r="I323" s="0" t="s"/>
       <x:c r="J323" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
+        <x:v>2814</x:v>
+      </x:c>
+      <x:c r="L323" s="0" t="s">
+        <x:v>2815</x:v>
+      </x:c>
+      <x:c r="M323" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N323" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O323" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P323" s="0" t="s">
         <x:v>2816</x:v>
       </x:c>
-      <x:c r="L323" s="0" t="s">
+      <x:c r="Q323" s="0" t="s">
         <x:v>2817</x:v>
       </x:c>
-      <x:c r="M323" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:19">
       <x:c r="A324" s="0" t="s">
-        <x:v>2820</x:v>
+        <x:v>2818</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>2821</x:v>
+        <x:v>2819</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
+        <x:v>2745</x:v>
+      </x:c>
+      <x:c r="D324" s="0" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="E324" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F324" s="0" t="s">
+        <x:v>2746</x:v>
+      </x:c>
+      <x:c r="G324" s="0" t="s">
         <x:v>2747</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2749</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s"/>
       <x:c r="I324" s="0" t="s"/>
       <x:c r="J324" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
+        <x:v>2820</x:v>
+      </x:c>
+      <x:c r="L324" s="0" t="s">
+        <x:v>2821</x:v>
+      </x:c>
+      <x:c r="M324" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N324" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O324" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P324" s="0" t="s">
         <x:v>2822</x:v>
       </x:c>
-      <x:c r="L324" s="0" t="s">
+      <x:c r="Q324" s="0" t="s">
         <x:v>2823</x:v>
       </x:c>
-      <x:c r="M324" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R324" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S324" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:19">
       <x:c r="A325" s="0" t="s">
-        <x:v>2826</x:v>
+        <x:v>2824</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>2755</x:v>
+        <x:v>2753</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>2756</x:v>
+        <x:v>2754</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s"/>
       <x:c r="F325" s="0" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>2758</x:v>
+        <x:v>2756</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s"/>
       <x:c r="I325" s="0" t="s"/>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s"/>
       <x:c r="L325" s="0" t="s">
+        <x:v>2825</x:v>
+      </x:c>
+      <x:c r="M325" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N325" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O325" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P325" s="0" t="s">
+        <x:v>2826</x:v>
+      </x:c>
+      <x:c r="Q325" s="0" t="s">
         <x:v>2827</x:v>
       </x:c>
-      <x:c r="M325" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S325" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:19">
       <x:c r="A326" s="0" t="s">
+        <x:v>2828</x:v>
+      </x:c>
+      <x:c r="B326" s="0" t="s">
+        <x:v>2829</x:v>
+      </x:c>
+      <x:c r="C326" s="0" t="s">
+        <x:v>2802</x:v>
+      </x:c>
+      <x:c r="D326" s="0" t="s">
+        <x:v>2803</x:v>
+      </x:c>
+      <x:c r="E326" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F326" s="0" t="s">
         <x:v>2830</x:v>
       </x:c>
-      <x:c r="B326" s="0" t="s">
+      <x:c r="G326" s="0" t="s">
         <x:v>2831</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2833</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s"/>
       <x:c r="I326" s="0" t="s"/>
       <x:c r="J326" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
+        <x:v>2832</x:v>
+      </x:c>
+      <x:c r="L326" s="0" t="s">
+        <x:v>2833</x:v>
+      </x:c>
+      <x:c r="M326" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N326" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O326" s="0" t="s">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="P326" s="0" t="s">
         <x:v>2834</x:v>
       </x:c>
-      <x:c r="L326" s="0" t="s">
+      <x:c r="Q326" s="0" t="s">
         <x:v>2835</x:v>
       </x:c>
-      <x:c r="M326" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R326" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="S326" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:19">
       <x:c r="A327" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>2838</x:v>
+        <x:v>2836</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>2839</x:v>
+        <x:v>2837</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
+        <x:v>2838</x:v>
+      </x:c>
+      <x:c r="G327" s="0" t="s">
+        <x:v>2839</x:v>
+      </x:c>
+      <x:c r="H327" s="0" t="s">
         <x:v>2840</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2842</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s"/>
       <x:c r="J327" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
+        <x:v>2841</x:v>
+      </x:c>
+      <x:c r="L327" s="0" t="s">
+        <x:v>2842</x:v>
+      </x:c>
+      <x:c r="M327" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N327" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O327" s="0" t="s">
         <x:v>2843</x:v>
       </x:c>
-      <x:c r="L327" s="0" t="s">
+      <x:c r="P327" s="0" t="s">
         <x:v>2844</x:v>
       </x:c>
-      <x:c r="M327" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O327" s="0" t="s">
+      <x:c r="Q327" s="0" t="s">
         <x:v>2845</x:v>
       </x:c>
-      <x:c r="P327" s="0" t="s">
+      <x:c r="R327" s="0" t="s">
         <x:v>2846</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2848</x:v>
       </x:c>
       <x:c r="S327" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:19">
       <x:c r="A328" s="0" t="s">
+        <x:v>2847</x:v>
+      </x:c>
+      <x:c r="B328" s="0" t="s">
+        <x:v>2848</x:v>
+      </x:c>
+      <x:c r="C328" s="0" t="s">
         <x:v>2849</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2851</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s"/>
       <x:c r="E328" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>2852</x:v>
+        <x:v>2850</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
-        <x:v>2853</x:v>
+        <x:v>2851</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s"/>
       <x:c r="J328" s="0" t="s"/>
       <x:c r="K328" s="0" t="s">
+        <x:v>2852</x:v>
+      </x:c>
+      <x:c r="L328" s="0" t="s">
+        <x:v>2853</x:v>
+      </x:c>
+      <x:c r="M328" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N328" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O328" s="0" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="P328" s="0" t="s">
         <x:v>2854</x:v>
       </x:c>
-      <x:c r="L328" s="0" t="s">
+      <x:c r="Q328" s="0" t="s">
         <x:v>2855</x:v>
       </x:c>
-      <x:c r="M328" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R328" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S328" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:19">
       <x:c r="A329" s="0" t="s">
+        <x:v>2856</x:v>
+      </x:c>
+      <x:c r="B329" s="0" t="s">
+        <x:v>2857</x:v>
+      </x:c>
+      <x:c r="C329" s="0" t="s">
         <x:v>2858</x:v>
       </x:c>
-      <x:c r="B329" s="0" t="s">
+      <x:c r="D329" s="0" t="s">
         <x:v>2859</x:v>
       </x:c>
-      <x:c r="C329" s="0" t="s">
+      <x:c r="E329" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F329" s="0" t="s">
         <x:v>2860</x:v>
       </x:c>
-      <x:c r="D329" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F329" s="0" t="s">
+      <x:c r="G329" s="0" t="s">
         <x:v>2861</x:v>
       </x:c>
-      <x:c r="G329" s="0" t="s">
+      <x:c r="H329" s="0" t="s">
         <x:v>2862</x:v>
       </x:c>
-      <x:c r="H329" s="0" t="s"/>
       <x:c r="I329" s="0" t="s"/>
       <x:c r="J329" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K329" s="0" t="s"/>
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="K329" s="0" t="s">
+        <x:v>2863</x:v>
+      </x:c>
       <x:c r="L329" s="0" t="s">
-        <x:v>2863</x:v>
+        <x:v>2864</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>2845</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>2864</x:v>
+        <x:v>2865</x:v>
       </x:c>
       <x:c r="Q329" s="0" t="s">
-        <x:v>2865</x:v>
+        <x:v>2866</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:19">
       <x:c r="A330" s="0" t="s">
-        <x:v>2866</x:v>
+        <x:v>2867</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>2867</x:v>
+        <x:v>2868</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>2868</x:v>
+        <x:v>2869</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>2869</x:v>
+        <x:v>2725</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>2870</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>2871</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>2872</x:v>
       </x:c>
-      <x:c r="I330" s="0" t="s"/>
+      <x:c r="I330" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J330" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>2873</x:v>
       </x:c>
       <x:c r="L330" s="0" t="s">
         <x:v>2874</x:v>
       </x:c>
       <x:c r="M330" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O330" s="0" t="s">
-        <x:v>2845</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="P330" s="0" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="Q330" s="0" t="s">
         <x:v>2875</x:v>
       </x:c>
-      <x:c r="Q330" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R330" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S330" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:19">
       <x:c r="A331" s="0" t="s">
+        <x:v>2876</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
         <x:v>2877</x:v>
       </x:c>
-      <x:c r="B331" s="0" t="s">
+      <x:c r="C331" s="0" t="s">
         <x:v>2878</x:v>
       </x:c>
-      <x:c r="C331" s="0" t="s">
+      <x:c r="D331" s="0" t="s">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="E331" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F331" s="0" t="s">
         <x:v>2879</x:v>
       </x:c>
-      <x:c r="D331" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F331" s="0" t="s">
+      <x:c r="G331" s="0" t="s">
         <x:v>2880</x:v>
       </x:c>
-      <x:c r="G331" s="0" t="s">
+      <x:c r="H331" s="0" t="s">
         <x:v>2881</x:v>
       </x:c>
-      <x:c r="H331" s="0" t="s">
+      <x:c r="I331" s="0" t="s"/>
+      <x:c r="J331" s="0" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="K331" s="0" t="s">
         <x:v>2882</x:v>
       </x:c>
-      <x:c r="I331" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="K331" s="0" t="s">
+      <x:c r="L331" s="0" t="s">
         <x:v>2883</x:v>
       </x:c>
-      <x:c r="L331" s="0" t="s">
+      <x:c r="M331" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N331" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O331" s="0" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="P331" s="0" t="s">
         <x:v>2884</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>772</x:v>
       </x:c>
       <x:c r="Q331" s="0" t="s">
         <x:v>2885</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:19">
       <x:c r="A332" s="0" t="s">
         <x:v>2886</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>2887</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>2888</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>2889</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
-        <x:v>2889</x:v>
+        <x:v>2890</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
-        <x:v>2890</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
-        <x:v>2891</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s"/>
       <x:c r="J332" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>2892</x:v>
       </x:c>
       <x:c r="L332" s="0" t="s">
         <x:v>2893</x:v>
       </x:c>
       <x:c r="M332" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O332" s="0" t="s">
-        <x:v>2845</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="P332" s="0" t="s">
         <x:v>2894</x:v>
       </x:c>
       <x:c r="Q332" s="0" t="s">
         <x:v>2895</x:v>
       </x:c>
       <x:c r="R332" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S332" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:19">
       <x:c r="A333" s="0" t="s">
         <x:v>2896</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>2897</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>2898</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>2899</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>2900</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>2901</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
-        <x:v>2891</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s"/>
       <x:c r="J333" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>2902</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>2903</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>2845</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>2904</x:v>
       </x:c>
       <x:c r="Q333" s="0" t="s">
         <x:v>2905</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S333" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:19">
       <x:c r="A334" s="0" t="s">
         <x:v>2906</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>2907</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>2908</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>2909</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>2910</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>2911</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
-        <x:v>2891</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s"/>
       <x:c r="J334" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>2912</x:v>
       </x:c>
       <x:c r="L334" s="0" t="s">
         <x:v>2913</x:v>
       </x:c>
       <x:c r="M334" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O334" s="0" t="s">
-        <x:v>2845</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="P334" s="0" t="s">
         <x:v>2914</x:v>
       </x:c>
       <x:c r="Q334" s="0" t="s">
         <x:v>2915</x:v>
       </x:c>
       <x:c r="R334" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S334" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:19">
       <x:c r="A335" s="0" t="s">
         <x:v>2916</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>2917</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>2918</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E335" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F335" s="0" t="s">
         <x:v>2919</x:v>
       </x:c>
-      <x:c r="E335" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F335" s="0" t="s">
+      <x:c r="G335" s="0" t="s">
         <x:v>2920</x:v>
       </x:c>
-      <x:c r="G335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>2891</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s"/>
       <x:c r="J335" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
+        <x:v>2921</x:v>
+      </x:c>
+      <x:c r="L335" s="0" t="s">
         <x:v>2922</x:v>
       </x:c>
-      <x:c r="L335" s="0" t="s">
+      <x:c r="M335" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N335" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O335" s="0" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="P335" s="0" t="s">
         <x:v>2923</x:v>
       </x:c>
-      <x:c r="M335" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P335" s="0" t="s">
+      <x:c r="Q335" s="0" t="s">
         <x:v>2924</x:v>
       </x:c>
-      <x:c r="Q335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:19">
       <x:c r="A336" s="0" t="s">
+        <x:v>2925</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
         <x:v>2926</x:v>
       </x:c>
-      <x:c r="B336" s="0" t="s">
+      <x:c r="C336" s="0" t="s">
         <x:v>2927</x:v>
       </x:c>
-      <x:c r="C336" s="0" t="s">
+      <x:c r="D336" s="0" t="s">
         <x:v>2928</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>2929</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>2930</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
-        <x:v>2891</x:v>
-[...1 lines deleted...]
-      <x:c r="I336" s="0" t="s"/>
+        <x:v>2881</x:v>
+      </x:c>
+      <x:c r="I336" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="J336" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>2931</x:v>
       </x:c>
       <x:c r="L336" s="0" t="s">
         <x:v>2932</x:v>
       </x:c>
       <x:c r="M336" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O336" s="0" t="s">
-        <x:v>2845</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="P336" s="0" t="s">
         <x:v>2933</x:v>
       </x:c>
       <x:c r="Q336" s="0" t="s">
         <x:v>2934</x:v>
       </x:c>
       <x:c r="R336" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S336" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:19">
       <x:c r="A337" s="0" t="s">
         <x:v>2935</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>2936</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
+        <x:v>2837</x:v>
+      </x:c>
+      <x:c r="D337" s="0" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E337" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F337" s="0" t="s">
         <x:v>2937</x:v>
       </x:c>
-      <x:c r="D337" s="0" t="s">
+      <x:c r="G337" s="0" t="s">
         <x:v>2938</x:v>
       </x:c>
-      <x:c r="E337" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F337" s="0" t="s">
+      <x:c r="H337" s="0" t="s">
         <x:v>2939</x:v>
       </x:c>
-      <x:c r="G337" s="0" t="s">
+      <x:c r="I337" s="0" t="s"/>
+      <x:c r="J337" s="0" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="K337" s="0" t="s">
         <x:v>2940</x:v>
       </x:c>
-      <x:c r="H337" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="K337" s="0" t="s">
+      <x:c r="L337" s="0" t="s">
         <x:v>2941</x:v>
       </x:c>
-      <x:c r="L337" s="0" t="s">
+      <x:c r="M337" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N337" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O337" s="0" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="P337" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="Q337" s="0" t="s">
         <x:v>2942</x:v>
       </x:c>
-      <x:c r="M337" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:19">
       <x:c r="A338" s="0" t="s">
+        <x:v>2943</x:v>
+      </x:c>
+      <x:c r="B338" s="0" t="s">
+        <x:v>2944</x:v>
+      </x:c>
+      <x:c r="C338" s="0" t="s">
         <x:v>2945</x:v>
       </x:c>
-      <x:c r="B338" s="0" t="s">
+      <x:c r="D338" s="0" t="s">
+        <x:v>2899</x:v>
+      </x:c>
+      <x:c r="E338" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F338" s="0" t="s">
         <x:v>2946</x:v>
       </x:c>
-      <x:c r="C338" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F338" s="0" t="s">
+      <x:c r="G338" s="0" t="s">
         <x:v>2947</x:v>
       </x:c>
-      <x:c r="G338" s="0" t="s">
+      <x:c r="H338" s="0" t="s">
+        <x:v>2881</x:v>
+      </x:c>
+      <x:c r="I338" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J338" s="0" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="K338" s="0" t="s">
         <x:v>2948</x:v>
       </x:c>
-      <x:c r="H338" s="0" t="s">
+      <x:c r="L338" s="0" t="s">
         <x:v>2949</x:v>
       </x:c>
-      <x:c r="I338" s="0" t="s"/>
-[...3 lines deleted...]
-      <x:c r="K338" s="0" t="s">
+      <x:c r="M338" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N338" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O338" s="0" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="P338" s="0" t="s">
         <x:v>2950</x:v>
       </x:c>
-      <x:c r="L338" s="0" t="s">
+      <x:c r="Q338" s="0" t="s">
         <x:v>2951</x:v>
       </x:c>
-      <x:c r="M338" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R338" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S338" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:19">
       <x:c r="A339" s="0" t="s">
+        <x:v>2952</x:v>
+      </x:c>
+      <x:c r="B339" s="0" t="s">
         <x:v>2953</x:v>
       </x:c>
-      <x:c r="B339" s="0" t="s">
+      <x:c r="C339" s="0" t="s">
         <x:v>2954</x:v>
       </x:c>
-      <x:c r="C339" s="0" t="s">
+      <x:c r="D339" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E339" s="0" t="s"/>
+      <x:c r="F339" s="0" t="s">
         <x:v>2955</x:v>
       </x:c>
-      <x:c r="D339" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F339" s="0" t="s">
+      <x:c r="G339" s="0" t="s">
         <x:v>2956</x:v>
       </x:c>
-      <x:c r="G339" s="0" t="s">
+      <x:c r="H339" s="0" t="s"/>
+      <x:c r="I339" s="0" t="s"/>
+      <x:c r="J339" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K339" s="0" t="s"/>
+      <x:c r="L339" s="0" t="s">
         <x:v>2957</x:v>
       </x:c>
-      <x:c r="H339" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="K339" s="0" t="s">
+      <x:c r="M339" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N339" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O339" s="0" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="P339" s="0" t="s">
         <x:v>2958</x:v>
       </x:c>
-      <x:c r="L339" s="0" t="s">
+      <x:c r="Q339" s="0" t="s">
         <x:v>2959</x:v>
       </x:c>
-      <x:c r="M339" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:19">
       <x:c r="A340" s="0" t="s">
+        <x:v>2960</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
+        <x:v>2961</x:v>
+      </x:c>
+      <x:c r="C340" s="0" t="s">
         <x:v>2962</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2964</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
+        <x:v>2963</x:v>
+      </x:c>
+      <x:c r="G340" s="0" t="s">
+        <x:v>2964</x:v>
+      </x:c>
+      <x:c r="H340" s="0" t="s">
         <x:v>2965</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2967</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s"/>
       <x:c r="J340" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
+        <x:v>2966</x:v>
+      </x:c>
+      <x:c r="L340" s="0" t="s">
+        <x:v>2967</x:v>
+      </x:c>
+      <x:c r="M340" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N340" s="0" t="s">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="O340" s="0" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="P340" s="0" t="s">
         <x:v>2968</x:v>
       </x:c>
-      <x:c r="L340" s="0" t="s">
+      <x:c r="Q340" s="0" t="s">
         <x:v>2969</x:v>
       </x:c>
-      <x:c r="M340" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R340" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="S340" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:19">
       <x:c r="A341" s="0" t="s">
+        <x:v>2970</x:v>
+      </x:c>
+      <x:c r="B341" s="0" t="s">
+        <x:v>2971</x:v>
+      </x:c>
+      <x:c r="C341" s="0" t="s">
         <x:v>2972</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2974</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>2975</x:v>
+        <x:v>2973</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>2976</x:v>
+        <x:v>2974</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s"/>
       <x:c r="I341" s="0" t="s"/>
       <x:c r="J341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
+        <x:v>2975</x:v>
+      </x:c>
+      <x:c r="L341" s="0" t="s">
+        <x:v>2976</x:v>
+      </x:c>
+      <x:c r="M341" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N341" s="0" t="s">
         <x:v>2977</x:v>
       </x:c>
-      <x:c r="L341" s="0" t="s">
+      <x:c r="O341" s="0" t="s">
         <x:v>2978</x:v>
       </x:c>
-      <x:c r="M341" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N341" s="0" t="s">
+      <x:c r="P341" s="0" t="s">
         <x:v>2979</x:v>
       </x:c>
-      <x:c r="O341" s="0" t="s">
+      <x:c r="Q341" s="0" t="s">
         <x:v>2980</x:v>
       </x:c>
-      <x:c r="P341" s="0" t="s">
+      <x:c r="R341" s="0" t="s">
         <x:v>2981</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2983</x:v>
       </x:c>
       <x:c r="S341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:19">
       <x:c r="A342" s="0" t="s">
+        <x:v>2982</x:v>
+      </x:c>
+      <x:c r="B342" s="0" t="s">
+        <x:v>2983</x:v>
+      </x:c>
+      <x:c r="C342" s="0" t="s">
         <x:v>2984</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2986</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
-        <x:v>2987</x:v>
+        <x:v>2985</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>2988</x:v>
+        <x:v>2986</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s"/>
       <x:c r="I342" s="0" t="s"/>
       <x:c r="J342" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
+        <x:v>2987</x:v>
+      </x:c>
+      <x:c r="L342" s="0" t="s">
+        <x:v>2988</x:v>
+      </x:c>
+      <x:c r="M342" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N342" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O342" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P342" s="0" t="s">
         <x:v>2989</x:v>
       </x:c>
-      <x:c r="L342" s="0" t="s">
+      <x:c r="Q342" s="0" t="s">
         <x:v>2990</x:v>
       </x:c>
-      <x:c r="M342" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R342" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S342" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:19">
       <x:c r="A343" s="0" t="s">
+        <x:v>2991</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
+        <x:v>2992</x:v>
+      </x:c>
+      <x:c r="C343" s="0" t="s">
         <x:v>2993</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2995</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>2996</x:v>
+        <x:v>2994</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>2997</x:v>
+        <x:v>2995</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s"/>
       <x:c r="I343" s="0" t="s"/>
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
+        <x:v>2996</x:v>
+      </x:c>
+      <x:c r="L343" s="0" t="s">
+        <x:v>2997</x:v>
+      </x:c>
+      <x:c r="M343" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N343" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O343" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P343" s="0" t="s">
+        <x:v>2928</x:v>
+      </x:c>
+      <x:c r="Q343" s="0" t="s">
         <x:v>2998</x:v>
       </x:c>
-      <x:c r="L343" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S343" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:19">
       <x:c r="A344" s="0" t="s">
+        <x:v>2999</x:v>
+      </x:c>
+      <x:c r="B344" s="0" t="s">
+        <x:v>3000</x:v>
+      </x:c>
+      <x:c r="C344" s="0" t="s">
         <x:v>3001</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3003</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>2975</x:v>
+        <x:v>2973</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>3004</x:v>
+        <x:v>3002</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s"/>
       <x:c r="I344" s="0" t="s"/>
       <x:c r="J344" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
+        <x:v>3003</x:v>
+      </x:c>
+      <x:c r="L344" s="0" t="s">
+        <x:v>3004</x:v>
+      </x:c>
+      <x:c r="M344" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N344" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O344" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P344" s="0" t="s">
         <x:v>3005</x:v>
       </x:c>
-      <x:c r="L344" s="0" t="s">
+      <x:c r="Q344" s="0" t="s">
         <x:v>3006</x:v>
       </x:c>
-      <x:c r="M344" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R344" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S344" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:19">
       <x:c r="A345" s="0" t="s">
+        <x:v>3007</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
+        <x:v>3008</x:v>
+      </x:c>
+      <x:c r="C345" s="0" t="s">
         <x:v>3009</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3011</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
-        <x:v>3012</x:v>
+        <x:v>3010</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>3013</x:v>
+        <x:v>3011</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s"/>
       <x:c r="I345" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
+        <x:v>3012</x:v>
+      </x:c>
+      <x:c r="L345" s="0" t="s">
+        <x:v>3013</x:v>
+      </x:c>
+      <x:c r="M345" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N345" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O345" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P345" s="0" t="s">
         <x:v>3014</x:v>
       </x:c>
-      <x:c r="L345" s="0" t="s">
+      <x:c r="Q345" s="0" t="s">
         <x:v>3015</x:v>
       </x:c>
-      <x:c r="M345" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S345" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:19">
       <x:c r="A346" s="0" t="s">
+        <x:v>3016</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
+        <x:v>3017</x:v>
+      </x:c>
+      <x:c r="C346" s="0" t="s">
         <x:v>3018</x:v>
       </x:c>
-      <x:c r="B346" s="0" t="s">
+      <x:c r="D346" s="0" t="s">
         <x:v>3019</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3021</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s"/>
       <x:c r="G346" s="0" t="s">
-        <x:v>3022</x:v>
+        <x:v>3020</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s"/>
       <x:c r="I346" s="0" t="s"/>
       <x:c r="J346" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s"/>
       <x:c r="L346" s="0" t="s">
+        <x:v>3021</x:v>
+      </x:c>
+      <x:c r="M346" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N346" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O346" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P346" s="0" t="s">
+        <x:v>3022</x:v>
+      </x:c>
+      <x:c r="Q346" s="0" t="s">
         <x:v>3023</x:v>
       </x:c>
-      <x:c r="M346" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R346" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S346" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:19">
       <x:c r="A347" s="0" t="s">
+        <x:v>3024</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
+        <x:v>3025</x:v>
+      </x:c>
+      <x:c r="C347" s="0" t="s">
         <x:v>3026</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3028</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s"/>
       <x:c r="F347" s="0" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>3029</x:v>
+        <x:v>3027</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s"/>
       <x:c r="I347" s="0" t="s"/>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s"/>
       <x:c r="L347" s="0" t="s">
-        <x:v>3030</x:v>
+        <x:v>3028</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>2980</x:v>
+        <x:v>2978</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>1549</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="Q347" s="0" t="s">
-        <x:v>3031</x:v>
+        <x:v>3029</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S347" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:19">
       <x:c r="A348" s="0" t="s">
+        <x:v>3030</x:v>
+      </x:c>
+      <x:c r="B348" s="0" t="s">
+        <x:v>3031</x:v>
+      </x:c>
+      <x:c r="C348" s="0" t="s">
         <x:v>3032</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3034</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
-        <x:v>3035</x:v>
+        <x:v>3033</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
-        <x:v>3036</x:v>
+        <x:v>3034</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s"/>
       <x:c r="I348" s="0" t="s"/>
       <x:c r="J348" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
+        <x:v>3035</x:v>
+      </x:c>
+      <x:c r="L348" s="0" t="s">
+        <x:v>3036</x:v>
+      </x:c>
+      <x:c r="M348" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N348" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O348" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P348" s="0" t="s">
         <x:v>3037</x:v>
       </x:c>
-      <x:c r="L348" s="0" t="s">
+      <x:c r="Q348" s="0" t="s">
         <x:v>3038</x:v>
       </x:c>
-      <x:c r="M348" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R348" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S348" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:19">
       <x:c r="A349" s="0" t="s">
+        <x:v>3039</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
+        <x:v>3040</x:v>
+      </x:c>
+      <x:c r="C349" s="0" t="s">
         <x:v>3041</x:v>
       </x:c>
-      <x:c r="B349" s="0" t="s">
+      <x:c r="D349" s="0" t="s">
         <x:v>3042</x:v>
       </x:c>
-      <x:c r="C349" s="0" t="s">
+      <x:c r="E349" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F349" s="0" t="s">
         <x:v>3043</x:v>
       </x:c>
-      <x:c r="D349" s="0" t="s">
+      <x:c r="G349" s="0" t="s">
         <x:v>3044</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3046</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s"/>
       <x:c r="I349" s="0" t="s"/>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
+        <x:v>3045</x:v>
+      </x:c>
+      <x:c r="L349" s="0" t="s">
+        <x:v>3046</x:v>
+      </x:c>
+      <x:c r="M349" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N349" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O349" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P349" s="0" t="s">
         <x:v>3047</x:v>
       </x:c>
-      <x:c r="L349" s="0" t="s">
+      <x:c r="Q349" s="0" t="s">
         <x:v>3048</x:v>
       </x:c>
-      <x:c r="M349" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S349" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:19">
       <x:c r="A350" s="0" t="s">
-        <x:v>3051</x:v>
+        <x:v>3049</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>3002</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>3052</x:v>
+        <x:v>3050</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
-        <x:v>3053</x:v>
+        <x:v>3051</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>3004</x:v>
+        <x:v>3002</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s"/>
       <x:c r="I350" s="0" t="s"/>
       <x:c r="J350" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
+        <x:v>3052</x:v>
+      </x:c>
+      <x:c r="L350" s="0" t="s">
+        <x:v>3053</x:v>
+      </x:c>
+      <x:c r="M350" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N350" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O350" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P350" s="0" t="s">
         <x:v>3054</x:v>
       </x:c>
-      <x:c r="L350" s="0" t="s">
+      <x:c r="Q350" s="0" t="s">
         <x:v>3055</x:v>
       </x:c>
-      <x:c r="M350" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R350" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S350" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:19">
       <x:c r="A351" s="0" t="s">
+        <x:v>3056</x:v>
+      </x:c>
+      <x:c r="B351" s="0" t="s">
+        <x:v>3057</x:v>
+      </x:c>
+      <x:c r="C351" s="0" t="s">
         <x:v>3058</x:v>
       </x:c>
-      <x:c r="B351" s="0" t="s">
+      <x:c r="D351" s="0" t="s">
         <x:v>3059</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3061</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s"/>
       <x:c r="F351" s="0" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>3062</x:v>
+        <x:v>3060</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s"/>
       <x:c r="I351" s="0" t="s"/>
       <x:c r="J351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s"/>
       <x:c r="L351" s="0" t="s">
+        <x:v>3061</x:v>
+      </x:c>
+      <x:c r="M351" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N351" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O351" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P351" s="0" t="s">
+        <x:v>3062</x:v>
+      </x:c>
+      <x:c r="Q351" s="0" t="s">
         <x:v>3063</x:v>
       </x:c>
-      <x:c r="M351" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S351" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:19">
       <x:c r="A352" s="0" t="s">
+        <x:v>3064</x:v>
+      </x:c>
+      <x:c r="B352" s="0" t="s">
+        <x:v>3057</x:v>
+      </x:c>
+      <x:c r="C352" s="0" t="s">
+        <x:v>3065</x:v>
+      </x:c>
+      <x:c r="D352" s="0" t="s">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="E352" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F352" s="0" t="s">
         <x:v>3066</x:v>
       </x:c>
-      <x:c r="B352" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G352" s="0" t="s">
-        <x:v>3062</x:v>
+        <x:v>3060</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s"/>
       <x:c r="I352" s="0" t="s"/>
       <x:c r="J352" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
+        <x:v>3067</x:v>
+      </x:c>
+      <x:c r="L352" s="0" t="s">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="M352" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N352" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O352" s="0" t="s">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="P352" s="0" t="s">
         <x:v>3069</x:v>
       </x:c>
-      <x:c r="L352" s="0" t="s">
+      <x:c r="Q352" s="0" t="s">
         <x:v>3070</x:v>
       </x:c>
-      <x:c r="M352" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R352" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="S352" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:19">
       <x:c r="A353" s="0" t="s">
+        <x:v>3071</x:v>
+      </x:c>
+      <x:c r="B353" s="0" t="s">
+        <x:v>3072</x:v>
+      </x:c>
+      <x:c r="C353" s="0" t="s">
         <x:v>3073</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3075</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s"/>
       <x:c r="F353" s="0" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>3076</x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s"/>
       <x:c r="I353" s="0" t="s"/>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s"/>
       <x:c r="L353" s="0" t="s">
+        <x:v>3075</x:v>
+      </x:c>
+      <x:c r="M353" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N353" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O353" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P353" s="0" t="s">
         <x:v>3077</x:v>
       </x:c>
-      <x:c r="M353" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O353" s="0" t="s">
+      <x:c r="Q353" s="0" t="s">
         <x:v>3078</x:v>
       </x:c>
-      <x:c r="P353" s="0" t="s">
+      <x:c r="R353" s="0" t="s">
         <x:v>3079</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3081</x:v>
       </x:c>
       <x:c r="S353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:19">
       <x:c r="A354" s="0" t="s">
+        <x:v>3080</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
+        <x:v>3081</x:v>
+      </x:c>
+      <x:c r="C354" s="0" t="s">
         <x:v>3082</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3084</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
-        <x:v>3085</x:v>
+        <x:v>3083</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>3086</x:v>
+        <x:v>3084</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s"/>
       <x:c r="I354" s="0" t="s"/>
       <x:c r="J354" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
+        <x:v>3085</x:v>
+      </x:c>
+      <x:c r="L354" s="0" t="s">
+        <x:v>3086</x:v>
+      </x:c>
+      <x:c r="M354" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N354" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O354" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P354" s="0" t="s">
         <x:v>3087</x:v>
       </x:c>
-      <x:c r="L354" s="0" t="s">
+      <x:c r="Q354" s="0" t="s">
         <x:v>3088</x:v>
       </x:c>
-      <x:c r="M354" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R354" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S354" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:19">
       <x:c r="A355" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3089</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>3074</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>3092</x:v>
+        <x:v>3090</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
-        <x:v>2975</x:v>
+        <x:v>2973</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>3076</x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s"/>
       <x:c r="I355" s="0" t="s"/>
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
+        <x:v>3091</x:v>
+      </x:c>
+      <x:c r="L355" s="0" t="s">
+        <x:v>3092</x:v>
+      </x:c>
+      <x:c r="M355" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N355" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O355" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P355" s="0" t="s">
         <x:v>3093</x:v>
       </x:c>
-      <x:c r="L355" s="0" t="s">
+      <x:c r="Q355" s="0" t="s">
         <x:v>3094</x:v>
       </x:c>
-      <x:c r="M355" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S355" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:19">
       <x:c r="A356" s="0" t="s">
-        <x:v>3097</x:v>
+        <x:v>3095</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>3074</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>3092</x:v>
+        <x:v>3090</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>3098</x:v>
+        <x:v>3096</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>3076</x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s"/>
       <x:c r="I356" s="0" t="s"/>
       <x:c r="J356" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
+        <x:v>3097</x:v>
+      </x:c>
+      <x:c r="L356" s="0" t="s">
+        <x:v>3098</x:v>
+      </x:c>
+      <x:c r="M356" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N356" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O356" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P356" s="0" t="s">
         <x:v>3099</x:v>
       </x:c>
-      <x:c r="L356" s="0" t="s">
+      <x:c r="Q356" s="0" t="s">
         <x:v>3100</x:v>
       </x:c>
-      <x:c r="M356" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R356" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S356" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:19">
       <x:c r="A357" s="0" t="s">
+        <x:v>3101</x:v>
+      </x:c>
+      <x:c r="B357" s="0" t="s">
+        <x:v>3102</x:v>
+      </x:c>
+      <x:c r="C357" s="0" t="s">
         <x:v>3103</x:v>
       </x:c>
-      <x:c r="B357" s="0" t="s">
+      <x:c r="D357" s="0" t="s">
         <x:v>3104</x:v>
       </x:c>
-      <x:c r="C357" s="0" t="s">
+      <x:c r="E357" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F357" s="0" t="s">
         <x:v>3105</x:v>
       </x:c>
-      <x:c r="D357" s="0" t="s">
+      <x:c r="G357" s="0" t="s">
         <x:v>3106</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3108</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s"/>
       <x:c r="I357" s="0" t="s"/>
       <x:c r="J357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
+        <x:v>3107</x:v>
+      </x:c>
+      <x:c r="L357" s="0" t="s">
+        <x:v>3108</x:v>
+      </x:c>
+      <x:c r="M357" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N357" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O357" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P357" s="0" t="s">
+        <x:v>2889</x:v>
+      </x:c>
+      <x:c r="Q357" s="0" t="s">
         <x:v>3109</x:v>
       </x:c>
-      <x:c r="L357" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S357" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:19">
       <x:c r="A358" s="0" t="s">
+        <x:v>3110</x:v>
+      </x:c>
+      <x:c r="B358" s="0" t="s">
+        <x:v>3111</x:v>
+      </x:c>
+      <x:c r="C358" s="0" t="s">
         <x:v>3112</x:v>
       </x:c>
-      <x:c r="B358" s="0" t="s">
+      <x:c r="D358" s="0" t="s">
         <x:v>3113</x:v>
       </x:c>
-      <x:c r="C358" s="0" t="s">
+      <x:c r="E358" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F358" s="0" t="s">
         <x:v>3114</x:v>
       </x:c>
-      <x:c r="D358" s="0" t="s">
+      <x:c r="G358" s="0" t="s">
         <x:v>3115</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3117</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s"/>
       <x:c r="I358" s="0" t="s"/>
       <x:c r="J358" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
+        <x:v>3116</x:v>
+      </x:c>
+      <x:c r="L358" s="0" t="s">
+        <x:v>3117</x:v>
+      </x:c>
+      <x:c r="M358" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N358" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O358" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P358" s="0" t="s">
         <x:v>3118</x:v>
       </x:c>
-      <x:c r="L358" s="0" t="s">
+      <x:c r="Q358" s="0" t="s">
         <x:v>3119</x:v>
       </x:c>
-      <x:c r="M358" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R358" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S358" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:19">
       <x:c r="A359" s="0" t="s">
-        <x:v>3122</x:v>
+        <x:v>3120</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>3074</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>3123</x:v>
+        <x:v>3121</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
-        <x:v>3124</x:v>
+        <x:v>3122</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>3076</x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s"/>
       <x:c r="I359" s="0" t="s"/>
       <x:c r="J359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
+        <x:v>3123</x:v>
+      </x:c>
+      <x:c r="L359" s="0" t="s">
+        <x:v>3124</x:v>
+      </x:c>
+      <x:c r="M359" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N359" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O359" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P359" s="0" t="s">
         <x:v>3125</x:v>
       </x:c>
-      <x:c r="L359" s="0" t="s">
+      <x:c r="Q359" s="0" t="s">
         <x:v>3126</x:v>
       </x:c>
-      <x:c r="M359" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S359" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:19">
       <x:c r="A360" s="0" t="s">
-        <x:v>3129</x:v>
+        <x:v>3127</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
+        <x:v>3040</x:v>
+      </x:c>
+      <x:c r="C360" s="0" t="s">
+        <x:v>3041</x:v>
+      </x:c>
+      <x:c r="D360" s="0" t="s">
         <x:v>3042</x:v>
       </x:c>
-      <x:c r="C360" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D360" s="0" t="s">
+      <x:c r="E360" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F360" s="0" t="s">
+        <x:v>3128</x:v>
+      </x:c>
+      <x:c r="G360" s="0" t="s">
         <x:v>3044</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3046</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s"/>
       <x:c r="I360" s="0" t="s"/>
       <x:c r="J360" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
+        <x:v>3129</x:v>
+      </x:c>
+      <x:c r="L360" s="0" t="s">
+        <x:v>3130</x:v>
+      </x:c>
+      <x:c r="M360" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N360" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O360" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P360" s="0" t="s">
         <x:v>3131</x:v>
       </x:c>
-      <x:c r="L360" s="0" t="s">
+      <x:c r="Q360" s="0" t="s">
         <x:v>3132</x:v>
       </x:c>
-      <x:c r="M360" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R360" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S360" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:19">
       <x:c r="A361" s="0" t="s">
+        <x:v>3133</x:v>
+      </x:c>
+      <x:c r="B361" s="0" t="s">
+        <x:v>3134</x:v>
+      </x:c>
+      <x:c r="C361" s="0" t="s">
         <x:v>3135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3137</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s"/>
       <x:c r="F361" s="0" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>3036</x:v>
+        <x:v>3034</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s"/>
       <x:c r="I361" s="0" t="s"/>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s"/>
       <x:c r="L361" s="0" t="s">
+        <x:v>3136</x:v>
+      </x:c>
+      <x:c r="M361" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N361" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O361" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P361" s="0" t="s">
+        <x:v>3137</x:v>
+      </x:c>
+      <x:c r="Q361" s="0" t="s">
         <x:v>3138</x:v>
       </x:c>
-      <x:c r="M361" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S361" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:19">
       <x:c r="A362" s="0" t="s">
+        <x:v>3139</x:v>
+      </x:c>
+      <x:c r="B362" s="0" t="s">
+        <x:v>2607</x:v>
+      </x:c>
+      <x:c r="C362" s="0" t="s">
+        <x:v>3140</x:v>
+      </x:c>
+      <x:c r="D362" s="0" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="E362" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F362" s="0" t="s">
         <x:v>3141</x:v>
       </x:c>
-      <x:c r="B362" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>2612</x:v>
+        <x:v>2610</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s"/>
       <x:c r="I362" s="0" t="s"/>
       <x:c r="J362" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
+        <x:v>3142</x:v>
+      </x:c>
+      <x:c r="L362" s="0" t="s">
+        <x:v>3143</x:v>
+      </x:c>
+      <x:c r="M362" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N362" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O362" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P362" s="0" t="s">
         <x:v>3144</x:v>
       </x:c>
-      <x:c r="L362" s="0" t="s">
+      <x:c r="Q362" s="0" t="s">
         <x:v>3145</x:v>
       </x:c>
-      <x:c r="M362" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R362" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S362" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:19">
       <x:c r="A363" s="0" t="s">
+        <x:v>3146</x:v>
+      </x:c>
+      <x:c r="B363" s="0" t="s">
+        <x:v>3147</x:v>
+      </x:c>
+      <x:c r="C363" s="0" t="s">
         <x:v>3148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3150</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>3151</x:v>
+        <x:v>3149</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>3152</x:v>
+        <x:v>3150</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s"/>
       <x:c r="I363" s="0" t="s"/>
       <x:c r="J363" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s"/>
       <x:c r="L363" s="0" t="s">
+        <x:v>3152</x:v>
+      </x:c>
+      <x:c r="M363" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N363" s="0" t="s">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="O363" s="0" t="s">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="P363" s="0" t="s">
         <x:v>3153</x:v>
       </x:c>
-      <x:c r="M363" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P363" s="0" t="s">
+      <x:c r="Q363" s="0" t="s">
         <x:v>3154</x:v>
       </x:c>
-      <x:c r="Q363" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="S363" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:19">
       <x:c r="A364" s="0" t="s">
+        <x:v>3155</x:v>
+      </x:c>
+      <x:c r="B364" s="0" t="s">
         <x:v>3156</x:v>
       </x:c>
-      <x:c r="B364" s="0" t="s">
+      <x:c r="C364" s="0" t="s">
         <x:v>3157</x:v>
       </x:c>
-      <x:c r="C364" s="0" t="s">
+      <x:c r="D364" s="0" t="s">
         <x:v>3158</x:v>
       </x:c>
-      <x:c r="D364" s="0" t="s">
+      <x:c r="E364" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F364" s="0" t="s">
         <x:v>3159</x:v>
       </x:c>
-      <x:c r="E364" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F364" s="0" t="s">
+      <x:c r="G364" s="0" t="s">
         <x:v>3160</x:v>
       </x:c>
-      <x:c r="G364" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H364" s="0" t="s"/>
-      <x:c r="I364" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="I364" s="0" t="s"/>
       <x:c r="J364" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
+        <x:v>3161</x:v>
+      </x:c>
+      <x:c r="L364" s="0" t="s">
         <x:v>3162</x:v>
       </x:c>
-      <x:c r="L364" s="0" t="s">
+      <x:c r="M364" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N364" s="0" t="s">
         <x:v>3163</x:v>
       </x:c>
-      <x:c r="M364" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N364" s="0" t="s">
+      <x:c r="O364" s="0" t="s">
         <x:v>3164</x:v>
       </x:c>
-      <x:c r="O364" s="0" t="s">
+      <x:c r="P364" s="0" t="s">
         <x:v>3165</x:v>
       </x:c>
-      <x:c r="P364" s="0" t="s">
+      <x:c r="Q364" s="0" t="s">
         <x:v>3166</x:v>
       </x:c>
-      <x:c r="Q364" s="0" t="s">
+      <x:c r="R364" s="0" t="s">
         <x:v>3167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3168</x:v>
       </x:c>
       <x:c r="S364" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:19">
       <x:c r="A365" s="0" t="s">
+        <x:v>3168</x:v>
+      </x:c>
+      <x:c r="B365" s="0" t="s">
         <x:v>3169</x:v>
       </x:c>
-      <x:c r="B365" s="0" t="s">
+      <x:c r="C365" s="0" t="s">
         <x:v>3170</x:v>
       </x:c>
-      <x:c r="C365" s="0" t="s">
+      <x:c r="D365" s="0" t="s">
+        <x:v>2662</x:v>
+      </x:c>
+      <x:c r="E365" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F365" s="0" t="s">
         <x:v>3171</x:v>
       </x:c>
-      <x:c r="D365" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F365" s="0" t="s">
+      <x:c r="G365" s="0" t="s">
         <x:v>3172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3173</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s"/>
       <x:c r="I365" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
+        <x:v>3173</x:v>
+      </x:c>
+      <x:c r="L365" s="0" t="s">
         <x:v>3174</x:v>
       </x:c>
-      <x:c r="L365" s="0" t="s">
+      <x:c r="M365" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N365" s="0" t="s">
         <x:v>3175</x:v>
       </x:c>
-      <x:c r="M365" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N365" s="0" t="s">
+      <x:c r="O365" s="0" t="s">
         <x:v>3176</x:v>
       </x:c>
-      <x:c r="O365" s="0" t="s">
+      <x:c r="P365" s="0" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="Q365" s="0" t="s">
         <x:v>3177</x:v>
       </x:c>
-      <x:c r="P365" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>3169</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="S365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:19">
       <x:c r="A366" s="0" t="s">
+        <x:v>3178</x:v>
+      </x:c>
+      <x:c r="B366" s="0" t="s">
         <x:v>3179</x:v>
       </x:c>
-      <x:c r="B366" s="0" t="s">
+      <x:c r="C366" s="0" t="s">
         <x:v>3180</x:v>
       </x:c>
-      <x:c r="C366" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>2664</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s"/>
       <x:c r="F366" s="0" t="s"/>
       <x:c r="G366" s="0" t="s">
-        <x:v>3173</x:v>
+        <x:v>3172</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s"/>
       <x:c r="I366" s="0" t="s"/>
       <x:c r="J366" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s"/>
       <x:c r="L366" s="0" t="s">
+        <x:v>3181</x:v>
+      </x:c>
+      <x:c r="M366" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N366" s="0" t="s">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="O366" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="P366" s="0" t="s">
         <x:v>3182</x:v>
       </x:c>
-      <x:c r="M366" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P366" s="0" t="s">
+      <x:c r="Q366" s="0" t="s">
         <x:v>3183</x:v>
       </x:c>
-      <x:c r="Q366" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R366" s="0" t="s">
-        <x:v>3169</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="S366" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:19">
       <x:c r="A367" s="0" t="s">
+        <x:v>3184</x:v>
+      </x:c>
+      <x:c r="B367" s="0" t="s">
         <x:v>3185</x:v>
       </x:c>
-      <x:c r="B367" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>3171</x:v>
+        <x:v>3170</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>2664</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s"/>
       <x:c r="F367" s="0" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>3187</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s"/>
       <x:c r="I367" s="0" t="s"/>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s"/>
       <x:c r="L367" s="0" t="s">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="M367" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N367" s="0" t="s">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="O367" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="P367" s="0" t="s">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="Q367" s="0" t="s">
         <x:v>3188</x:v>
       </x:c>
-      <x:c r="M367" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>3169</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="S367" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:19">
       <x:c r="A368" s="0" t="s">
+        <x:v>3189</x:v>
+      </x:c>
+      <x:c r="B368" s="0" t="s">
         <x:v>3190</x:v>
       </x:c>
-      <x:c r="B368" s="0" t="s">
+      <x:c r="C368" s="0" t="s">
         <x:v>3191</x:v>
       </x:c>
-      <x:c r="C368" s="0" t="s">
+      <x:c r="D368" s="0" t="s">
         <x:v>3192</x:v>
       </x:c>
-      <x:c r="D368" s="0" t="s">
+      <x:c r="E368" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F368" s="0" t="s">
         <x:v>3193</x:v>
       </x:c>
-      <x:c r="E368" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F368" s="0" t="s">
+      <x:c r="G368" s="0" t="s">
         <x:v>3194</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3195</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s"/>
       <x:c r="I368" s="0" t="s"/>
       <x:c r="J368" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
+        <x:v>3195</x:v>
+      </x:c>
+      <x:c r="L368" s="0" t="s">
         <x:v>3196</x:v>
       </x:c>
-      <x:c r="L368" s="0" t="s">
+      <x:c r="M368" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N368" s="0" t="s">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="O368" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="P368" s="0" t="s">
         <x:v>3197</x:v>
       </x:c>
-      <x:c r="M368" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P368" s="0" t="s">
+      <x:c r="Q368" s="0" t="s">
         <x:v>3198</x:v>
       </x:c>
-      <x:c r="Q368" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R368" s="0" t="s">
-        <x:v>3169</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="S368" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:19">
       <x:c r="A369" s="0" t="s">
+        <x:v>3199</x:v>
+      </x:c>
+      <x:c r="B369" s="0" t="s">
         <x:v>3200</x:v>
       </x:c>
-      <x:c r="B369" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>3171</x:v>
+        <x:v>3170</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>2664</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s"/>
       <x:c r="F369" s="0" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>3202</x:v>
+        <x:v>3201</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s"/>
       <x:c r="I369" s="0" t="s"/>
       <x:c r="J369" s="0" t="s"/>
       <x:c r="K369" s="0" t="s"/>
       <x:c r="L369" s="0" t="s">
+        <x:v>3202</x:v>
+      </x:c>
+      <x:c r="M369" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N369" s="0" t="s">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="O369" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="P369" s="0" t="s">
         <x:v>3203</x:v>
       </x:c>
-      <x:c r="M369" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P369" s="0" t="s">
+      <x:c r="Q369" s="0" t="s">
         <x:v>3204</x:v>
       </x:c>
-      <x:c r="Q369" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>3169</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="S369" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:19">
       <x:c r="A370" s="0" t="s">
+        <x:v>3205</x:v>
+      </x:c>
+      <x:c r="B370" s="0" t="s">
         <x:v>3206</x:v>
       </x:c>
-      <x:c r="B370" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>3171</x:v>
+        <x:v>3170</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>2664</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s"/>
       <x:c r="F370" s="0" t="s">
+        <x:v>3207</x:v>
+      </x:c>
+      <x:c r="G370" s="0" t="s">
         <x:v>3208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3209</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s"/>
       <x:c r="I370" s="0" t="s"/>
       <x:c r="J370" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s"/>
       <x:c r="L370" s="0" t="s">
+        <x:v>3209</x:v>
+      </x:c>
+      <x:c r="M370" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N370" s="0" t="s">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="O370" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="P370" s="0" t="s">
         <x:v>3210</x:v>
       </x:c>
-      <x:c r="M370" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P370" s="0" t="s">
+      <x:c r="Q370" s="0" t="s">
         <x:v>3211</x:v>
       </x:c>
-      <x:c r="Q370" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R370" s="0" t="s">
-        <x:v>3169</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="S370" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:19">
       <x:c r="A371" s="0" t="s">
+        <x:v>3212</x:v>
+      </x:c>
+      <x:c r="B371" s="0" t="s">
         <x:v>3213</x:v>
       </x:c>
-      <x:c r="B371" s="0" t="s">
+      <x:c r="C371" s="0" t="s">
+        <x:v>3191</x:v>
+      </x:c>
+      <x:c r="D371" s="0" t="s">
+        <x:v>3192</x:v>
+      </x:c>
+      <x:c r="E371" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F371" s="0" t="s">
         <x:v>3214</x:v>
       </x:c>
-      <x:c r="C371" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F371" s="0" t="s">
+      <x:c r="G371" s="0" t="s">
         <x:v>3215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3216</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s"/>
       <x:c r="I371" s="0" t="s"/>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
+        <x:v>3216</x:v>
+      </x:c>
+      <x:c r="L371" s="0" t="s">
         <x:v>3217</x:v>
       </x:c>
-      <x:c r="L371" s="0" t="s">
+      <x:c r="M371" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N371" s="0" t="s">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="O371" s="0" t="s">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="P371" s="0" t="s">
         <x:v>3218</x:v>
       </x:c>
-      <x:c r="M371" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P371" s="0" t="s">
+      <x:c r="Q371" s="0" t="s">
         <x:v>3219</x:v>
       </x:c>
-      <x:c r="Q371" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>3169</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="S371" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:19">
       <x:c r="A372" s="0" t="s">
+        <x:v>3220</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
         <x:v>3221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3222</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s"/>
       <x:c r="F372" s="0" t="s"/>
       <x:c r="G372" s="0" t="s">
-        <x:v>3223</x:v>
+        <x:v>3222</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s"/>
       <x:c r="I372" s="0" t="s"/>
       <x:c r="J372" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
+        <x:v>3223</x:v>
+      </x:c>
+      <x:c r="L372" s="0" t="s">
         <x:v>3224</x:v>
       </x:c>
-      <x:c r="L372" s="0" t="s">
+      <x:c r="M372" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N372" s="0" t="s">
         <x:v>3225</x:v>
       </x:c>
-      <x:c r="M372" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N372" s="0" t="s">
+      <x:c r="O372" s="0" t="s">
         <x:v>3226</x:v>
       </x:c>
-      <x:c r="O372" s="0" t="s">
+      <x:c r="P372" s="0" t="s">
         <x:v>3227</x:v>
       </x:c>
-      <x:c r="P372" s="0" t="s">
+      <x:c r="Q372" s="0" t="s">
         <x:v>3228</x:v>
       </x:c>
-      <x:c r="Q372" s="0" t="s">
+      <x:c r="R372" s="0" t="s">
         <x:v>3229</x:v>
       </x:c>
-      <x:c r="R372" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S372" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:19">
       <x:c r="A373" s="0" t="s">
+        <x:v>3230</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
         <x:v>3231</x:v>
       </x:c>
-      <x:c r="B373" s="0" t="s">
+      <x:c r="C373" s="0" t="s">
         <x:v>3232</x:v>
       </x:c>
-      <x:c r="C373" s="0" t="s">
+      <x:c r="D373" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E373" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F373" s="0" t="s">
         <x:v>3233</x:v>
       </x:c>
-      <x:c r="D373" s="0" t="s">
-[...3 lines deleted...]
-      <x:c r="F373" s="0" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>3234</x:v>
       </x:c>
-      <x:c r="H373" s="0" t="s"/>
+      <x:c r="H373" s="0" t="s">
+        <x:v>2222</x:v>
+      </x:c>
       <x:c r="I373" s="0" t="s"/>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K373" s="0" t="s"/>
+      <x:c r="K373" s="0" t="s">
+        <x:v>3235</x:v>
+      </x:c>
       <x:c r="L373" s="0" t="s">
-        <x:v>3235</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O373" s="0" t="s">
         <x:v>3226</x:v>
       </x:c>
-      <x:c r="O373" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>2619</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="Q373" s="0" t="s">
-        <x:v>3236</x:v>
+        <x:v>3238</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S373" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:19">
       <x:c r="A374" s="0" t="s">
-        <x:v>3237</x:v>
+        <x:v>3239</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>3238</x:v>
+        <x:v>3231</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>3239</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>3240</x:v>
+        <x:v>3241</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>3241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>3234</x:v>
+      </x:c>
+      <x:c r="H374" s="0" t="s"/>
       <x:c r="I374" s="0" t="s"/>
       <x:c r="J374" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K374" s="0" t="s">
+      <x:c r="K374" s="1" t="s">
         <x:v>3242</x:v>
       </x:c>
       <x:c r="L374" s="0" t="s">
         <x:v>3243</x:v>
       </x:c>
       <x:c r="M374" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O374" s="0" t="s">
         <x:v>3226</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3227</x:v>
       </x:c>
       <x:c r="P374" s="0" t="s">
         <x:v>3244</x:v>
       </x:c>
       <x:c r="Q374" s="0" t="s">
         <x:v>3245</x:v>
       </x:c>
       <x:c r="R374" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S374" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:19">
       <x:c r="A375" s="0" t="s">
         <x:v>3246</x:v>
       </x:c>
-      <x:c r="B375" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
+      <x:c r="B375" s="0" t="s"/>
+      <x:c r="C375" s="0" t="s"/>
+      <x:c r="D375" s="0" t="s"/>
+      <x:c r="E375" s="0" t="s"/>
+      <x:c r="F375" s="0" t="s"/>
+      <x:c r="G375" s="0" t="s"/>
       <x:c r="H375" s="0" t="s"/>
       <x:c r="I375" s="0" t="s"/>
       <x:c r="J375" s="0" t="s">
-        <x:v>26</x:v>
-[...1 lines deleted...]
-      <x:c r="K375" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K375" s="0" t="s"/>
+      <x:c r="L375" s="0" t="s">
+        <x:v>3247</x:v>
+      </x:c>
+      <x:c r="M375" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N375" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O375" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P375" s="0" t="s">
+        <x:v>3248</x:v>
+      </x:c>
+      <x:c r="Q375" s="0" t="s">
         <x:v>3249</x:v>
       </x:c>
-      <x:c r="L375" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S375" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:19">
       <x:c r="A376" s="0" t="s">
-        <x:v>3253</x:v>
-[...3 lines deleted...]
-      <x:c r="D376" s="0" t="s"/>
+        <x:v>3250</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>3251</x:v>
+      </x:c>
+      <x:c r="C376" s="0" t="s">
+        <x:v>3252</x:v>
+      </x:c>
+      <x:c r="D376" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="E376" s="0" t="s"/>
       <x:c r="F376" s="0" t="s"/>
-      <x:c r="G376" s="0" t="s"/>
+      <x:c r="G376" s="0" t="s">
+        <x:v>3253</x:v>
+      </x:c>
       <x:c r="H376" s="0" t="s"/>
       <x:c r="I376" s="0" t="s"/>
       <x:c r="J376" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s"/>
       <x:c r="L376" s="0" t="s">
         <x:v>3254</x:v>
       </x:c>
       <x:c r="M376" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O376" s="0" t="s">
         <x:v>3226</x:v>
       </x:c>
-      <x:c r="O376" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="P376" s="0" t="s">
+        <x:v>2617</x:v>
+      </x:c>
+      <x:c r="Q376" s="0" t="s">
         <x:v>3255</x:v>
       </x:c>
-      <x:c r="Q376" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R376" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S376" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:19">
       <x:c r="A377" s="0" t="s">
+        <x:v>3256</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
         <x:v>3257</x:v>
       </x:c>
-      <x:c r="B377" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>3233</x:v>
+        <x:v>3252</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s"/>
       <x:c r="F377" s="0" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>3259</x:v>
+        <x:v>3258</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s"/>
       <x:c r="I377" s="0" t="s"/>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s"/>
       <x:c r="L377" s="0" t="s">
+        <x:v>3259</x:v>
+      </x:c>
+      <x:c r="M377" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N377" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O377" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P377" s="0" t="s">
         <x:v>3260</x:v>
       </x:c>
-      <x:c r="M377" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P377" s="0" t="s">
+      <x:c r="Q377" s="0" t="s">
         <x:v>3261</x:v>
       </x:c>
-      <x:c r="Q377" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S377" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:19">
       <x:c r="A378" s="0" t="s">
+        <x:v>3262</x:v>
+      </x:c>
+      <x:c r="B378" s="0" t="s">
         <x:v>3263</x:v>
       </x:c>
-      <x:c r="B378" s="0" t="s">
+      <x:c r="C378" s="0" t="s">
         <x:v>3264</x:v>
       </x:c>
-      <x:c r="C378" s="0" t="s">
+      <x:c r="D378" s="0" t="s">
         <x:v>3265</x:v>
       </x:c>
-      <x:c r="D378" s="0" t="s">
+      <x:c r="E378" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F378" s="0" t="s">
         <x:v>3266</x:v>
       </x:c>
-      <x:c r="E378" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F378" s="0" t="s">
+      <x:c r="G378" s="0" t="s">
         <x:v>3267</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3268</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s"/>
       <x:c r="I378" s="0" t="s"/>
       <x:c r="J378" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
+        <x:v>3268</x:v>
+      </x:c>
+      <x:c r="L378" s="0" t="s">
         <x:v>3269</x:v>
       </x:c>
-      <x:c r="L378" s="0" t="s">
+      <x:c r="M378" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N378" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O378" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P378" s="0" t="s">
         <x:v>3270</x:v>
       </x:c>
-      <x:c r="M378" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P378" s="0" t="s">
+      <x:c r="Q378" s="0" t="s">
         <x:v>3271</x:v>
       </x:c>
-      <x:c r="Q378" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R378" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S378" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:19">
       <x:c r="A379" s="0" t="s">
+        <x:v>3272</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
         <x:v>3273</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3274</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>3275</x:v>
+        <x:v>3274</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s"/>
       <x:c r="I379" s="0" t="s"/>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s"/>
       <x:c r="L379" s="0" t="s">
+        <x:v>3275</x:v>
+      </x:c>
+      <x:c r="M379" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N379" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O379" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P379" s="0" t="s">
         <x:v>3276</x:v>
       </x:c>
-      <x:c r="M379" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P379" s="0" t="s">
+      <x:c r="Q379" s="0" t="s">
         <x:v>3277</x:v>
       </x:c>
-      <x:c r="Q379" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S379" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:19">
       <x:c r="A380" s="0" t="s">
+        <x:v>3278</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
         <x:v>3279</x:v>
       </x:c>
-      <x:c r="B380" s="0" t="s">
+      <x:c r="C380" s="0" t="s">
         <x:v>3280</x:v>
       </x:c>
-      <x:c r="C380" s="0" t="s">
+      <x:c r="D380" s="0" t="s">
         <x:v>3281</x:v>
       </x:c>
-      <x:c r="D380" s="0" t="s">
+      <x:c r="E380" s="0" t="s">
         <x:v>3282</x:v>
       </x:c>
-      <x:c r="E380" s="0" t="s">
+      <x:c r="F380" s="0" t="s">
         <x:v>3283</x:v>
       </x:c>
-      <x:c r="F380" s="0" t="s">
+      <x:c r="G380" s="0" t="s">
         <x:v>3284</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3285</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s"/>
       <x:c r="I380" s="0" t="s">
-        <x:v>3286</x:v>
+        <x:v>3285</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
+        <x:v>3286</x:v>
+      </x:c>
+      <x:c r="L380" s="0" t="s">
         <x:v>3287</x:v>
       </x:c>
-      <x:c r="L380" s="0" t="s">
+      <x:c r="M380" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N380" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O380" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P380" s="0" t="s">
         <x:v>3288</x:v>
       </x:c>
-      <x:c r="M380" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P380" s="0" t="s">
+      <x:c r="Q380" s="0" t="s">
         <x:v>3289</x:v>
       </x:c>
-      <x:c r="Q380" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R380" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S380" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:19">
       <x:c r="A381" s="0" t="s">
+        <x:v>3290</x:v>
+      </x:c>
+      <x:c r="B381" s="0" t="s">
         <x:v>3291</x:v>
       </x:c>
-      <x:c r="B381" s="0" t="s">
+      <x:c r="C381" s="0" t="s">
         <x:v>3292</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3293</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s"/>
       <x:c r="E381" s="0" t="s"/>
       <x:c r="F381" s="0" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>3294</x:v>
+        <x:v>3293</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s"/>
       <x:c r="I381" s="0" t="s"/>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s"/>
       <x:c r="L381" s="0" t="s">
+        <x:v>3294</x:v>
+      </x:c>
+      <x:c r="M381" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N381" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O381" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P381" s="0" t="s">
         <x:v>3295</x:v>
       </x:c>
-      <x:c r="M381" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P381" s="0" t="s">
+      <x:c r="Q381" s="0" t="s">
         <x:v>3296</x:v>
       </x:c>
-      <x:c r="Q381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S381" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:19">
       <x:c r="A382" s="0" t="s">
+        <x:v>3297</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
         <x:v>3298</x:v>
       </x:c>
-      <x:c r="B382" s="0" t="s">
+      <x:c r="C382" s="0" t="s">
+        <x:v>3297</x:v>
+      </x:c>
+      <x:c r="D382" s="0" t="s">
         <x:v>3299</x:v>
       </x:c>
-      <x:c r="C382" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D382" s="0" t="s">
+      <x:c r="E382" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F382" s="0" t="s">
         <x:v>3300</x:v>
       </x:c>
-      <x:c r="E382" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F382" s="0" t="s">
+      <x:c r="G382" s="0" t="s">
         <x:v>3301</x:v>
       </x:c>
-      <x:c r="G382" s="0" t="s">
+      <x:c r="H382" s="0" t="s">
         <x:v>3302</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3303</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s"/>
       <x:c r="J382" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
+        <x:v>3303</x:v>
+      </x:c>
+      <x:c r="L382" s="0" t="s">
         <x:v>3304</x:v>
       </x:c>
-      <x:c r="L382" s="0" t="s">
+      <x:c r="M382" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N382" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O382" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P382" s="0" t="s">
         <x:v>3305</x:v>
       </x:c>
-      <x:c r="M382" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P382" s="0" t="s">
+      <x:c r="Q382" s="0" t="s">
         <x:v>3306</x:v>
       </x:c>
-      <x:c r="Q382" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R382" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S382" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:19">
       <x:c r="A383" s="0" t="s">
+        <x:v>3307</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
         <x:v>3308</x:v>
       </x:c>
-      <x:c r="B383" s="0" t="s">
+      <x:c r="C383" s="0" t="s">
         <x:v>3309</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3310</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
+        <x:v>3310</x:v>
+      </x:c>
+      <x:c r="G383" s="0" t="s">
         <x:v>3311</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3312</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s"/>
       <x:c r="I383" s="0" t="s"/>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
+        <x:v>3312</x:v>
+      </x:c>
+      <x:c r="L383" s="0" t="s">
         <x:v>3313</x:v>
       </x:c>
-      <x:c r="L383" s="0" t="s">
+      <x:c r="M383" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N383" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O383" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P383" s="0" t="s">
         <x:v>3314</x:v>
       </x:c>
-      <x:c r="M383" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P383" s="0" t="s">
+      <x:c r="Q383" s="0" t="s">
         <x:v>3315</x:v>
       </x:c>
-      <x:c r="Q383" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S383" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:19">
       <x:c r="A384" s="0" t="s">
+        <x:v>3316</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
         <x:v>3317</x:v>
       </x:c>
-      <x:c r="B384" s="0" t="s">
+      <x:c r="C384" s="0" t="s">
         <x:v>3318</x:v>
       </x:c>
-      <x:c r="C384" s="0" t="s">
+      <x:c r="D384" s="0" t="s">
+        <x:v>3182</x:v>
+      </x:c>
+      <x:c r="E384" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F384" s="0" t="s">
         <x:v>3319</x:v>
       </x:c>
-      <x:c r="D384" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F384" s="0" t="s">
+      <x:c r="G384" s="0" t="s">
         <x:v>3320</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3321</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s"/>
       <x:c r="I384" s="0" t="s"/>
       <x:c r="J384" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
+        <x:v>3321</x:v>
+      </x:c>
+      <x:c r="L384" s="0" t="s">
         <x:v>3322</x:v>
       </x:c>
-      <x:c r="L384" s="0" t="s">
+      <x:c r="M384" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N384" s="0" t="s">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="O384" s="0" t="s">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="P384" s="0" t="s">
         <x:v>3323</x:v>
       </x:c>
-      <x:c r="M384" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P384" s="0" t="s">
+      <x:c r="Q384" s="0" t="s">
         <x:v>3324</x:v>
       </x:c>
-      <x:c r="Q384" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R384" s="0" t="s">
-        <x:v>3230</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="S384" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:19">
       <x:c r="A385" s="0" t="s">
-        <x:v>3326</x:v>
+        <x:v>3325</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>2455</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s"/>
       <x:c r="F385" s="0" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s"/>
       <x:c r="I385" s="0" t="s"/>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s"/>
       <x:c r="L385" s="0" t="s">
+        <x:v>3326</x:v>
+      </x:c>
+      <x:c r="M385" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N385" s="0" t="s">
         <x:v>3327</x:v>
       </x:c>
-      <x:c r="M385" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N385" s="0" t="s">
+      <x:c r="O385" s="0" t="s">
         <x:v>3328</x:v>
       </x:c>
-      <x:c r="O385" s="0" t="s">
+      <x:c r="P385" s="0" t="s">
         <x:v>3329</x:v>
       </x:c>
-      <x:c r="P385" s="0" t="s">
+      <x:c r="Q385" s="0" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="R385" s="0" t="s">
         <x:v>3330</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>3331</x:v>
       </x:c>
       <x:c r="S385" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:19">
       <x:c r="A386" s="0" t="s">
+        <x:v>3331</x:v>
+      </x:c>
+      <x:c r="B386" s="0" t="s">
         <x:v>3332</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3333</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s"/>
       <x:c r="F386" s="0" t="s"/>
       <x:c r="G386" s="0" t="s">
-        <x:v>3334</x:v>
+        <x:v>3333</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s"/>
       <x:c r="I386" s="0" t="s"/>
       <x:c r="J386" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
+        <x:v>3334</x:v>
+      </x:c>
+      <x:c r="L386" s="0" t="s">
         <x:v>3335</x:v>
       </x:c>
-      <x:c r="L386" s="0" t="s">
+      <x:c r="M386" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N386" s="0" t="s">
+        <x:v>3327</x:v>
+      </x:c>
+      <x:c r="O386" s="0" t="s">
+        <x:v>3328</x:v>
+      </x:c>
+      <x:c r="P386" s="0" t="s">
         <x:v>3336</x:v>
       </x:c>
-      <x:c r="M386" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P386" s="0" t="s">
+      <x:c r="Q386" s="0" t="s">
         <x:v>3337</x:v>
       </x:c>
-      <x:c r="Q386" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R386" s="0" t="s">
-        <x:v>3331</x:v>
+        <x:v>3330</x:v>
       </x:c>
       <x:c r="S386" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:19">
       <x:c r="A387" s="0" t="s">
-        <x:v>3339</x:v>
+        <x:v>3338</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s"/>
       <x:c r="C387" s="0" t="s"/>
       <x:c r="D387" s="0" t="s"/>
       <x:c r="E387" s="0" t="s"/>
       <x:c r="F387" s="0" t="s"/>
       <x:c r="G387" s="0" t="s"/>
       <x:c r="H387" s="0" t="s"/>
       <x:c r="I387" s="0" t="s"/>
       <x:c r="J387" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s"/>
       <x:c r="L387" s="0" t="s">
+        <x:v>3339</x:v>
+      </x:c>
+      <x:c r="M387" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N387" s="0" t="s">
         <x:v>3340</x:v>
       </x:c>
-      <x:c r="M387" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N387" s="0" t="s">
+      <x:c r="O387" s="0" t="s">
         <x:v>3341</x:v>
       </x:c>
-      <x:c r="O387" s="0" t="s">
+      <x:c r="P387" s="0" t="s">
         <x:v>3342</x:v>
       </x:c>
-      <x:c r="P387" s="0" t="s">
+      <x:c r="Q387" s="0" t="s">
         <x:v>3343</x:v>
       </x:c>
-      <x:c r="Q387" s="0" t="s">
+      <x:c r="R387" s="0" t="s">
         <x:v>3344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3345</x:v>
       </x:c>
       <x:c r="S387" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:19">
       <x:c r="A388" s="0" t="s">
-        <x:v>3346</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s"/>
       <x:c r="C388" s="0" t="s"/>
       <x:c r="D388" s="0" t="s"/>
       <x:c r="E388" s="0" t="s"/>
       <x:c r="F388" s="0" t="s"/>
       <x:c r="G388" s="0" t="s"/>
       <x:c r="H388" s="0" t="s"/>
       <x:c r="I388" s="0" t="s"/>
       <x:c r="J388" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s"/>
       <x:c r="L388" s="0" t="s">
+        <x:v>3346</x:v>
+      </x:c>
+      <x:c r="M388" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N388" s="0" t="s">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="O388" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="P388" s="0" t="s">
         <x:v>3347</x:v>
       </x:c>
-      <x:c r="M388" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P388" s="0" t="s">
+      <x:c r="Q388" s="0" t="s">
         <x:v>3348</x:v>
       </x:c>
-      <x:c r="Q388" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R388" s="0" t="s">
-        <x:v>3345</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="S388" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:19">
       <x:c r="A389" s="0" t="s">
-        <x:v>3350</x:v>
+        <x:v>3349</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s"/>
       <x:c r="C389" s="0" t="s"/>
       <x:c r="D389" s="0" t="s"/>
       <x:c r="E389" s="0" t="s"/>
       <x:c r="F389" s="0" t="s"/>
       <x:c r="G389" s="0" t="s"/>
       <x:c r="H389" s="0" t="s"/>
       <x:c r="I389" s="0" t="s"/>
       <x:c r="J389" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s"/>
       <x:c r="L389" s="0" t="s">
-        <x:v>3351</x:v>
+        <x:v>3350</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="0" t="s">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="O389" s="0" t="s">
         <x:v>3341</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3342</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q389" s="0" t="s">
-        <x:v>3352</x:v>
+        <x:v>3351</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>3345</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="S389" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:19">
       <x:c r="A390" s="0" t="s">
-        <x:v>3353</x:v>
+        <x:v>3352</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s"/>
       <x:c r="C390" s="0" t="s"/>
       <x:c r="D390" s="0" t="s"/>
       <x:c r="E390" s="0" t="s"/>
       <x:c r="F390" s="0" t="s"/>
       <x:c r="G390" s="0" t="s"/>
       <x:c r="H390" s="0" t="s"/>
       <x:c r="I390" s="0" t="s"/>
       <x:c r="J390" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s"/>
       <x:c r="L390" s="0" t="s">
+        <x:v>3353</x:v>
+      </x:c>
+      <x:c r="M390" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N390" s="0" t="s">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="O390" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="P390" s="0" t="s">
         <x:v>3354</x:v>
       </x:c>
-      <x:c r="M390" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P390" s="0" t="s">
+      <x:c r="Q390" s="0" t="s">
         <x:v>3355</x:v>
       </x:c>
-      <x:c r="Q390" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R390" s="0" t="s">
-        <x:v>3345</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="S390" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:19">
       <x:c r="A391" s="0" t="s">
-        <x:v>3357</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s"/>
       <x:c r="C391" s="0" t="s"/>
       <x:c r="D391" s="0" t="s"/>
       <x:c r="E391" s="0" t="s"/>
       <x:c r="F391" s="0" t="s"/>
       <x:c r="G391" s="0" t="s"/>
       <x:c r="H391" s="0" t="s"/>
       <x:c r="I391" s="0" t="s"/>
       <x:c r="J391" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s"/>
       <x:c r="L391" s="0" t="s">
+        <x:v>3357</x:v>
+      </x:c>
+      <x:c r="M391" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N391" s="0" t="s">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="O391" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="P391" s="0" t="s">
         <x:v>3358</x:v>
       </x:c>
-      <x:c r="M391" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P391" s="0" t="s">
+      <x:c r="Q391" s="0" t="s">
         <x:v>3359</x:v>
       </x:c>
-      <x:c r="Q391" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>3345</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="S391" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:19">
       <x:c r="A392" s="0" t="s">
-        <x:v>3361</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s"/>
       <x:c r="C392" s="0" t="s"/>
       <x:c r="D392" s="0" t="s"/>
       <x:c r="E392" s="0" t="s"/>
       <x:c r="F392" s="0" t="s"/>
       <x:c r="G392" s="0" t="s"/>
       <x:c r="H392" s="0" t="s"/>
       <x:c r="I392" s="0" t="s"/>
       <x:c r="J392" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
+        <x:v>3361</x:v>
+      </x:c>
+      <x:c r="L392" s="0" t="s">
         <x:v>3362</x:v>
       </x:c>
-      <x:c r="L392" s="0" t="s">
+      <x:c r="M392" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N392" s="0" t="s">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="O392" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="P392" s="0" t="s">
         <x:v>3363</x:v>
       </x:c>
-      <x:c r="M392" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P392" s="0" t="s">
+      <x:c r="Q392" s="0" t="s">
         <x:v>3364</x:v>
       </x:c>
-      <x:c r="Q392" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R392" s="0" t="s">
-        <x:v>3345</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="S392" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:19">
       <x:c r="A393" s="0" t="s">
-        <x:v>3366</x:v>
+        <x:v>3365</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s"/>
       <x:c r="C393" s="0" t="s"/>
       <x:c r="D393" s="0" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>3367</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s"/>
       <x:c r="H393" s="0" t="s"/>
       <x:c r="I393" s="0" t="s"/>
       <x:c r="J393" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
+        <x:v>3367</x:v>
+      </x:c>
+      <x:c r="L393" s="0" t="s">
         <x:v>3368</x:v>
       </x:c>
-      <x:c r="L393" s="0" t="s">
+      <x:c r="M393" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N393" s="0" t="s">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="O393" s="0" t="s">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="P393" s="0" t="s">
         <x:v>3369</x:v>
       </x:c>
-      <x:c r="M393" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="P393" s="0" t="s">
+      <x:c r="Q393" s="0" t="s">
         <x:v>3370</x:v>
       </x:c>
-      <x:c r="Q393" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>3345</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="S393" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:19">
       <x:c r="A394" s="0" t="s">
+        <x:v>3371</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
         <x:v>3372</x:v>
       </x:c>
-      <x:c r="B394" s="0" t="s">
+      <x:c r="C394" s="0" t="s">
         <x:v>3373</x:v>
       </x:c>
-      <x:c r="C394" s="0" t="s">
+      <x:c r="D394" s="0" t="s">
         <x:v>3374</x:v>
       </x:c>
-      <x:c r="D394" s="0" t="s">
+      <x:c r="E394" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F394" s="0" t="s">
         <x:v>3375</x:v>
       </x:c>
-      <x:c r="E394" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F394" s="0" t="s">
+      <x:c r="G394" s="0" t="s">
         <x:v>3376</x:v>
       </x:c>
-      <x:c r="G394" s="0" t="s">
+      <x:c r="H394" s="0" t="s">
         <x:v>3377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3378</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s"/>
       <x:c r="J394" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
+        <x:v>3378</x:v>
+      </x:c>
+      <x:c r="L394" s="0" t="s">
         <x:v>3379</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3380</x:v>
       </x:c>
       <x:c r="M394" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N394" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O394" s="0" t="s">
+        <x:v>3380</x:v>
+      </x:c>
+      <x:c r="P394" s="0" t="s">
         <x:v>3381</x:v>
       </x:c>
-      <x:c r="P394" s="0" t="s">
+      <x:c r="Q394" s="0" t="s">
         <x:v>3382</x:v>
       </x:c>
-      <x:c r="Q394" s="0" t="s">
+      <x:c r="R394" s="0" t="s">
         <x:v>3383</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3384</x:v>
       </x:c>
       <x:c r="S394" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:19">
       <x:c r="A395" s="0" t="s">
-        <x:v>3385</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="C395" s="0" t="s">
         <x:v>3373</x:v>
       </x:c>
-      <x:c r="C395" s="0" t="s">
+      <x:c r="D395" s="0" t="s">
         <x:v>3374</x:v>
       </x:c>
-      <x:c r="D395" s="0" t="s">
+      <x:c r="E395" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F395" s="0" t="s">
         <x:v>3375</x:v>
       </x:c>
-      <x:c r="E395" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F395" s="0" t="s">
+      <x:c r="G395" s="0" t="s">
         <x:v>3376</x:v>
       </x:c>
-      <x:c r="G395" s="0" t="s">
+      <x:c r="H395" s="0" t="s">
         <x:v>3377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3378</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s"/>
       <x:c r="J395" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s"/>
       <x:c r="L395" s="0" t="s">
-        <x:v>3386</x:v>
+        <x:v>3385</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N395" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>2601</x:v>
+        <x:v>2599</x:v>
       </x:c>
       <x:c r="Q395" s="0" t="s">
-        <x:v>3387</x:v>
+        <x:v>3386</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>3384</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="S395" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:19">
       <x:c r="A396" s="0" t="s">
-        <x:v>3388</x:v>
+        <x:v>3387</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="C396" s="0" t="s">
         <x:v>3373</x:v>
       </x:c>
-      <x:c r="C396" s="0" t="s">
+      <x:c r="D396" s="0" t="s">
         <x:v>3374</x:v>
       </x:c>
-      <x:c r="D396" s="0" t="s">
+      <x:c r="E396" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F396" s="0" t="s">
         <x:v>3375</x:v>
       </x:c>
-      <x:c r="E396" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F396" s="0" t="s">
+      <x:c r="G396" s="0" t="s">
         <x:v>3376</x:v>
       </x:c>
-      <x:c r="G396" s="0" t="s">
+      <x:c r="H396" s="0" t="s">
         <x:v>3377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3378</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s"/>
       <x:c r="J396" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s"/>
       <x:c r="L396" s="0" t="s">
-        <x:v>3389</x:v>
+        <x:v>3388</x:v>
       </x:c>
       <x:c r="M396" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N396" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O396" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="P396" s="0" t="s">
+        <x:v>3389</x:v>
+      </x:c>
+      <x:c r="Q396" s="0" t="s">
         <x:v>3390</x:v>
       </x:c>
-      <x:c r="Q396" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R396" s="0" t="s">
-        <x:v>3384</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="S396" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:19">
       <x:c r="A397" s="0" t="s">
-        <x:v>3392</x:v>
+        <x:v>3391</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="C397" s="0" t="s">
         <x:v>3373</x:v>
       </x:c>
-      <x:c r="C397" s="0" t="s">
+      <x:c r="D397" s="0" t="s">
         <x:v>3374</x:v>
       </x:c>
-      <x:c r="D397" s="0" t="s">
+      <x:c r="E397" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F397" s="0" t="s">
         <x:v>3375</x:v>
       </x:c>
-      <x:c r="E397" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F397" s="0" t="s">
+      <x:c r="G397" s="0" t="s">
         <x:v>3376</x:v>
       </x:c>
-      <x:c r="G397" s="0" t="s">
+      <x:c r="H397" s="0" t="s">
         <x:v>3377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3378</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s"/>
       <x:c r="J397" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s"/>
       <x:c r="L397" s="0" t="s">
-        <x:v>3393</x:v>
+        <x:v>3392</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N397" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="Q397" s="0" t="s">
-        <x:v>3394</x:v>
+        <x:v>3393</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>3384</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="S397" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:19">
       <x:c r="A398" s="0" t="s">
-        <x:v>3395</x:v>
+        <x:v>3394</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="C398" s="0" t="s">
         <x:v>3373</x:v>
       </x:c>
-      <x:c r="C398" s="0" t="s">
+      <x:c r="D398" s="0" t="s">
         <x:v>3374</x:v>
       </x:c>
-      <x:c r="D398" s="0" t="s">
+      <x:c r="E398" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F398" s="0" t="s">
         <x:v>3375</x:v>
       </x:c>
-      <x:c r="E398" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F398" s="0" t="s">
+      <x:c r="G398" s="0" t="s">
         <x:v>3376</x:v>
       </x:c>
-      <x:c r="G398" s="0" t="s">
+      <x:c r="H398" s="0" t="s">
         <x:v>3377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3378</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s"/>
       <x:c r="J398" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s"/>
       <x:c r="L398" s="0" t="s">
-        <x:v>3396</x:v>
+        <x:v>3395</x:v>
       </x:c>
       <x:c r="M398" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N398" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O398" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="P398" s="0" t="s">
+        <x:v>3396</x:v>
+      </x:c>
+      <x:c r="Q398" s="0" t="s">
         <x:v>3397</x:v>
       </x:c>
-      <x:c r="Q398" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R398" s="0" t="s">
-        <x:v>3384</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="S398" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:19">
       <x:c r="A399" s="0" t="s">
-        <x:v>3399</x:v>
+        <x:v>3398</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="C399" s="0" t="s">
         <x:v>3373</x:v>
       </x:c>
-      <x:c r="C399" s="0" t="s">
+      <x:c r="D399" s="0" t="s">
         <x:v>3374</x:v>
       </x:c>
-      <x:c r="D399" s="0" t="s">
+      <x:c r="E399" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F399" s="0" t="s">
         <x:v>3375</x:v>
       </x:c>
-      <x:c r="E399" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F399" s="0" t="s">
+      <x:c r="G399" s="0" t="s">
         <x:v>3376</x:v>
       </x:c>
-      <x:c r="G399" s="0" t="s">
+      <x:c r="H399" s="0" t="s">
         <x:v>3377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3378</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s"/>
       <x:c r="J399" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s"/>
       <x:c r="L399" s="0" t="s">
-        <x:v>3400</x:v>
+        <x:v>3399</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N399" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
+        <x:v>3400</x:v>
+      </x:c>
+      <x:c r="Q399" s="0" t="s">
         <x:v>3401</x:v>
       </x:c>
-      <x:c r="Q399" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>3384</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="S399" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:19">
       <x:c r="A400" s="0" t="s">
-        <x:v>3403</x:v>
+        <x:v>3402</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="C400" s="0" t="s">
         <x:v>3373</x:v>
       </x:c>
-      <x:c r="C400" s="0" t="s">
+      <x:c r="D400" s="0" t="s">
         <x:v>3374</x:v>
       </x:c>
-      <x:c r="D400" s="0" t="s">
+      <x:c r="E400" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F400" s="0" t="s">
         <x:v>3375</x:v>
       </x:c>
-      <x:c r="E400" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F400" s="0" t="s">
+      <x:c r="G400" s="0" t="s">
         <x:v>3376</x:v>
       </x:c>
-      <x:c r="G400" s="0" t="s">
+      <x:c r="H400" s="0" t="s">
         <x:v>3377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3378</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s"/>
       <x:c r="J400" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s"/>
       <x:c r="L400" s="0" t="s">
-        <x:v>3404</x:v>
+        <x:v>3403</x:v>
       </x:c>
       <x:c r="M400" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N400" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O400" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="P400" s="0" t="s">
+        <x:v>3404</x:v>
+      </x:c>
+      <x:c r="Q400" s="0" t="s">
         <x:v>3405</x:v>
       </x:c>
-      <x:c r="Q400" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R400" s="0" t="s">
-        <x:v>3384</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="S400" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:19">
       <x:c r="A401" s="0" t="s">
+        <x:v>3406</x:v>
+      </x:c>
+      <x:c r="B401" s="0" t="s">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="C401" s="0" t="s">
         <x:v>3407</x:v>
       </x:c>
-      <x:c r="B401" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C401" s="0" t="s">
+      <x:c r="D401" s="0" t="s">
         <x:v>3408</x:v>
       </x:c>
-      <x:c r="D401" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
+        <x:v>3375</x:v>
+      </x:c>
+      <x:c r="G401" s="0" t="s">
         <x:v>3376</x:v>
       </x:c>
-      <x:c r="G401" s="0" t="s">
+      <x:c r="H401" s="0" t="s">
         <x:v>3377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3378</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s"/>
       <x:c r="J401" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
+        <x:v>3409</x:v>
+      </x:c>
+      <x:c r="L401" s="0" t="s">
         <x:v>3410</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3411</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N401" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>3381</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
+        <x:v>3411</x:v>
+      </x:c>
+      <x:c r="Q401" s="0" t="s">
         <x:v>3412</x:v>
       </x:c>
-      <x:c r="Q401" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>3384</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="S401" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:19">
       <x:c r="A402" s="0" t="s">
+        <x:v>3413</x:v>
+      </x:c>
+      <x:c r="B402" s="0" t="s">
         <x:v>3414</x:v>
       </x:c>
-      <x:c r="B402" s="0" t="s">
+      <x:c r="C402" s="0" t="s">
         <x:v>3415</x:v>
       </x:c>
-      <x:c r="C402" s="0" t="s">
+      <x:c r="D402" s="0" t="s">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="E402" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F402" s="0" t="s">
         <x:v>3416</x:v>
       </x:c>
-      <x:c r="D402" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F402" s="0" t="s">
+      <x:c r="G402" s="0" t="s">
         <x:v>3417</x:v>
       </x:c>
-      <x:c r="G402" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H402" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s"/>
       <x:c r="J402" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="L402" s="0" t="s">
-        <x:v>3419</x:v>
+        <x:v>3418</x:v>
       </x:c>
       <x:c r="M402" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N402" s="0" t="s">
+        <x:v>3419</x:v>
+      </x:c>
+      <x:c r="O402" s="0" t="s">
         <x:v>3420</x:v>
       </x:c>
-      <x:c r="O402" s="0" t="s">
+      <x:c r="P402" s="0" t="s">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="Q402" s="0" t="s">
         <x:v>3421</x:v>
       </x:c>
-      <x:c r="P402" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q402" s="0" t="s">
+      <x:c r="R402" s="0" t="s">
         <x:v>3422</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3423</x:v>
       </x:c>
       <x:c r="S402" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:19">
       <x:c r="A403" s="0" t="s">
+        <x:v>3423</x:v>
+      </x:c>
+      <x:c r="B403" s="0" t="s">
         <x:v>3424</x:v>
       </x:c>
-      <x:c r="B403" s="0" t="s">
+      <x:c r="C403" s="0" t="s">
         <x:v>3425</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3426</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
+        <x:v>3426</x:v>
+      </x:c>
+      <x:c r="G403" s="0" t="s">
         <x:v>3427</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3428</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s"/>
       <x:c r="I403" s="0" t="s"/>
       <x:c r="J403" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
+        <x:v>3428</x:v>
+      </x:c>
+      <x:c r="L403" s="0" t="s">
         <x:v>3429</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3430</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>3431</x:v>
+        <x:v>3430</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q403" s="0" t="s">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="R403" s="0" t="s">
         <x:v>3432</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3433</x:v>
       </x:c>
       <x:c r="S403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:19">
       <x:c r="A404" s="0" t="s">
+        <x:v>3433</x:v>
+      </x:c>
+      <x:c r="B404" s="0" t="s">
         <x:v>3434</x:v>
       </x:c>
-      <x:c r="B404" s="0" t="s">
+      <x:c r="C404" s="0" t="s">
         <x:v>3435</x:v>
       </x:c>
-      <x:c r="C404" s="0" t="s">
+      <x:c r="D404" s="0" t="s">
         <x:v>3436</x:v>
       </x:c>
-      <x:c r="D404" s="0" t="s">
+      <x:c r="E404" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F404" s="0" t="s">
         <x:v>3437</x:v>
       </x:c>
-      <x:c r="E404" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F404" s="0" t="s">
+      <x:c r="G404" s="0" t="s">
         <x:v>3438</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3439</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s"/>
       <x:c r="I404" s="0" t="s"/>
       <x:c r="J404" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
+        <x:v>3439</x:v>
+      </x:c>
+      <x:c r="L404" s="0" t="s">
         <x:v>3440</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3441</x:v>
       </x:c>
       <x:c r="M404" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N404" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O404" s="0" t="s">
-        <x:v>3431</x:v>
+        <x:v>3430</x:v>
       </x:c>
       <x:c r="P404" s="0" t="s">
-        <x:v>3071</x:v>
+        <x:v>3069</x:v>
       </x:c>
       <x:c r="Q404" s="0" t="s">
-        <x:v>3442</x:v>
+        <x:v>3441</x:v>
       </x:c>
       <x:c r="R404" s="0" t="s">
-        <x:v>3433</x:v>
+        <x:v>3432</x:v>
       </x:c>
       <x:c r="S404" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:19">
       <x:c r="A405" s="0" t="s">
+        <x:v>3442</x:v>
+      </x:c>
+      <x:c r="B405" s="0" t="s">
         <x:v>3443</x:v>
       </x:c>
-      <x:c r="B405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>3426</x:v>
+        <x:v>3425</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s"/>
       <x:c r="F405" s="0" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>3445</x:v>
+        <x:v>3444</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s"/>
       <x:c r="I405" s="0" t="s"/>
       <x:c r="J405" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s"/>
       <x:c r="L405" s="0" t="s">
-        <x:v>3446</x:v>
+        <x:v>3445</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>3431</x:v>
+        <x:v>3430</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
+        <x:v>3446</x:v>
+      </x:c>
+      <x:c r="Q405" s="0" t="s">
         <x:v>3447</x:v>
       </x:c>
-      <x:c r="Q405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>3433</x:v>
+        <x:v>3432</x:v>
       </x:c>
       <x:c r="S405" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:19">
       <x:c r="A406" s="0" t="s">
+        <x:v>3448</x:v>
+      </x:c>
+      <x:c r="B406" s="0" t="s">
         <x:v>3449</x:v>
       </x:c>
-      <x:c r="B406" s="0" t="s">
+      <x:c r="C406" s="0" t="s">
         <x:v>3450</x:v>
       </x:c>
-      <x:c r="C406" s="0" t="s">
+      <x:c r="D406" s="0" t="s">
         <x:v>3451</x:v>
       </x:c>
-      <x:c r="D406" s="0" t="s">
+      <x:c r="E406" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F406" s="0" t="s">
         <x:v>3452</x:v>
       </x:c>
-      <x:c r="E406" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F406" s="0" t="s">
+      <x:c r="G406" s="0" t="s">
         <x:v>3453</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3454</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s"/>
       <x:c r="I406" s="0" t="s"/>
       <x:c r="J406" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
+        <x:v>3454</x:v>
+      </x:c>
+      <x:c r="L406" s="0" t="s">
         <x:v>3455</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3456</x:v>
       </x:c>
       <x:c r="M406" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N406" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O406" s="0" t="s">
-        <x:v>3431</x:v>
+        <x:v>3430</x:v>
       </x:c>
       <x:c r="P406" s="0" t="s">
-        <x:v>3244</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="Q406" s="0" t="s">
-        <x:v>3457</x:v>
+        <x:v>3456</x:v>
       </x:c>
       <x:c r="R406" s="0" t="s">
-        <x:v>3433</x:v>
+        <x:v>3432</x:v>
       </x:c>
       <x:c r="S406" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:19">
       <x:c r="A407" s="0" t="s">
+        <x:v>3457</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
         <x:v>3458</x:v>
       </x:c>
-      <x:c r="B407" s="0" t="s">
+      <x:c r="C407" s="0" t="s">
         <x:v>3459</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3460</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s"/>
       <x:c r="E407" s="0" t="s">
+        <x:v>3460</x:v>
+      </x:c>
+      <x:c r="F407" s="0" t="s">
         <x:v>3461</x:v>
       </x:c>
-      <x:c r="F407" s="0" t="s">
+      <x:c r="G407" s="0" t="s">
         <x:v>3462</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3463</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s"/>
       <x:c r="I407" s="0" t="s">
+        <x:v>3463</x:v>
+      </x:c>
+      <x:c r="J407" s="0" t="s">
+        <x:v>3151</x:v>
+      </x:c>
+      <x:c r="K407" s="0" t="s">
         <x:v>3464</x:v>
       </x:c>
-      <x:c r="J407" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="K407" s="0" t="s">
+      <x:c r="L407" s="0" t="s">
         <x:v>3465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3466</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
+        <x:v>3466</x:v>
+      </x:c>
+      <x:c r="P407" s="0" t="s">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="Q407" s="0" t="s">
         <x:v>3467</x:v>
       </x:c>
-      <x:c r="P407" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q407" s="0" t="s">
+      <x:c r="R407" s="0" t="s">
         <x:v>3468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3469</x:v>
       </x:c>
       <x:c r="S407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:19">
       <x:c r="A408" s="0" t="s">
+        <x:v>3469</x:v>
+      </x:c>
+      <x:c r="B408" s="0" t="s">
         <x:v>3470</x:v>
       </x:c>
-      <x:c r="B408" s="0" t="s">
+      <x:c r="C408" s="0" t="s">
         <x:v>3471</x:v>
       </x:c>
-      <x:c r="C408" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s"/>
       <x:c r="G408" s="0" t="s">
-        <x:v>3473</x:v>
+        <x:v>3472</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s"/>
       <x:c r="I408" s="0" t="s"/>
       <x:c r="J408" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s"/>
       <x:c r="L408" s="0" t="s">
-        <x:v>3474</x:v>
+        <x:v>3473</x:v>
       </x:c>
       <x:c r="M408" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N408" s="0" t="s">
+        <x:v>3474</x:v>
+      </x:c>
+      <x:c r="O408" s="0" t="s">
         <x:v>3475</x:v>
       </x:c>
-      <x:c r="O408" s="0" t="s">
+      <x:c r="P408" s="0" t="s">
+        <x:v>3396</x:v>
+      </x:c>
+      <x:c r="Q408" s="0" t="s">
         <x:v>3476</x:v>
       </x:c>
-      <x:c r="P408" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q408" s="0" t="s">
+      <x:c r="R408" s="0" t="s">
         <x:v>3477</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3478</x:v>
       </x:c>
       <x:c r="S408" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:19">
       <x:c r="A409" s="0" t="s">
+        <x:v>3478</x:v>
+      </x:c>
+      <x:c r="B409" s="0" t="s">
         <x:v>3479</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3480</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s"/>
       <x:c r="D409" s="0" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
+        <x:v>3480</x:v>
+      </x:c>
+      <x:c r="G409" s="0" t="s">
         <x:v>3481</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3482</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s"/>
       <x:c r="I409" s="0" t="s"/>
       <x:c r="J409" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
+        <x:v>3482</x:v>
+      </x:c>
+      <x:c r="L409" s="0" t="s">
         <x:v>3483</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3484</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N409" s="0" t="s">
+        <x:v>3474</x:v>
+      </x:c>
+      <x:c r="O409" s="0" t="s">
         <x:v>3475</x:v>
       </x:c>
-      <x:c r="O409" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>3324</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="Q409" s="0" t="s">
-        <x:v>3485</x:v>
+        <x:v>3484</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>3478</x:v>
+        <x:v>3477</x:v>
       </x:c>
       <x:c r="S409" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:19">
       <x:c r="A410" s="0" t="s">
+        <x:v>3485</x:v>
+      </x:c>
+      <x:c r="B410" s="0" t="s">
         <x:v>3486</x:v>
       </x:c>
-      <x:c r="B410" s="0" t="s">
+      <x:c r="C410" s="0" t="s">
         <x:v>3487</x:v>
       </x:c>
-      <x:c r="C410" s="0" t="s">
+      <x:c r="D410" s="0" t="s">
+        <x:v>2555</x:v>
+      </x:c>
+      <x:c r="E410" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F410" s="0" t="s">
         <x:v>3488</x:v>
       </x:c>
-      <x:c r="D410" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F410" s="0" t="s">
+      <x:c r="G410" s="0" t="s">
         <x:v>3489</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3490</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s"/>
       <x:c r="I410" s="0" t="s"/>
       <x:c r="J410" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
+        <x:v>3490</x:v>
+      </x:c>
+      <x:c r="L410" s="0" t="s">
         <x:v>3491</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3492</x:v>
       </x:c>
       <x:c r="M410" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N410" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O410" s="0" t="s">
+        <x:v>3492</x:v>
+      </x:c>
+      <x:c r="P410" s="0" t="s">
         <x:v>3493</x:v>
       </x:c>
-      <x:c r="P410" s="0" t="s">
+      <x:c r="Q410" s="0" t="s">
         <x:v>3494</x:v>
       </x:c>
-      <x:c r="Q410" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R410" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S410" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:19">
       <x:c r="A411" s="0" t="s">
-        <x:v>3496</x:v>
+        <x:v>3495</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>3497</x:v>
+        <x:v>3496</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>2557</x:v>
+        <x:v>2555</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s"/>
       <x:c r="F411" s="0" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s"/>
       <x:c r="I411" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
+        <x:v>3497</x:v>
+      </x:c>
+      <x:c r="L411" s="0" t="s">
         <x:v>3498</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3499</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N411" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
+        <x:v>3499</x:v>
+      </x:c>
+      <x:c r="Q411" s="0" t="s">
         <x:v>3500</x:v>
       </x:c>
-      <x:c r="Q411" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S411" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:19">
       <x:c r="A412" s="0" t="s">
+        <x:v>3501</x:v>
+      </x:c>
+      <x:c r="B412" s="0" t="s">
         <x:v>3502</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3503</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s"/>
       <x:c r="D412" s="0" t="s"/>
       <x:c r="E412" s="0" t="s"/>
       <x:c r="F412" s="0" t="s"/>
       <x:c r="G412" s="0" t="s">
-        <x:v>3504</x:v>
+        <x:v>3503</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s"/>
       <x:c r="I412" s="0" t="s"/>
       <x:c r="J412" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s"/>
       <x:c r="L412" s="0" t="s">
-        <x:v>3505</x:v>
+        <x:v>3504</x:v>
       </x:c>
       <x:c r="M412" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N412" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O412" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="P412" s="0" t="s">
+        <x:v>3505</x:v>
+      </x:c>
+      <x:c r="Q412" s="0" t="s">
         <x:v>3506</x:v>
       </x:c>
-      <x:c r="Q412" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R412" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S412" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:19">
       <x:c r="A413" s="0" t="s">
-        <x:v>3508</x:v>
+        <x:v>3507</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s"/>
       <x:c r="C413" s="0" t="s"/>
       <x:c r="D413" s="0" t="s"/>
       <x:c r="E413" s="0" t="s"/>
       <x:c r="F413" s="0" t="s"/>
       <x:c r="G413" s="0" t="s"/>
       <x:c r="H413" s="0" t="s"/>
       <x:c r="I413" s="0" t="s"/>
       <x:c r="J413" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s"/>
       <x:c r="L413" s="0" t="s">
-        <x:v>3509</x:v>
+        <x:v>3508</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N413" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>3133</x:v>
+        <x:v>3131</x:v>
       </x:c>
       <x:c r="Q413" s="0" t="s">
-        <x:v>3510</x:v>
+        <x:v>3509</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S413" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:19">
       <x:c r="A414" s="0" t="s">
-        <x:v>3511</x:v>
+        <x:v>3510</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s"/>
       <x:c r="C414" s="0" t="s"/>
       <x:c r="D414" s="0" t="s"/>
       <x:c r="E414" s="0" t="s"/>
       <x:c r="F414" s="0" t="s"/>
       <x:c r="G414" s="0" t="s"/>
       <x:c r="H414" s="0" t="s"/>
       <x:c r="I414" s="0" t="s"/>
       <x:c r="J414" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s"/>
       <x:c r="L414" s="0" t="s">
-        <x:v>3512</x:v>
+        <x:v>3511</x:v>
       </x:c>
       <x:c r="M414" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N414" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O414" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="P414" s="0" t="s">
+        <x:v>3512</x:v>
+      </x:c>
+      <x:c r="Q414" s="0" t="s">
         <x:v>3513</x:v>
       </x:c>
-      <x:c r="Q414" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R414" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S414" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:19">
       <x:c r="A415" s="0" t="s">
-        <x:v>3515</x:v>
+        <x:v>3514</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s"/>
       <x:c r="C415" s="0" t="s"/>
       <x:c r="D415" s="0" t="s"/>
       <x:c r="E415" s="0" t="s"/>
       <x:c r="F415" s="0" t="s"/>
       <x:c r="G415" s="0" t="s"/>
       <x:c r="H415" s="0" t="s"/>
       <x:c r="I415" s="0" t="s"/>
       <x:c r="J415" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s"/>
       <x:c r="L415" s="0" t="s">
-        <x:v>3516</x:v>
+        <x:v>3515</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N415" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="Q415" s="0" t="s">
-        <x:v>3517</x:v>
+        <x:v>3516</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S415" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:19">
       <x:c r="A416" s="0" t="s">
+        <x:v>3517</x:v>
+      </x:c>
+      <x:c r="B416" s="0" t="s">
         <x:v>3518</x:v>
       </x:c>
-      <x:c r="B416" s="0" t="s">
+      <x:c r="C416" s="0" t="s">
         <x:v>3519</x:v>
       </x:c>
-      <x:c r="C416" s="0" t="s">
+      <x:c r="D416" s="0" t="s">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="E416" s="0" t="s">
+        <x:v>3282</x:v>
+      </x:c>
+      <x:c r="F416" s="0" t="s">
         <x:v>3520</x:v>
       </x:c>
-      <x:c r="D416" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F416" s="0" t="s">
+      <x:c r="G416" s="0" t="s">
         <x:v>3521</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3522</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s"/>
       <x:c r="I416" s="0" t="s">
+        <x:v>3522</x:v>
+      </x:c>
+      <x:c r="J416" s="0" t="s">
+        <x:v>3151</x:v>
+      </x:c>
+      <x:c r="K416" s="0" t="s">
         <x:v>3523</x:v>
       </x:c>
-      <x:c r="J416" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="K416" s="0" t="s">
+      <x:c r="L416" s="0" t="s">
         <x:v>3524</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3525</x:v>
       </x:c>
       <x:c r="M416" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N416" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O416" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="P416" s="0" t="s">
+        <x:v>3525</x:v>
+      </x:c>
+      <x:c r="Q416" s="0" t="s">
         <x:v>3526</x:v>
       </x:c>
-      <x:c r="Q416" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R416" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S416" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:19">
       <x:c r="A417" s="0" t="s">
+        <x:v>3527</x:v>
+      </x:c>
+      <x:c r="B417" s="0" t="s">
+        <x:v>3518</x:v>
+      </x:c>
+      <x:c r="C417" s="0" t="s">
         <x:v>3528</x:v>
       </x:c>
-      <x:c r="B417" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s"/>
       <x:c r="F417" s="0" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>3522</x:v>
+        <x:v>3521</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s"/>
       <x:c r="I417" s="0" t="s"/>
       <x:c r="J417" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s"/>
       <x:c r="L417" s="0" t="s">
-        <x:v>3530</x:v>
+        <x:v>3529</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N417" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
+        <x:v>3530</x:v>
+      </x:c>
+      <x:c r="Q417" s="0" t="s">
         <x:v>3531</x:v>
       </x:c>
-      <x:c r="Q417" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S417" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:19">
       <x:c r="A418" s="0" t="s">
+        <x:v>3532</x:v>
+      </x:c>
+      <x:c r="B418" s="0" t="s">
         <x:v>3533</x:v>
       </x:c>
-      <x:c r="B418" s="0" t="s">
+      <x:c r="C418" s="0" t="s">
         <x:v>3534</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3535</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
+        <x:v>3535</x:v>
+      </x:c>
+      <x:c r="G418" s="0" t="s">
         <x:v>3536</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3537</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s"/>
       <x:c r="I418" s="0" t="s"/>
       <x:c r="J418" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
+        <x:v>3537</x:v>
+      </x:c>
+      <x:c r="L418" s="0" t="s">
         <x:v>3538</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3539</x:v>
       </x:c>
       <x:c r="M418" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N418" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="O418" s="0" t="s">
-        <x:v>3493</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="P418" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="Q418" s="0" t="s">
-        <x:v>3540</x:v>
+        <x:v>3539</x:v>
       </x:c>
       <x:c r="R418" s="0" t="s">
-        <x:v>3486</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="S418" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:19">
       <x:c r="A419" s="0" t="s">
+        <x:v>3540</x:v>
+      </x:c>
+      <x:c r="B419" s="0" t="s">
         <x:v>3541</x:v>
       </x:c>
-      <x:c r="B419" s="0" t="s">
+      <x:c r="C419" s="0" t="s">
         <x:v>3542</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3543</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
+        <x:v>3543</x:v>
+      </x:c>
+      <x:c r="G419" s="0" t="s">
         <x:v>3544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3545</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s"/>
       <x:c r="I419" s="0" t="s"/>
       <x:c r="J419" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
+        <x:v>3545</x:v>
+      </x:c>
+      <x:c r="L419" s="0" t="s">
         <x:v>3546</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3547</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N419" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
+        <x:v>3547</x:v>
+      </x:c>
+      <x:c r="P419" s="0" t="s">
         <x:v>3548</x:v>
       </x:c>
-      <x:c r="P419" s="0" t="s">
+      <x:c r="Q419" s="0" t="s">
         <x:v>3549</x:v>
       </x:c>
-      <x:c r="Q419" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S419" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:19">
       <x:c r="A420" s="0" t="s">
+        <x:v>3550</x:v>
+      </x:c>
+      <x:c r="B420" s="0" t="s">
         <x:v>3551</x:v>
       </x:c>
-      <x:c r="B420" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>3543</x:v>
+        <x:v>3542</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
+        <x:v>3552</x:v>
+      </x:c>
+      <x:c r="G420" s="0" t="s">
         <x:v>3553</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3554</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s"/>
       <x:c r="I420" s="0" t="s"/>
       <x:c r="J420" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
+        <x:v>3554</x:v>
+      </x:c>
+      <x:c r="L420" s="0" t="s">
         <x:v>3555</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3556</x:v>
       </x:c>
       <x:c r="M420" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N420" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O420" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P420" s="0" t="s">
+        <x:v>3556</x:v>
+      </x:c>
+      <x:c r="Q420" s="0" t="s">
         <x:v>3557</x:v>
       </x:c>
-      <x:c r="Q420" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R420" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S420" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:19">
       <x:c r="A421" s="0" t="s">
+        <x:v>3558</x:v>
+      </x:c>
+      <x:c r="B421" s="0" t="s">
         <x:v>3559</x:v>
       </x:c>
-      <x:c r="B421" s="0" t="s">
+      <x:c r="C421" s="0" t="s">
         <x:v>3560</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3561</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
+        <x:v>3561</x:v>
+      </x:c>
+      <x:c r="G421" s="0" t="s">
         <x:v>3562</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3563</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s"/>
       <x:c r="I421" s="0" t="s"/>
       <x:c r="J421" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
+        <x:v>3563</x:v>
+      </x:c>
+      <x:c r="L421" s="0" t="s">
         <x:v>3564</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3565</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N421" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="Q421" s="0" t="s">
-        <x:v>3566</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S421" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:19">
       <x:c r="A422" s="0" t="s">
+        <x:v>3566</x:v>
+      </x:c>
+      <x:c r="B422" s="0" t="s">
         <x:v>3567</x:v>
       </x:c>
-      <x:c r="B422" s="0" t="s">
+      <x:c r="C422" s="0" t="s">
         <x:v>3568</x:v>
       </x:c>
-      <x:c r="C422" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>3557</x:v>
+        <x:v>3556</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s"/>
       <x:c r="F422" s="0" t="s"/>
       <x:c r="G422" s="0" t="s">
-        <x:v>3570</x:v>
+        <x:v>3569</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s"/>
       <x:c r="I422" s="0" t="s"/>
       <x:c r="J422" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s"/>
       <x:c r="L422" s="0" t="s">
-        <x:v>3571</x:v>
+        <x:v>3570</x:v>
       </x:c>
       <x:c r="M422" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N422" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O422" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P422" s="0" t="s">
+        <x:v>3571</x:v>
+      </x:c>
+      <x:c r="Q422" s="0" t="s">
         <x:v>3572</x:v>
       </x:c>
-      <x:c r="Q422" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R422" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S422" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:19">
       <x:c r="A423" s="0" t="s">
+        <x:v>3573</x:v>
+      </x:c>
+      <x:c r="B423" s="0" t="s">
         <x:v>3574</x:v>
       </x:c>
-      <x:c r="B423" s="0" t="s">
+      <x:c r="C423" s="0" t="s">
         <x:v>3575</x:v>
       </x:c>
-      <x:c r="C423" s="0" t="s">
+      <x:c r="D423" s="0" t="s">
         <x:v>3576</x:v>
       </x:c>
-      <x:c r="D423" s="0" t="s">
+      <x:c r="E423" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F423" s="0" t="s">
         <x:v>3577</x:v>
       </x:c>
-      <x:c r="E423" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F423" s="0" t="s">
+      <x:c r="G423" s="0" t="s">
         <x:v>3578</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3579</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s"/>
       <x:c r="I423" s="0" t="s"/>
       <x:c r="J423" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
+        <x:v>3579</x:v>
+      </x:c>
+      <x:c r="L423" s="0" t="s">
         <x:v>3580</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3581</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N423" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
+        <x:v>3581</x:v>
+      </x:c>
+      <x:c r="Q423" s="0" t="s">
         <x:v>3582</x:v>
       </x:c>
-      <x:c r="Q423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S423" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:19">
       <x:c r="A424" s="0" t="s">
+        <x:v>3583</x:v>
+      </x:c>
+      <x:c r="B424" s="0" t="s">
         <x:v>3584</x:v>
       </x:c>
-      <x:c r="B424" s="0" t="s">
+      <x:c r="C424" s="0" t="s">
         <x:v>3585</x:v>
       </x:c>
-      <x:c r="C424" s="0" t="s">
+      <x:c r="D424" s="0" t="s">
         <x:v>3586</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3587</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s"/>
       <x:c r="F424" s="0" t="s"/>
       <x:c r="G424" s="0" t="s">
-        <x:v>3588</x:v>
+        <x:v>3587</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s"/>
       <x:c r="I424" s="0" t="s"/>
       <x:c r="J424" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s"/>
       <x:c r="L424" s="0" t="s">
-        <x:v>3589</x:v>
+        <x:v>3588</x:v>
       </x:c>
       <x:c r="M424" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N424" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O424" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P424" s="0" t="s">
-        <x:v>3204</x:v>
+        <x:v>3203</x:v>
       </x:c>
       <x:c r="Q424" s="0" t="s">
-        <x:v>3590</x:v>
+        <x:v>3589</x:v>
       </x:c>
       <x:c r="R424" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S424" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:19">
       <x:c r="A425" s="0" t="s">
-        <x:v>3591</x:v>
+        <x:v>3590</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s"/>
       <x:c r="C425" s="0" t="s"/>
       <x:c r="D425" s="0" t="s"/>
       <x:c r="E425" s="0" t="s"/>
       <x:c r="F425" s="0" t="s"/>
       <x:c r="G425" s="0" t="s"/>
       <x:c r="H425" s="0" t="s"/>
       <x:c r="I425" s="0" t="s"/>
       <x:c r="J425" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s"/>
       <x:c r="L425" s="0" t="s">
-        <x:v>3592</x:v>
+        <x:v>3591</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N425" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="Q425" s="0" t="s">
-        <x:v>3593</x:v>
+        <x:v>3592</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S425" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:19">
       <x:c r="A426" s="0" t="s">
+        <x:v>3593</x:v>
+      </x:c>
+      <x:c r="B426" s="0" t="s">
         <x:v>3594</x:v>
       </x:c>
-      <x:c r="B426" s="0" t="s">
+      <x:c r="C426" s="0" t="s">
         <x:v>3595</x:v>
       </x:c>
-      <x:c r="C426" s="0" t="s">
+      <x:c r="D426" s="0" t="s">
+        <x:v>3282</x:v>
+      </x:c>
+      <x:c r="E426" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F426" s="0" t="s">
         <x:v>3596</x:v>
       </x:c>
-      <x:c r="D426" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F426" s="0" t="s">
+      <x:c r="G426" s="0" t="s">
         <x:v>3597</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3598</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s"/>
       <x:c r="I426" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
+        <x:v>3598</x:v>
+      </x:c>
+      <x:c r="L426" s="0" t="s">
         <x:v>3599</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3600</x:v>
       </x:c>
       <x:c r="M426" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N426" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O426" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P426" s="0" t="s">
+        <x:v>3600</x:v>
+      </x:c>
+      <x:c r="Q426" s="0" t="s">
         <x:v>3601</x:v>
       </x:c>
-      <x:c r="Q426" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R426" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S426" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:19">
       <x:c r="A427" s="0" t="s">
+        <x:v>3602</x:v>
+      </x:c>
+      <x:c r="B427" s="0" t="s">
+        <x:v>3594</x:v>
+      </x:c>
+      <x:c r="C427" s="0" t="s">
         <x:v>3603</x:v>
       </x:c>
-      <x:c r="B427" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C427" s="0" t="s">
+      <x:c r="D427" s="0" t="s">
         <x:v>3604</x:v>
       </x:c>
-      <x:c r="D427" s="0" t="s">
+      <x:c r="E427" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F427" s="0" t="s">
         <x:v>3605</x:v>
       </x:c>
-      <x:c r="E427" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>3598</x:v>
+        <x:v>3597</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s"/>
       <x:c r="I427" s="0" t="s"/>
       <x:c r="J427" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s"/>
       <x:c r="L427" s="0" t="s">
-        <x:v>3607</x:v>
+        <x:v>3606</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N427" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
+        <x:v>3607</x:v>
+      </x:c>
+      <x:c r="Q427" s="0" t="s">
         <x:v>3608</x:v>
       </x:c>
-      <x:c r="Q427" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S427" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:19">
       <x:c r="A428" s="0" t="s">
+        <x:v>3609</x:v>
+      </x:c>
+      <x:c r="B428" s="0" t="s">
         <x:v>3610</x:v>
       </x:c>
-      <x:c r="B428" s="0" t="s">
+      <x:c r="C428" s="0" t="s">
+        <x:v>3568</x:v>
+      </x:c>
+      <x:c r="D428" s="0" t="s">
+        <x:v>3556</x:v>
+      </x:c>
+      <x:c r="E428" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F428" s="0" t="s">
         <x:v>3611</x:v>
       </x:c>
-      <x:c r="C428" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F428" s="0" t="s">
+      <x:c r="G428" s="0" t="s">
         <x:v>3612</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3613</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s"/>
       <x:c r="I428" s="0" t="s"/>
       <x:c r="J428" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
+        <x:v>3613</x:v>
+      </x:c>
+      <x:c r="L428" s="0" t="s">
         <x:v>3614</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3615</x:v>
       </x:c>
       <x:c r="M428" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N428" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O428" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P428" s="0" t="s">
-        <x:v>1729</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="Q428" s="0" t="s">
-        <x:v>3616</x:v>
+        <x:v>3615</x:v>
       </x:c>
       <x:c r="R428" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S428" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:19">
       <x:c r="A429" s="0" t="s">
+        <x:v>3616</x:v>
+      </x:c>
+      <x:c r="B429" s="0" t="s">
         <x:v>3617</x:v>
       </x:c>
-      <x:c r="B429" s="0" t="s">
+      <x:c r="C429" s="0" t="s">
         <x:v>3618</x:v>
       </x:c>
-      <x:c r="C429" s="0" t="s">
+      <x:c r="D429" s="0" t="s">
+        <x:v>2604</x:v>
+      </x:c>
+      <x:c r="E429" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F429" s="0" t="s">
         <x:v>3619</x:v>
       </x:c>
-      <x:c r="D429" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F429" s="0" t="s">
+      <x:c r="G429" s="0" t="s">
         <x:v>3620</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3621</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s"/>
       <x:c r="I429" s="0" t="s"/>
       <x:c r="J429" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
+        <x:v>3621</x:v>
+      </x:c>
+      <x:c r="L429" s="0" t="s">
         <x:v>3622</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3623</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N429" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>3548</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="Q429" s="0" t="s">
-        <x:v>3624</x:v>
+        <x:v>3623</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>3541</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="S429" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:19">
       <x:c r="A430" s="0" t="s">
+        <x:v>3624</x:v>
+      </x:c>
+      <x:c r="B430" s="0" t="s">
         <x:v>3625</x:v>
       </x:c>
-      <x:c r="B430" s="0" t="s">
+      <x:c r="C430" s="0" t="s">
         <x:v>3626</x:v>
       </x:c>
-      <x:c r="C430" s="0" t="s">
+      <x:c r="D430" s="0" t="s">
         <x:v>3627</x:v>
       </x:c>
-      <x:c r="D430" s="0" t="s">
+      <x:c r="E430" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F430" s="0" t="s">
         <x:v>3628</x:v>
       </x:c>
-      <x:c r="E430" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F430" s="0" t="s">
+      <x:c r="G430" s="0" t="s">
         <x:v>3629</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3630</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s"/>
       <x:c r="I430" s="0" t="s"/>
       <x:c r="J430" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
+        <x:v>3630</x:v>
+      </x:c>
+      <x:c r="L430" s="0" t="s">
         <x:v>3631</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3632</x:v>
       </x:c>
       <x:c r="M430" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N430" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O430" s="0" t="s">
+        <x:v>3632</x:v>
+      </x:c>
+      <x:c r="P430" s="0" t="s">
         <x:v>3633</x:v>
       </x:c>
-      <x:c r="P430" s="0" t="s">
+      <x:c r="Q430" s="0" t="s">
         <x:v>3634</x:v>
       </x:c>
-      <x:c r="Q430" s="0" t="s">
+      <x:c r="R430" s="0" t="s">
         <x:v>3635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3636</x:v>
       </x:c>
       <x:c r="S430" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:19">
       <x:c r="A431" s="0" t="s">
+        <x:v>3636</x:v>
+      </x:c>
+      <x:c r="B431" s="0" t="s">
         <x:v>3637</x:v>
       </x:c>
-      <x:c r="B431" s="0" t="s">
+      <x:c r="C431" s="0" t="s">
         <x:v>3638</x:v>
       </x:c>
-      <x:c r="C431" s="0" t="s">
+      <x:c r="D431" s="0" t="s">
         <x:v>3639</x:v>
       </x:c>
-      <x:c r="D431" s="0" t="s">
+      <x:c r="E431" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F431" s="0" t="s">
         <x:v>3640</x:v>
       </x:c>
-      <x:c r="E431" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F431" s="0" t="s">
+      <x:c r="G431" s="0" t="s">
         <x:v>3641</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3642</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s"/>
       <x:c r="I431" s="0" t="s"/>
       <x:c r="J431" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
+        <x:v>3642</x:v>
+      </x:c>
+      <x:c r="L431" s="0" t="s">
         <x:v>3643</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3644</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N431" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
+        <x:v>3644</x:v>
+      </x:c>
+      <x:c r="P431" s="0" t="s">
         <x:v>3645</x:v>
       </x:c>
-      <x:c r="P431" s="0" t="s">
+      <x:c r="Q431" s="0" t="s">
         <x:v>3646</x:v>
       </x:c>
-      <x:c r="Q431" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>3637</x:v>
+        <x:v>3636</x:v>
       </x:c>
       <x:c r="S431" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:19">
       <x:c r="A432" s="0" t="s">
+        <x:v>3647</x:v>
+      </x:c>
+      <x:c r="B432" s="0" t="s">
         <x:v>3648</x:v>
       </x:c>
-      <x:c r="B432" s="0" t="s">
+      <x:c r="C432" s="0" t="s">
         <x:v>3649</x:v>
       </x:c>
-      <x:c r="C432" s="0" t="s">
+      <x:c r="D432" s="0" t="s">
         <x:v>3650</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3651</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s"/>
       <x:c r="F432" s="0" t="s"/>
       <x:c r="G432" s="0" t="s">
-        <x:v>3652</x:v>
+        <x:v>3651</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s"/>
       <x:c r="I432" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s"/>
       <x:c r="K432" s="0" t="s"/>
       <x:c r="L432" s="0" t="s">
-        <x:v>3653</x:v>
+        <x:v>3652</x:v>
       </x:c>
       <x:c r="M432" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N432" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O432" s="0" t="s">
-        <x:v>3645</x:v>
+        <x:v>3644</x:v>
       </x:c>
       <x:c r="P432" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="Q432" s="0" t="s">
-        <x:v>3654</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="R432" s="0" t="s">
-        <x:v>3637</x:v>
+        <x:v>3636</x:v>
       </x:c>
       <x:c r="S432" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:19">
       <x:c r="A433" s="0" t="s">
+        <x:v>3654</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
         <x:v>3655</x:v>
       </x:c>
-      <x:c r="B433" s="0" t="s">
+      <x:c r="C433" s="0" t="s">
         <x:v>3656</x:v>
       </x:c>
-      <x:c r="C433" s="0" t="s">
+      <x:c r="D433" s="0" t="s">
         <x:v>3657</x:v>
       </x:c>
-      <x:c r="D433" s="0" t="s">
+      <x:c r="E433" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F433" s="0" t="s">
         <x:v>3658</x:v>
       </x:c>
-      <x:c r="E433" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F433" s="0" t="s">
+      <x:c r="G433" s="0" t="s">
         <x:v>3659</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3660</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s"/>
       <x:c r="I433" s="0" t="s"/>
       <x:c r="J433" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s"/>
       <x:c r="L433" s="0" t="s">
-        <x:v>3661</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N433" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
+        <x:v>3661</x:v>
+      </x:c>
+      <x:c r="P433" s="0" t="s">
+        <x:v>2660</x:v>
+      </x:c>
+      <x:c r="Q433" s="0" t="s">
         <x:v>3662</x:v>
       </x:c>
-      <x:c r="P433" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q433" s="0" t="s">
+      <x:c r="R433" s="0" t="s">
         <x:v>3663</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3664</x:v>
       </x:c>
       <x:c r="S433" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:19">
       <x:c r="A434" s="0" t="s">
-        <x:v>3665</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>3656</x:v>
+        <x:v>3655</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s"/>
       <x:c r="D434" s="0" t="s"/>
       <x:c r="E434" s="0" t="s"/>
       <x:c r="F434" s="0" t="s"/>
       <x:c r="G434" s="0" t="s">
-        <x:v>3660</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s"/>
       <x:c r="I434" s="0" t="s"/>
       <x:c r="J434" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s"/>
       <x:c r="L434" s="0" t="s">
-        <x:v>3666</x:v>
+        <x:v>3665</x:v>
       </x:c>
       <x:c r="M434" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N434" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O434" s="0" t="s">
-        <x:v>3662</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="P434" s="0" t="s">
+        <x:v>3666</x:v>
+      </x:c>
+      <x:c r="Q434" s="0" t="s">
         <x:v>3667</x:v>
       </x:c>
-      <x:c r="Q434" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R434" s="0" t="s">
-        <x:v>3664</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="S434" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:19">
       <x:c r="A435" s="0" t="s">
+        <x:v>3668</x:v>
+      </x:c>
+      <x:c r="B435" s="0" t="s">
+        <x:v>3655</x:v>
+      </x:c>
+      <x:c r="C435" s="0" t="s">
         <x:v>3669</x:v>
       </x:c>
-      <x:c r="B435" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D435" s="0" t="s">
+        <x:v>3657</x:v>
+      </x:c>
+      <x:c r="E435" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F435" s="0" t="s">
         <x:v>3658</x:v>
       </x:c>
-      <x:c r="E435" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F435" s="0" t="s">
+      <x:c r="G435" s="0" t="s">
         <x:v>3659</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3660</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s"/>
       <x:c r="I435" s="0" t="s"/>
       <x:c r="J435" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s"/>
       <x:c r="L435" s="0" t="s">
-        <x:v>3671</x:v>
+        <x:v>3670</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N435" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>3662</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
+        <x:v>3671</x:v>
+      </x:c>
+      <x:c r="Q435" s="0" t="s">
         <x:v>3672</x:v>
       </x:c>
-      <x:c r="Q435" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>3664</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="S435" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:19">
       <x:c r="A436" s="0" t="s">
+        <x:v>3673</x:v>
+      </x:c>
+      <x:c r="B436" s="0" t="s">
+        <x:v>3655</x:v>
+      </x:c>
+      <x:c r="C436" s="0" t="s">
         <x:v>3674</x:v>
       </x:c>
-      <x:c r="B436" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C436" s="0" t="s">
+      <x:c r="D436" s="0" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="E436" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F436" s="0" t="s">
         <x:v>3675</x:v>
       </x:c>
-      <x:c r="D436" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>3660</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s"/>
       <x:c r="I436" s="0" t="s"/>
       <x:c r="J436" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s"/>
       <x:c r="L436" s="0" t="s">
-        <x:v>3677</x:v>
+        <x:v>3676</x:v>
       </x:c>
       <x:c r="M436" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N436" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O436" s="0" t="s">
-        <x:v>3662</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="P436" s="0" t="s">
-        <x:v>2124</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="Q436" s="0" t="s">
-        <x:v>3678</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="R436" s="0" t="s">
-        <x:v>3664</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="S436" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:19">
       <x:c r="A437" s="0" t="s">
+        <x:v>3678</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
         <x:v>3679</x:v>
       </x:c>
-      <x:c r="B437" s="0" t="s">
+      <x:c r="C437" s="0" t="s">
         <x:v>3680</x:v>
       </x:c>
-      <x:c r="C437" s="0" t="s">
+      <x:c r="D437" s="0" t="s">
         <x:v>3681</x:v>
       </x:c>
-      <x:c r="D437" s="0" t="s">
+      <x:c r="E437" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F437" s="0" t="s">
         <x:v>3682</x:v>
       </x:c>
-      <x:c r="E437" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F437" s="0" t="s">
+      <x:c r="G437" s="0" t="s">
         <x:v>3683</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3684</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s"/>
       <x:c r="I437" s="0" t="s"/>
       <x:c r="J437" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
+        <x:v>3684</x:v>
+      </x:c>
+      <x:c r="L437" s="0" t="s">
         <x:v>3685</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3686</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N437" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>3662</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q437" s="0" t="s">
-        <x:v>3687</x:v>
+        <x:v>3686</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>3664</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="S437" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:19">
       <x:c r="A438" s="0" t="s">
+        <x:v>3687</x:v>
+      </x:c>
+      <x:c r="B438" s="0" t="s">
         <x:v>3688</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3689</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>3690</x:v>
+        <x:v>3689</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s"/>
       <x:c r="F438" s="0" t="s"/>
       <x:c r="G438" s="0" t="s">
-        <x:v>3691</x:v>
+        <x:v>3690</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s"/>
       <x:c r="I438" s="0" t="s"/>
       <x:c r="J438" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s"/>
       <x:c r="L438" s="0" t="s">
-        <x:v>3692</x:v>
+        <x:v>3691</x:v>
       </x:c>
       <x:c r="M438" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N438" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O438" s="0" t="s">
-        <x:v>3662</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="P438" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="Q438" s="0" t="s">
-        <x:v>3693</x:v>
+        <x:v>3692</x:v>
       </x:c>
       <x:c r="R438" s="0" t="s">
-        <x:v>3664</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="S438" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:19">
       <x:c r="A439" s="0" t="s">
+        <x:v>3693</x:v>
+      </x:c>
+      <x:c r="B439" s="0" t="s">
         <x:v>3694</x:v>
       </x:c>
-      <x:c r="B439" s="0" t="s">
+      <x:c r="C439" s="0" t="s">
+        <x:v>3669</x:v>
+      </x:c>
+      <x:c r="D439" s="0" t="s">
+        <x:v>3077</x:v>
+      </x:c>
+      <x:c r="E439" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F439" s="0" t="s">
         <x:v>3695</x:v>
       </x:c>
-      <x:c r="C439" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>3691</x:v>
+        <x:v>3690</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s"/>
       <x:c r="I439" s="0" t="s"/>
       <x:c r="J439" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
+        <x:v>3696</x:v>
+      </x:c>
+      <x:c r="L439" s="0" t="s">
         <x:v>3697</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3698</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N439" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
+        <x:v>3698</x:v>
+      </x:c>
+      <x:c r="P439" s="0" t="s">
         <x:v>3699</x:v>
       </x:c>
-      <x:c r="P439" s="0" t="s">
+      <x:c r="Q439" s="0" t="s">
         <x:v>3700</x:v>
       </x:c>
-      <x:c r="Q439" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>3694</x:v>
+        <x:v>3693</x:v>
       </x:c>
       <x:c r="S439" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:19">
       <x:c r="A440" s="0" t="s">
+        <x:v>3701</x:v>
+      </x:c>
+      <x:c r="B440" s="0" t="s">
         <x:v>3702</x:v>
       </x:c>
-      <x:c r="B440" s="0" t="s">
+      <x:c r="C440" s="0" t="s">
         <x:v>3703</x:v>
       </x:c>
-      <x:c r="C440" s="0" t="s">
+      <x:c r="D440" s="0" t="s">
         <x:v>3704</x:v>
       </x:c>
-      <x:c r="D440" s="0" t="s">
+      <x:c r="E440" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F440" s="0" t="s">
         <x:v>3705</x:v>
       </x:c>
-      <x:c r="E440" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F440" s="0" t="s">
+      <x:c r="G440" s="0" t="s">
         <x:v>3706</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3707</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s"/>
       <x:c r="I440" s="0" t="s"/>
       <x:c r="J440" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s"/>
       <x:c r="L440" s="0" t="s">
-        <x:v>3708</x:v>
+        <x:v>3707</x:v>
       </x:c>
       <x:c r="M440" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N440" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O440" s="0" t="s">
+        <x:v>3708</x:v>
+      </x:c>
+      <x:c r="P440" s="0" t="s">
+        <x:v>3347</x:v>
+      </x:c>
+      <x:c r="Q440" s="0" t="s">
         <x:v>3709</x:v>
       </x:c>
-      <x:c r="P440" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q440" s="0" t="s">
+      <x:c r="R440" s="0" t="s">
         <x:v>3710</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3711</x:v>
       </x:c>
       <x:c r="S440" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:19">
       <x:c r="A441" s="0" t="s">
+        <x:v>3711</x:v>
+      </x:c>
+      <x:c r="B441" s="0" t="s">
         <x:v>3712</x:v>
       </x:c>
-      <x:c r="B441" s="0" t="s">
+      <x:c r="C441" s="0" t="s">
+        <x:v>3585</x:v>
+      </x:c>
+      <x:c r="D441" s="0" t="s">
+        <x:v>3586</x:v>
+      </x:c>
+      <x:c r="E441" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F441" s="0" t="s">
         <x:v>3713</x:v>
       </x:c>
-      <x:c r="C441" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F441" s="0" t="s">
+      <x:c r="G441" s="0" t="s">
         <x:v>3714</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3715</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s"/>
       <x:c r="I441" s="0" t="s"/>
       <x:c r="J441" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s"/>
       <x:c r="L441" s="0" t="s">
-        <x:v>3716</x:v>
+        <x:v>3715</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N441" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
+        <x:v>3716</x:v>
+      </x:c>
+      <x:c r="P441" s="0" t="s">
         <x:v>3717</x:v>
       </x:c>
-      <x:c r="P441" s="0" t="s">
+      <x:c r="Q441" s="0" t="s">
         <x:v>3718</x:v>
       </x:c>
-      <x:c r="Q441" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>3712</x:v>
+        <x:v>3711</x:v>
       </x:c>
       <x:c r="S441" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:19">
       <x:c r="A442" s="0" t="s">
-        <x:v>3720</x:v>
+        <x:v>3719</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
+        <x:v>3584</x:v>
+      </x:c>
+      <x:c r="C442" s="0" t="s">
         <x:v>3585</x:v>
       </x:c>
-      <x:c r="C442" s="0" t="s">
+      <x:c r="D442" s="0" t="s">
         <x:v>3586</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3587</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s"/>
       <x:c r="F442" s="0" t="s"/>
       <x:c r="G442" s="0" t="s">
-        <x:v>3588</x:v>
+        <x:v>3587</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s"/>
       <x:c r="I442" s="0" t="s"/>
       <x:c r="J442" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s"/>
       <x:c r="L442" s="0" t="s">
-        <x:v>3721</x:v>
+        <x:v>3720</x:v>
       </x:c>
       <x:c r="M442" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N442" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O442" s="0" t="s">
-        <x:v>3717</x:v>
+        <x:v>3716</x:v>
       </x:c>
       <x:c r="P442" s="0" t="s">
+        <x:v>3721</x:v>
+      </x:c>
+      <x:c r="Q442" s="0" t="s">
         <x:v>3722</x:v>
       </x:c>
-      <x:c r="Q442" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R442" s="0" t="s">
-        <x:v>3712</x:v>
+        <x:v>3711</x:v>
       </x:c>
       <x:c r="S442" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:19">
       <x:c r="A443" s="0" t="s">
+        <x:v>3723</x:v>
+      </x:c>
+      <x:c r="B443" s="0" t="s">
         <x:v>3724</x:v>
       </x:c>
-      <x:c r="B443" s="0" t="s">
+      <x:c r="C443" s="0" t="s">
         <x:v>3725</x:v>
       </x:c>
-      <x:c r="C443" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s"/>
       <x:c r="F443" s="0" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>3727</x:v>
+        <x:v>3726</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s"/>
       <x:c r="I443" s="0" t="s"/>
       <x:c r="J443" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s"/>
       <x:c r="L443" s="0" t="s">
-        <x:v>3728</x:v>
+        <x:v>3727</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N443" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>3717</x:v>
+        <x:v>3716</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q443" s="0" t="s">
-        <x:v>3729</x:v>
+        <x:v>3728</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>3712</x:v>
+        <x:v>3711</x:v>
       </x:c>
       <x:c r="S443" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:19">
       <x:c r="A444" s="0" t="s">
+        <x:v>3729</x:v>
+      </x:c>
+      <x:c r="B444" s="0" t="s">
         <x:v>3730</x:v>
       </x:c>
-      <x:c r="B444" s="0" t="s">
+      <x:c r="C444" s="0" t="s">
         <x:v>3731</x:v>
       </x:c>
-      <x:c r="C444" s="0" t="s">
+      <x:c r="D444" s="0" t="s">
+        <x:v>3657</x:v>
+      </x:c>
+      <x:c r="E444" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F444" s="0" t="s">
         <x:v>3732</x:v>
       </x:c>
-      <x:c r="D444" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F444" s="0" t="s">
+      <x:c r="G444" s="0" t="s">
         <x:v>3733</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3734</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s"/>
       <x:c r="I444" s="0" t="s"/>
       <x:c r="J444" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
+        <x:v>3734</x:v>
+      </x:c>
+      <x:c r="L444" s="0" t="s">
         <x:v>3735</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3736</x:v>
       </x:c>
       <x:c r="M444" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N444" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O444" s="0" t="s">
+        <x:v>3736</x:v>
+      </x:c>
+      <x:c r="P444" s="0" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="Q444" s="0" t="s">
         <x:v>3737</x:v>
       </x:c>
-      <x:c r="P444" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q444" s="0" t="s">
+      <x:c r="R444" s="0" t="s">
         <x:v>3738</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3739</x:v>
       </x:c>
       <x:c r="S444" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:19">
       <x:c r="A445" s="0" t="s">
+        <x:v>3739</x:v>
+      </x:c>
+      <x:c r="B445" s="0" t="s">
         <x:v>3740</x:v>
       </x:c>
-      <x:c r="B445" s="0" t="s">
+      <x:c r="C445" s="0" t="s">
         <x:v>3741</x:v>
       </x:c>
-      <x:c r="C445" s="0" t="s">
+      <x:c r="D445" s="0" t="s">
         <x:v>3742</x:v>
       </x:c>
-      <x:c r="D445" s="0" t="s">
+      <x:c r="E445" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F445" s="0" t="s">
         <x:v>3743</x:v>
       </x:c>
-      <x:c r="E445" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F445" s="0" t="s">
+      <x:c r="G445" s="0" t="s">
         <x:v>3744</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3745</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s"/>
       <x:c r="I445" s="0" t="s"/>
       <x:c r="J445" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
+        <x:v>3745</x:v>
+      </x:c>
+      <x:c r="L445" s="0" t="s">
         <x:v>3746</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3747</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N445" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>3737</x:v>
+        <x:v>3736</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
+        <x:v>3747</x:v>
+      </x:c>
+      <x:c r="Q445" s="0" t="s">
         <x:v>3748</x:v>
       </x:c>
-      <x:c r="Q445" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>3739</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="S445" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:19">
       <x:c r="A446" s="0" t="s">
+        <x:v>3749</x:v>
+      </x:c>
+      <x:c r="B446" s="0" t="s">
+        <x:v>3740</x:v>
+      </x:c>
+      <x:c r="C446" s="0" t="s">
         <x:v>3750</x:v>
       </x:c>
-      <x:c r="B446" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D446" s="0" t="s">
+        <x:v>3657</x:v>
+      </x:c>
+      <x:c r="E446" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F446" s="0" t="s">
         <x:v>3658</x:v>
       </x:c>
-      <x:c r="E446" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>3745</x:v>
+        <x:v>3744</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s"/>
       <x:c r="I446" s="0" t="s"/>
       <x:c r="J446" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s"/>
       <x:c r="L446" s="0" t="s">
-        <x:v>3752</x:v>
+        <x:v>3751</x:v>
       </x:c>
       <x:c r="M446" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N446" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O446" s="0" t="s">
-        <x:v>3737</x:v>
+        <x:v>3736</x:v>
       </x:c>
       <x:c r="P446" s="0" t="s">
-        <x:v>3364</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="Q446" s="0" t="s">
-        <x:v>3753</x:v>
+        <x:v>3752</x:v>
       </x:c>
       <x:c r="R446" s="0" t="s">
-        <x:v>3739</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="S446" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:19">
       <x:c r="A447" s="0" t="s">
+        <x:v>3753</x:v>
+      </x:c>
+      <x:c r="B447" s="0" t="s">
         <x:v>3754</x:v>
       </x:c>
-      <x:c r="B447" s="0" t="s">
+      <x:c r="C447" s="0" t="s">
         <x:v>3755</x:v>
       </x:c>
-      <x:c r="C447" s="0" t="s">
+      <x:c r="D447" s="0" t="s">
         <x:v>3756</x:v>
       </x:c>
-      <x:c r="D447" s="0" t="s">
+      <x:c r="E447" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F447" s="0" t="s">
         <x:v>3757</x:v>
       </x:c>
-      <x:c r="E447" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F447" s="0" t="s">
+      <x:c r="G447" s="0" t="s">
         <x:v>3758</x:v>
       </x:c>
-      <x:c r="G447" s="0" t="s">
+      <x:c r="H447" s="0" t="s">
         <x:v>3759</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3760</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s"/>
       <x:c r="J447" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
+        <x:v>3760</x:v>
+      </x:c>
+      <x:c r="L447" s="0" t="s">
         <x:v>3761</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3762</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N447" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>3737</x:v>
+        <x:v>3736</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
+        <x:v>3762</x:v>
+      </x:c>
+      <x:c r="Q447" s="0" t="s">
         <x:v>3763</x:v>
       </x:c>
-      <x:c r="Q447" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>3739</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="S447" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:19">
       <x:c r="A448" s="0" t="s">
+        <x:v>3764</x:v>
+      </x:c>
+      <x:c r="B448" s="0" t="s">
         <x:v>3765</x:v>
       </x:c>
-      <x:c r="B448" s="0" t="s">
+      <x:c r="C448" s="0" t="s">
         <x:v>3766</x:v>
       </x:c>
-      <x:c r="C448" s="0" t="s">
+      <x:c r="D448" s="0" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="E448" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F448" s="0" t="s">
         <x:v>3767</x:v>
       </x:c>
-      <x:c r="D448" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F448" s="0" t="s">
+      <x:c r="G448" s="0" t="s">
         <x:v>3768</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3769</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s"/>
       <x:c r="I448" s="0" t="s"/>
       <x:c r="J448" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
+        <x:v>3769</x:v>
+      </x:c>
+      <x:c r="L448" s="0" t="s">
         <x:v>3770</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3771</x:v>
       </x:c>
       <x:c r="M448" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N448" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O448" s="0" t="s">
-        <x:v>3737</x:v>
+        <x:v>3736</x:v>
       </x:c>
       <x:c r="P448" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q448" s="0" t="s">
-        <x:v>3772</x:v>
+        <x:v>3771</x:v>
       </x:c>
       <x:c r="R448" s="0" t="s">
-        <x:v>3739</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="S448" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:19">
       <x:c r="A449" s="0" t="s">
+        <x:v>3772</x:v>
+      </x:c>
+      <x:c r="B449" s="0" t="s">
         <x:v>3773</x:v>
       </x:c>
-      <x:c r="B449" s="0" t="s">
+      <x:c r="C449" s="0" t="s">
         <x:v>3774</x:v>
       </x:c>
-      <x:c r="C449" s="0" t="s">
+      <x:c r="D449" s="0" t="s">
         <x:v>3775</x:v>
       </x:c>
-      <x:c r="D449" s="0" t="s">
+      <x:c r="E449" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F449" s="0" t="s">
+        <x:v>3732</x:v>
+      </x:c>
+      <x:c r="G449" s="0" t="s">
         <x:v>3776</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3777</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s"/>
       <x:c r="I449" s="0" t="s"/>
       <x:c r="J449" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s"/>
       <x:c r="L449" s="0" t="s">
-        <x:v>3778</x:v>
+        <x:v>3777</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N449" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>3737</x:v>
+        <x:v>3736</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
+        <x:v>3778</x:v>
+      </x:c>
+      <x:c r="Q449" s="0" t="s">
         <x:v>3779</x:v>
       </x:c>
-      <x:c r="Q449" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>3739</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="S449" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:19">
       <x:c r="A450" s="0" t="s">
+        <x:v>3780</x:v>
+      </x:c>
+      <x:c r="B450" s="0" t="s">
+        <x:v>3594</x:v>
+      </x:c>
+      <x:c r="C450" s="0" t="s">
         <x:v>3781</x:v>
       </x:c>
-      <x:c r="B450" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s"/>
       <x:c r="F450" s="0" t="s"/>
       <x:c r="G450" s="0" t="s">
-        <x:v>3598</x:v>
+        <x:v>3597</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s"/>
       <x:c r="I450" s="0" t="s"/>
       <x:c r="J450" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s"/>
       <x:c r="L450" s="0" t="s">
-        <x:v>3783</x:v>
+        <x:v>3782</x:v>
       </x:c>
       <x:c r="M450" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N450" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O450" s="0" t="s">
+        <x:v>3783</x:v>
+      </x:c>
+      <x:c r="P450" s="0" t="s">
         <x:v>3784</x:v>
       </x:c>
-      <x:c r="P450" s="0" t="s">
+      <x:c r="Q450" s="0" t="s">
         <x:v>3785</x:v>
       </x:c>
-      <x:c r="Q450" s="0" t="s">
+      <x:c r="R450" s="0" t="s">
         <x:v>3786</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3787</x:v>
       </x:c>
       <x:c r="S450" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:19">
       <x:c r="A451" s="0" t="s">
+        <x:v>3787</x:v>
+      </x:c>
+      <x:c r="B451" s="0" t="s">
+        <x:v>3648</x:v>
+      </x:c>
+      <x:c r="C451" s="0" t="s">
         <x:v>3788</x:v>
       </x:c>
-      <x:c r="B451" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>2805</x:v>
+        <x:v>2803</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s"/>
       <x:c r="F451" s="0" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>3652</x:v>
+        <x:v>3651</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s"/>
       <x:c r="I451" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s"/>
       <x:c r="L451" s="0" t="s">
-        <x:v>3790</x:v>
+        <x:v>3789</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N451" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>3784</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
+        <x:v>3790</x:v>
+      </x:c>
+      <x:c r="Q451" s="0" t="s">
         <x:v>3791</x:v>
       </x:c>
-      <x:c r="Q451" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>3787</x:v>
+        <x:v>3786</x:v>
       </x:c>
       <x:c r="S451" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:19">
       <x:c r="A452" s="0" t="s">
+        <x:v>3792</x:v>
+      </x:c>
+      <x:c r="B452" s="0" t="s">
         <x:v>3793</x:v>
       </x:c>
-      <x:c r="B452" s="0" t="s">
+      <x:c r="C452" s="0" t="s">
+        <x:v>3781</x:v>
+      </x:c>
+      <x:c r="D452" s="0" t="s">
+        <x:v>1883</x:v>
+      </x:c>
+      <x:c r="E452" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F452" s="0" t="s">
         <x:v>3794</x:v>
       </x:c>
-      <x:c r="C452" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F452" s="0" t="s">
+      <x:c r="G452" s="0" t="s">
         <x:v>3795</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3796</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s"/>
       <x:c r="I452" s="0" t="s"/>
       <x:c r="J452" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s"/>
       <x:c r="L452" s="0" t="s">
-        <x:v>3797</x:v>
+        <x:v>3796</x:v>
       </x:c>
       <x:c r="M452" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N452" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O452" s="0" t="s">
-        <x:v>3784</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="P452" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="Q452" s="0" t="s">
-        <x:v>3798</x:v>
+        <x:v>3797</x:v>
       </x:c>
       <x:c r="R452" s="0" t="s">
-        <x:v>3787</x:v>
+        <x:v>3786</x:v>
       </x:c>
       <x:c r="S452" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:19">
       <x:c r="A453" s="0" t="s">
+        <x:v>3798</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
         <x:v>3799</x:v>
       </x:c>
-      <x:c r="B453" s="0" t="s">
+      <x:c r="C453" s="0" t="s">
         <x:v>3800</x:v>
       </x:c>
-      <x:c r="C453" s="0" t="s">
+      <x:c r="D453" s="0" t="s">
+        <x:v>3650</x:v>
+      </x:c>
+      <x:c r="E453" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F453" s="0" t="s">
         <x:v>3801</x:v>
       </x:c>
-      <x:c r="D453" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F453" s="0" t="s">
+      <x:c r="G453" s="0" t="s">
         <x:v>3802</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3803</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s"/>
       <x:c r="I453" s="0" t="s"/>
       <x:c r="J453" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s"/>
       <x:c r="L453" s="0" t="s">
-        <x:v>3804</x:v>
+        <x:v>3803</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N453" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>3784</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
+        <x:v>3804</x:v>
+      </x:c>
+      <x:c r="Q453" s="0" t="s">
         <x:v>3805</x:v>
       </x:c>
-      <x:c r="Q453" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>3787</x:v>
+        <x:v>3786</x:v>
       </x:c>
       <x:c r="S453" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:19">
       <x:c r="A454" s="0" t="s">
+        <x:v>3806</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
         <x:v>3807</x:v>
       </x:c>
-      <x:c r="B454" s="0" t="s">
+      <x:c r="C454" s="0" t="s">
         <x:v>3808</x:v>
       </x:c>
-      <x:c r="C454" s="0" t="s">
+      <x:c r="D454" s="0" t="s">
+        <x:v>2406</x:v>
+      </x:c>
+      <x:c r="E454" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F454" s="0" t="s">
         <x:v>3809</x:v>
       </x:c>
-      <x:c r="D454" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F454" s="0" t="s">
+      <x:c r="G454" s="0" t="s">
         <x:v>3810</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3811</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s"/>
       <x:c r="I454" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s">
+        <x:v>3811</x:v>
+      </x:c>
+      <x:c r="L454" s="0" t="s">
         <x:v>3812</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3813</x:v>
       </x:c>
       <x:c r="M454" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N454" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O454" s="0" t="s">
-        <x:v>3784</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="P454" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="Q454" s="0" t="s">
-        <x:v>3814</x:v>
+        <x:v>3813</x:v>
       </x:c>
       <x:c r="R454" s="0" t="s">
-        <x:v>3787</x:v>
+        <x:v>3786</x:v>
       </x:c>
       <x:c r="S454" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:19">
       <x:c r="A455" s="0" t="s">
-        <x:v>3815</x:v>
+        <x:v>3814</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s"/>
       <x:c r="C455" s="0" t="s">
-        <x:v>3726</x:v>
+        <x:v>3725</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s"/>
       <x:c r="F455" s="0" t="s"/>
       <x:c r="G455" s="0" t="s"/>
       <x:c r="H455" s="0" t="s"/>
       <x:c r="I455" s="0" t="s"/>
       <x:c r="J455" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s"/>
       <x:c r="L455" s="0" t="s">
-        <x:v>3816</x:v>
+        <x:v>3815</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N455" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
+        <x:v>3816</x:v>
+      </x:c>
+      <x:c r="P455" s="0" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="Q455" s="0" t="s">
         <x:v>3817</x:v>
       </x:c>
-      <x:c r="P455" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q455" s="0" t="s">
+      <x:c r="R455" s="0" t="s">
         <x:v>3818</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3819</x:v>
       </x:c>
       <x:c r="S455" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:19">
       <x:c r="A456" s="0" t="s">
-        <x:v>3357</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s"/>
       <x:c r="C456" s="0" t="s"/>
       <x:c r="D456" s="0" t="s"/>
       <x:c r="E456" s="0" t="s"/>
       <x:c r="F456" s="0" t="s"/>
       <x:c r="G456" s="0" t="s"/>
       <x:c r="H456" s="0" t="s"/>
       <x:c r="I456" s="0" t="s"/>
       <x:c r="J456" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s"/>
       <x:c r="L456" s="0" t="s">
-        <x:v>3820</x:v>
+        <x:v>3819</x:v>
       </x:c>
       <x:c r="M456" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N456" s="0" t="s">
-        <x:v>3341</x:v>
+        <x:v>3340</x:v>
       </x:c>
       <x:c r="O456" s="0" t="s">
+        <x:v>3820</x:v>
+      </x:c>
+      <x:c r="P456" s="0" t="s">
+        <x:v>3358</x:v>
+      </x:c>
+      <x:c r="Q456" s="0" t="s">
         <x:v>3821</x:v>
       </x:c>
-      <x:c r="P456" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q456" s="0" t="s">
+      <x:c r="R456" s="0" t="s">
         <x:v>3822</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3823</x:v>
       </x:c>
       <x:c r="S456" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:19">
       <x:c r="A457" s="0" t="s">
-        <x:v>3824</x:v>
+        <x:v>3823</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s"/>
       <x:c r="C457" s="0" t="s">
-        <x:v>3569</x:v>
+        <x:v>3568</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>3557</x:v>
+        <x:v>3556</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
-        <x:v>3612</x:v>
+        <x:v>3611</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s"/>
       <x:c r="H457" s="0" t="s"/>
       <x:c r="I457" s="0" t="s"/>
       <x:c r="J457" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s"/>
       <x:c r="L457" s="0" t="s">
-        <x:v>3825</x:v>
+        <x:v>3824</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N457" s="0" t="s">
-        <x:v>3341</x:v>
+        <x:v>3340</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>3821</x:v>
+        <x:v>3820</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="Q457" s="0" t="s">
-        <x:v>3826</x:v>
+        <x:v>3825</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>3823</x:v>
+        <x:v>3822</x:v>
       </x:c>
       <x:c r="S457" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:19">
       <x:c r="A458" s="0" t="s">
-        <x:v>3827</x:v>
+        <x:v>3826</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s"/>
       <x:c r="C458" s="0" t="s"/>
       <x:c r="D458" s="0" t="s"/>
       <x:c r="E458" s="0" t="s"/>
       <x:c r="F458" s="0" t="s"/>
       <x:c r="G458" s="0" t="s"/>
       <x:c r="H458" s="0" t="s"/>
       <x:c r="I458" s="0" t="s"/>
       <x:c r="J458" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s"/>
       <x:c r="L458" s="0" t="s">
-        <x:v>3828</x:v>
+        <x:v>3827</x:v>
       </x:c>
       <x:c r="M458" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N458" s="0" t="s">
-        <x:v>3341</x:v>
+        <x:v>3340</x:v>
       </x:c>
       <x:c r="O458" s="0" t="s">
-        <x:v>3821</x:v>
+        <x:v>3820</x:v>
       </x:c>
       <x:c r="P458" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q458" s="0" t="s">
-        <x:v>3829</x:v>
+        <x:v>3828</x:v>
       </x:c>
       <x:c r="R458" s="0" t="s">
-        <x:v>3823</x:v>
+        <x:v>3822</x:v>
       </x:c>
       <x:c r="S458" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:19">
       <x:c r="A459" s="0" t="s">
-        <x:v>3830</x:v>
+        <x:v>3829</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s"/>
       <x:c r="C459" s="0" t="s">
-        <x:v>3569</x:v>
+        <x:v>3568</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>3557</x:v>
+        <x:v>3556</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
-        <x:v>3612</x:v>
+        <x:v>3611</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s"/>
       <x:c r="H459" s="0" t="s"/>
       <x:c r="I459" s="0" t="s"/>
       <x:c r="J459" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s"/>
       <x:c r="L459" s="0" t="s">
-        <x:v>3831</x:v>
+        <x:v>3830</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N459" s="0" t="s">
+        <x:v>3831</x:v>
+      </x:c>
+      <x:c r="O459" s="0" t="s">
         <x:v>3832</x:v>
       </x:c>
-      <x:c r="O459" s="0" t="s">
+      <x:c r="P459" s="0" t="s">
+        <x:v>2379</x:v>
+      </x:c>
+      <x:c r="Q459" s="0" t="s">
         <x:v>3833</x:v>
       </x:c>
-      <x:c r="P459" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q459" s="0" t="s">
+      <x:c r="R459" s="0" t="s">
         <x:v>3834</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3835</x:v>
       </x:c>
       <x:c r="S459" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>